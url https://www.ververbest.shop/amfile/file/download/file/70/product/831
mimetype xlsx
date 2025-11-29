--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1,119 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.ms-excel.sheet.macroEnabled.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX3.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX4.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX5.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX6.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX6.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX7.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX7.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/vbaProject.bin" ContentType="application/vnd.ms-office.vbaProject"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420" codeName="{51196F13-6AD0-C1B8-E2B4-A1F9AE17003E}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231" codeName="{51196F13-6AD0-C1B8-E2B4-A1F9AE17003E}"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Bedrijfs Bureau\Marketing-Communicatie-Social Media\13. Verver-Best\Bestelformulieren\Bestelformulieren per 1-1-2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Bedrijfs Bureau\Marketing-Communicatie-Social Media\13. Verver-Best\Bestelformulieren\Bestelformulieren per 22-10-2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <workbookProtection workbookPassword="DC0C" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{30AEFA71-5B25-46CD-A562-4941F1A01EA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="i2edeSDphD9PZ/lBtCjjGVakejzdSW6QnpnWdM3K6f4Oza/ZjDUtcD1Ut7o688DGU93OYkl7EawSC3nRZFfFtg==" workbookSaltValue="kP5Vd0gsYQewBQmQAL5TsA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="12705" windowHeight="5550" activeTab="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21220" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bestelformulier" sheetId="1" r:id="rId1"/>
     <sheet name="Instructies" sheetId="2" r:id="rId2"/>
     <sheet name="Productiebestand" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
-  <functionGroups builtInGroupCount="18"/>
   <definedNames>
     <definedName name="ADRES">Bestelformulier!$F$8</definedName>
     <definedName name="AFL_ADRES">Bestelformulier!$M$9</definedName>
     <definedName name="AFL_FIRMANAAM">Bestelformulier!$M$8</definedName>
     <definedName name="AFL_POSTCODE">Bestelformulier!$M$10</definedName>
     <definedName name="AFL_VESTIGINGSPLAATS">Bestelformulier!$M$11</definedName>
     <definedName name="CONTACTPERSOON">Bestelformulier!$F$6</definedName>
     <definedName name="EMAILADRES">Bestelformulier!$F$7</definedName>
     <definedName name="FIRMANAAM">Bestelformulier!$F$5</definedName>
     <definedName name="Label.Aantal">Bestelformulier!$B$19</definedName>
     <definedName name="Label.Afmeting">Bestelformulier!$C$19</definedName>
     <definedName name="Label.Kleurnummer">Bestelformulier!$F$19</definedName>
     <definedName name="Label.Tekstveld1">Bestelformulier!$I$19</definedName>
     <definedName name="Label.Tekstveld2">Bestelformulier!$L$19</definedName>
     <definedName name="Label.Tekstveld3">Bestelformulier!$N$19</definedName>
     <definedName name="LEVERDATUM">Bestelformulier!$M$5</definedName>
     <definedName name="OPTIE">Productiebestand!$AA$1</definedName>
     <definedName name="OPTIES">Productiebestand!$AA$2:$AA$6</definedName>
     <definedName name="POSTCODE">Bestelformulier!$F$9</definedName>
     <definedName name="REFERENTIE">Bestelformulier!$M$4</definedName>
     <definedName name="TABEL.KLEUREN">Productiebestand!$AB$1:$AC$11</definedName>
     <definedName name="TELEFOONNUMMER">Bestelformulier!$F$11</definedName>
     <definedName name="VESTIGINGSPLAATS">Bestelformulier!$F$10</definedName>
     <definedName name="Volgnr.">Bestelformulier!$A$19</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A31" i="1" l="1"/>
   <c r="A32" i="1"/>
   <c r="A33" i="1"/>
   <c r="A34" i="1"/>
   <c r="A35" i="1"/>
   <c r="A36" i="1"/>
   <c r="A37" i="1"/>
   <c r="A38" i="1"/>
   <c r="A39" i="1"/>
   <c r="A40" i="1"/>
   <c r="A41" i="1"/>
   <c r="A42" i="1"/>
   <c r="A43" i="1"/>
   <c r="A44" i="1"/>
   <c r="A45" i="1"/>
   <c r="A46" i="1"/>
   <c r="A47" i="1"/>
   <c r="A48" i="1"/>
@@ -914,64 +925,65 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Vul uw gegevens eenmalig in op het bestelformulier en sla het vervolgens op. Op deze manier hoeft u niet iedere keer uw gegevens opnieuw in te vullen.</t>
     </r>
   </si>
   <si>
     <t>Alle genoemde prijzen zijn exclusief btw.</t>
   </si>
   <si>
     <t>1-49</t>
   </si>
   <si>
     <t>5000+</t>
   </si>
   <si>
     <t>Op aanvraag</t>
   </si>
   <si>
     <t>Instructies bestelformulier leidingmerkers basic</t>
   </si>
   <si>
     <t>Bij orders met een netto orderbedrag van minder dan €250,00 worden er kleine orderkosten in rekening gebracht:
-Netto orderwaarde &lt; €75,00: kleine orderkosten €27,50
+Netto orderwaarde &lt; €50,00: kleine orderkosten €40,00
+Netto orderwaarde €50,00 tot €75,00: kleine orderkosten €27,50
 Netto orderwaarde €75,00 tot €150,00: kleine orderkosten €22,50
 Netto orderwaarde €150,00 tot €200,00: kleine orderkosten €17,50
 Netto orderwaarde €200,00 tot €250,00: kleine orderkosten €15,00
 De verzendkosten van bestellingen tot 15 kilogram bedragen €16,50 voor verzending binnen Nederland. Prijzen voor zwaardere pakketten en afleveradressen buiten Nederland zijn op aanvraag.</t>
   </si>
   <si>
-    <t>Prijsdatum: 01-01-2025</t>
+    <t>Prijsdatum: 22-10-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0#########"/>
   </numFmts>
   <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1539,268 +1551,247 @@
         <color theme="0" tint="-0.249977111117893"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color theme="0" tint="-0.249977111117893"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color theme="0" tint="-0.249977111117893"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="99">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="9" fillId="3" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="9" fillId="3" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="9" fillId="3" borderId="41" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="9" fillId="3" borderId="42" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-[...32 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
@@ -1861,179 +1852,185 @@
 <file path=xl/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX3.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX6.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX7.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{978C9E23-D4B0-11CE-BF2D-00AA003F40D0}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX6.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX7.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{D7053240-CE69-11CD-A777-00DD01143C57}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{978C9E23-D4B0-11CE-BF2D-00AA003F40D0}" r:id="rId1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:colOff>279400</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>285750</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="CommandButton1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
           <xdr:colOff>266700</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1030" name="CommandButton2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1030"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -2046,495 +2043,540 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
           <xdr:colOff>247650</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1031" name="CommandButton3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1031"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007040000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>130969</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>35719</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>11907</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Afbeelding 5"/>
+        <xdr:cNvPr id="6" name="Afbeelding 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="21895" b="16397"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="130969" y="35719"/>
           <a:ext cx="1476375" cy="738188"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>16793</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>609701</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>75399</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Afbeelding 8"/>
+        <xdr:cNvPr id="9" name="Afbeelding 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="6693"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="11637293"/>
           <a:ext cx="3883920" cy="5583106"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>455623</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>658812</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>145389</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Afbeelding 10"/>
+        <xdr:cNvPr id="11" name="Afbeelding 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="8373279"/>
           <a:ext cx="7588249" cy="3202110"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:colOff>279400</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>161925</xdr:colOff>
+          <xdr:colOff>165100</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>323850</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2049" name="CommandButton1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2049"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000001080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>588946</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>151718</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>389104</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>130647</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Afbeelding 9"/>
+        <xdr:cNvPr id="10" name="Afbeelding 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="1682"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3708384" y="11772218"/>
           <a:ext cx="4169752" cy="5503429"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>107156</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>23812</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Afbeelding 1"/>
+        <xdr:cNvPr id="2" name="Afbeelding 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="21895" b="16397"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="107156" y="23812"/>
           <a:ext cx="1476375" cy="738188"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>180975</xdr:colOff>
+          <xdr:colOff>184150</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3073" name="PRODUCTIEBESTAND" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3073"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000010C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>12</xdr:col>
-          <xdr:colOff>180975</xdr:colOff>
+          <xdr:colOff>184150</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>285750</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3074" name="CB_Instelling" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3074"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000020C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3075" name="Label1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3075"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000030C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -2802,18755 +2844,15212 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Blad1"/>
   <dimension ref="A1:S520"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="P10" sqref="P10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="10.140625" style="3" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="20" max="16384" width="10.7109375" style="9"/>
+    <col min="1" max="1" width="10.1796875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="8.453125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="4.1796875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="3.54296875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="4.81640625" style="4" customWidth="1"/>
+    <col min="6" max="6" width="29.453125" style="4" customWidth="1"/>
+    <col min="7" max="7" width="10.81640625" style="4" customWidth="1"/>
+    <col min="8" max="8" width="10.81640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.81640625" style="12" customWidth="1"/>
+    <col min="10" max="10" width="8.26953125" style="12" customWidth="1"/>
+    <col min="11" max="11" width="12.1796875" style="13" customWidth="1"/>
+    <col min="12" max="12" width="12.7265625" style="13" customWidth="1"/>
+    <col min="13" max="13" width="16.81640625" style="13" customWidth="1"/>
+    <col min="14" max="14" width="12.26953125" style="13" customWidth="1"/>
+    <col min="15" max="15" width="18.26953125" style="13" customWidth="1"/>
+    <col min="16" max="19" width="20.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="38" customFormat="1" ht="30" customHeight="1">
-      <c r="A1" s="57" t="s">
+    <row r="1" spans="1:15" s="23" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="57"/>
-[...49 lines deleted...]
-      <c r="A4" s="61" t="s">
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
+      <c r="O1" s="70"/>
+    </row>
+    <row r="2" spans="1:15" s="23" customFormat="1" ht="15" customHeight="1">
+      <c r="A2" s="70"/>
+      <c r="B2" s="70"/>
+      <c r="C2" s="70"/>
+      <c r="D2" s="70"/>
+      <c r="E2" s="70"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="70"/>
+      <c r="I2" s="70"/>
+      <c r="J2" s="70"/>
+      <c r="K2" s="70"/>
+      <c r="L2" s="70"/>
+      <c r="M2" s="70"/>
+      <c r="N2" s="70"/>
+      <c r="O2" s="70"/>
+    </row>
+    <row r="3" spans="1:15">
+      <c r="A3" s="70"/>
+      <c r="B3" s="70"/>
+      <c r="C3" s="70"/>
+      <c r="D3" s="70"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+      <c r="I3" s="70"/>
+      <c r="J3" s="70"/>
+      <c r="K3" s="70"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="70"/>
+    </row>
+    <row r="4" spans="1:15">
+      <c r="A4" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="61"/>
-[...7 lines deleted...]
-      <c r="J4" s="59" t="s">
+      <c r="B4" s="51"/>
+      <c r="C4" s="51"/>
+      <c r="D4" s="51"/>
+      <c r="E4" s="51"/>
+      <c r="F4" s="53"/>
+      <c r="G4" s="53"/>
+      <c r="H4" s="53"/>
+      <c r="I4"/>
+      <c r="J4" s="52" t="s">
         <v>8</v>
       </c>
-      <c r="K4" s="59"/>
-[...6 lines deleted...]
-      <c r="A5" s="59" t="s">
+      <c r="K4" s="52"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="71"/>
+      <c r="N4" s="71"/>
+      <c r="O4" s="71"/>
+    </row>
+    <row r="5" spans="1:15">
+      <c r="A5" s="52" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="59"/>
-[...7 lines deleted...]
-      <c r="J5" s="59" t="s">
+      <c r="B5" s="52"/>
+      <c r="C5" s="52"/>
+      <c r="D5" s="52"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="54"/>
+      <c r="G5" s="54"/>
+      <c r="H5" s="54"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="K5" s="59"/>
-[...6 lines deleted...]
-      <c r="A6" s="59" t="s">
+      <c r="K5" s="52"/>
+      <c r="L5" s="52"/>
+      <c r="M5" s="72"/>
+      <c r="N5" s="72"/>
+      <c r="O5" s="72"/>
+    </row>
+    <row r="6" spans="1:15">
+      <c r="A6" s="52" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="59"/>
-[...14 lines deleted...]
-      <c r="A7" s="59" t="s">
+      <c r="B6" s="52"/>
+      <c r="C6" s="52"/>
+      <c r="D6" s="52"/>
+      <c r="E6" s="52"/>
+      <c r="F6" s="54"/>
+      <c r="G6" s="54"/>
+      <c r="H6" s="54"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="58"/>
+      <c r="K6" s="58"/>
+      <c r="L6" s="58"/>
+      <c r="M6" s="58"/>
+      <c r="N6" s="58"/>
+      <c r="O6"/>
+    </row>
+    <row r="7" spans="1:15">
+      <c r="A7" s="52" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="59"/>
-[...7 lines deleted...]
-      <c r="J7" s="61" t="s">
+      <c r="B7" s="52"/>
+      <c r="C7" s="52"/>
+      <c r="D7" s="52"/>
+      <c r="E7" s="52"/>
+      <c r="F7" s="54"/>
+      <c r="G7" s="54"/>
+      <c r="H7" s="54"/>
+      <c r="I7" s="7"/>
+      <c r="J7" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="K7" s="61"/>
-[...6 lines deleted...]
-      <c r="A8" s="59" t="s">
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
+      <c r="M7" s="73"/>
+      <c r="N7" s="73"/>
+      <c r="O7" s="73"/>
+    </row>
+    <row r="8" spans="1:15">
+      <c r="A8" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="59"/>
-[...7 lines deleted...]
-      <c r="J8" s="59" t="s">
+      <c r="B8" s="52"/>
+      <c r="C8" s="52"/>
+      <c r="D8" s="52"/>
+      <c r="E8" s="52"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="54"/>
+      <c r="H8" s="54"/>
+      <c r="I8" s="7"/>
+      <c r="J8" s="52" t="s">
         <v>1</v>
       </c>
-      <c r="K8" s="59"/>
-[...6 lines deleted...]
-      <c r="A9" s="59" t="s">
+      <c r="K8" s="52"/>
+      <c r="L8" s="52"/>
+      <c r="M8" s="54"/>
+      <c r="N8" s="54"/>
+      <c r="O8" s="54"/>
+    </row>
+    <row r="9" spans="1:15">
+      <c r="A9" s="52" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="59"/>
-[...7 lines deleted...]
-      <c r="J9" s="59" t="s">
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="52"/>
+      <c r="F9" s="54"/>
+      <c r="G9" s="54"/>
+      <c r="H9" s="54"/>
+      <c r="I9" s="7"/>
+      <c r="J9" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="K9" s="59"/>
-[...6 lines deleted...]
-      <c r="A10" s="59" t="s">
+      <c r="K9" s="52"/>
+      <c r="L9" s="52"/>
+      <c r="M9" s="54"/>
+      <c r="N9" s="54"/>
+      <c r="O9" s="54"/>
+    </row>
+    <row r="10" spans="1:15">
+      <c r="A10" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="59"/>
-[...7 lines deleted...]
-      <c r="J10" s="59" t="s">
+      <c r="B10" s="52"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="52"/>
+      <c r="F10" s="54"/>
+      <c r="G10" s="54"/>
+      <c r="H10" s="54"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="52" t="s">
         <v>5</v>
       </c>
-      <c r="K10" s="59"/>
-[...6 lines deleted...]
-      <c r="A11" s="59" t="s">
+      <c r="K10" s="52"/>
+      <c r="L10" s="52"/>
+      <c r="M10" s="54"/>
+      <c r="N10" s="54"/>
+      <c r="O10" s="54"/>
+    </row>
+    <row r="11" spans="1:15">
+      <c r="A11" s="52" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="59"/>
-[...7 lines deleted...]
-      <c r="J11" s="59" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="52"/>
+      <c r="F11" s="55"/>
+      <c r="G11" s="55"/>
+      <c r="H11" s="55"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="K11" s="59"/>
-[...16 lines deleted...]
-      <c r="A13" s="87" t="s">
+      <c r="K11" s="52"/>
+      <c r="L11" s="52"/>
+      <c r="M11" s="54"/>
+      <c r="N11" s="54"/>
+      <c r="O11" s="54"/>
+    </row>
+    <row r="12" spans="1:15">
+      <c r="A12"/>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12"/>
+      <c r="K12"/>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12"/>
+      <c r="O12"/>
+    </row>
+    <row r="13" spans="1:15">
+      <c r="A13" s="63" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="87"/>
-[...79 lines deleted...]
-      <c r="G18" s="80" t="s">
+      <c r="B13" s="63"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="63"/>
+      <c r="E13" s="63"/>
+      <c r="F13" s="63"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A14" s="64"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="64"/>
+      <c r="D14" s="64"/>
+      <c r="E14" s="64"/>
+      <c r="F14" s="64"/>
+      <c r="G14" s="64"/>
+      <c r="H14" s="64"/>
+      <c r="I14" s="64"/>
+      <c r="J14" s="64"/>
+      <c r="K14" s="64"/>
+      <c r="L14" s="64"/>
+      <c r="M14" s="64"/>
+      <c r="N14" s="64"/>
+      <c r="O14" s="64"/>
+    </row>
+    <row r="15" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A15" s="64"/>
+      <c r="B15" s="64"/>
+      <c r="C15" s="64"/>
+      <c r="D15" s="64"/>
+      <c r="E15" s="64"/>
+      <c r="F15" s="64"/>
+      <c r="G15" s="64"/>
+      <c r="H15" s="64"/>
+      <c r="I15" s="64"/>
+      <c r="J15" s="64"/>
+      <c r="K15" s="64"/>
+      <c r="L15" s="64"/>
+      <c r="M15" s="64"/>
+      <c r="N15" s="64"/>
+      <c r="O15" s="64"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A16" s="64"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="64"/>
+      <c r="D16" s="64"/>
+      <c r="E16" s="64"/>
+      <c r="F16" s="64"/>
+      <c r="G16" s="64"/>
+      <c r="H16" s="64"/>
+      <c r="I16" s="64"/>
+      <c r="J16" s="64"/>
+      <c r="K16" s="64"/>
+      <c r="L16" s="64"/>
+      <c r="M16" s="64"/>
+      <c r="N16" s="64"/>
+      <c r="O16" s="64"/>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17"/>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17" s="1"/>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17"/>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17"/>
+    </row>
+    <row r="18" spans="1:19" s="8" customFormat="1">
+      <c r="A18" s="56"/>
+      <c r="B18" s="59"/>
+      <c r="C18" s="59"/>
+      <c r="D18" s="59"/>
+      <c r="E18" s="59"/>
+      <c r="F18" s="57"/>
+      <c r="G18" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="H18" s="81"/>
-      <c r="I18" s="84" t="s">
+      <c r="H18" s="57"/>
+      <c r="I18" s="60" t="s">
         <v>12</v>
       </c>
-      <c r="J18" s="85"/>
-[...7 lines deleted...]
-      <c r="A19" s="16" t="s">
+      <c r="J18" s="61"/>
+      <c r="K18" s="61"/>
+      <c r="L18" s="61"/>
+      <c r="M18" s="62"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="29"/>
+    </row>
+    <row r="19" spans="1:19" s="11" customFormat="1" ht="30" customHeight="1">
+      <c r="A19" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B19" s="16" t="s">
+      <c r="B19" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="C19" s="77" t="s">
+      <c r="C19" s="50" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="77"/>
-[...1 lines deleted...]
-      <c r="F19" s="17" t="s">
+      <c r="D19" s="50"/>
+      <c r="E19" s="50"/>
+      <c r="F19" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="G19" s="17" t="s">
+      <c r="G19" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="H19" s="17" t="s">
+      <c r="H19" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="I19" s="72" t="s">
+      <c r="I19" s="43" t="s">
         <v>17</v>
       </c>
-      <c r="J19" s="72"/>
-[...1 lines deleted...]
-      <c r="L19" s="75" t="s">
+      <c r="J19" s="43"/>
+      <c r="K19" s="44"/>
+      <c r="L19" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="M19" s="76"/>
-[...1 lines deleted...]
-      <c r="O19" s="74"/>
+      <c r="M19" s="47"/>
+      <c r="N19" s="45"/>
+      <c r="O19" s="45"/>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="12">
+      <c r="A20" s="5">
         <v>1</v>
       </c>
-      <c r="B20" s="13"/>
-[...16 lines deleted...]
-      <c r="S20" s="14"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="42"/>
+      <c r="D20" s="42"/>
+      <c r="E20" s="42"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="49"/>
+      <c r="L20" s="65"/>
+      <c r="M20" s="66"/>
+      <c r="N20" s="69"/>
+      <c r="O20" s="69"/>
+      <c r="P20" s="7"/>
+      <c r="Q20" s="7"/>
+      <c r="R20" s="7"/>
+      <c r="S20" s="7"/>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="12">
+      <c r="A21" s="5">
         <v>2</v>
       </c>
-      <c r="B21" s="13"/>
-[...12 lines deleted...]
-      <c r="O21" s="58"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="42"/>
+      <c r="D21" s="42"/>
+      <c r="E21" s="42"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="49"/>
+      <c r="K21" s="49"/>
+      <c r="L21" s="65"/>
+      <c r="M21" s="66"/>
+      <c r="N21" s="69"/>
+      <c r="O21" s="69"/>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="12">
+      <c r="A22" s="5">
         <v>3</v>
       </c>
-      <c r="B22" s="13"/>
-[...12 lines deleted...]
-      <c r="O22" s="58"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="42"/>
+      <c r="D22" s="42"/>
+      <c r="E22" s="42"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="49"/>
+      <c r="K22" s="49"/>
+      <c r="L22" s="65"/>
+      <c r="M22" s="66"/>
+      <c r="N22" s="69"/>
+      <c r="O22" s="69"/>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="12">
+      <c r="A23" s="5">
         <v>4</v>
       </c>
-      <c r="B23" s="13"/>
-[...12 lines deleted...]
-      <c r="O23" s="58"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="49"/>
+      <c r="L23" s="65"/>
+      <c r="M23" s="66"/>
+      <c r="N23" s="69"/>
+      <c r="O23" s="69"/>
     </row>
     <row r="24" spans="1:19">
-      <c r="A24" s="12">
+      <c r="A24" s="5">
         <v>5</v>
       </c>
-      <c r="B24" s="13"/>
-[...12 lines deleted...]
-      <c r="O24" s="58"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="42"/>
+      <c r="D24" s="42"/>
+      <c r="E24" s="42"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="49"/>
+      <c r="K24" s="49"/>
+      <c r="L24" s="65"/>
+      <c r="M24" s="66"/>
+      <c r="N24" s="69"/>
+      <c r="O24" s="69"/>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="12">
+      <c r="A25" s="5">
         <v>6</v>
       </c>
-      <c r="B25" s="13"/>
-[...12 lines deleted...]
-      <c r="O25" s="58"/>
+      <c r="B25" s="6"/>
+      <c r="C25" s="42"/>
+      <c r="D25" s="42"/>
+      <c r="E25" s="42"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="6"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="49"/>
+      <c r="K25" s="49"/>
+      <c r="L25" s="65"/>
+      <c r="M25" s="66"/>
+      <c r="N25" s="69"/>
+      <c r="O25" s="69"/>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="12">
+      <c r="A26" s="5">
         <v>7</v>
       </c>
-      <c r="B26" s="13"/>
-[...12 lines deleted...]
-      <c r="O26" s="58"/>
+      <c r="B26" s="6"/>
+      <c r="C26" s="42"/>
+      <c r="D26" s="42"/>
+      <c r="E26" s="42"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="6"/>
+      <c r="H26" s="6"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="49"/>
+      <c r="K26" s="49"/>
+      <c r="L26" s="65"/>
+      <c r="M26" s="66"/>
+      <c r="N26" s="69"/>
+      <c r="O26" s="69"/>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="12">
+      <c r="A27" s="5">
         <v>8</v>
       </c>
-      <c r="B27" s="13"/>
-[...12 lines deleted...]
-      <c r="O27" s="58"/>
+      <c r="B27" s="6"/>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="6"/>
+      <c r="H27" s="6"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="49"/>
+      <c r="K27" s="49"/>
+      <c r="L27" s="65"/>
+      <c r="M27" s="66"/>
+      <c r="N27" s="69"/>
+      <c r="O27" s="69"/>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="12">
+      <c r="A28" s="5">
         <v>9</v>
       </c>
-      <c r="B28" s="13"/>
-[...12 lines deleted...]
-      <c r="O28" s="58"/>
+      <c r="B28" s="6"/>
+      <c r="C28" s="42"/>
+      <c r="D28" s="42"/>
+      <c r="E28" s="42"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="49"/>
+      <c r="K28" s="49"/>
+      <c r="L28" s="65"/>
+      <c r="M28" s="66"/>
+      <c r="N28" s="69"/>
+      <c r="O28" s="69"/>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="12">
+      <c r="A29" s="5">
         <v>10</v>
       </c>
-      <c r="B29" s="13"/>
-[...12 lines deleted...]
-      <c r="O29" s="58"/>
+      <c r="B29" s="6"/>
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="42"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="49"/>
+      <c r="K29" s="49"/>
+      <c r="L29" s="65"/>
+      <c r="M29" s="66"/>
+      <c r="N29" s="69"/>
+      <c r="O29" s="69"/>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="12" t="str">
+      <c r="A30" s="5" t="str">
         <f t="shared" ref="A30:A93" si="0">IF(AND(ISBLANK(B29),ISBLANK(C29),ISBLANK(F29),ISBLANK(G29),ISBLANK(H29),ISBLANK(I29),ISBLANK(J29),ISBLANK(K29),ISBLANK(L29),ISBLANK(M29),ISBLANK(N29),ISBLANK(O29)),"",ROW(A30)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B30" s="13"/>
-[...12 lines deleted...]
-      <c r="O30" s="58"/>
+      <c r="B30" s="6"/>
+      <c r="C30" s="42"/>
+      <c r="D30" s="42"/>
+      <c r="E30" s="42"/>
+      <c r="F30" s="6"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="6"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="49"/>
+      <c r="K30" s="49"/>
+      <c r="L30" s="65"/>
+      <c r="M30" s="66"/>
+      <c r="N30" s="69"/>
+      <c r="O30" s="69"/>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="12" t="str">
+      <c r="A31" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B31" s="13"/>
-[...12 lines deleted...]
-      <c r="O31" s="58"/>
+      <c r="B31" s="6"/>
+      <c r="C31" s="42"/>
+      <c r="D31" s="42"/>
+      <c r="E31" s="42"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="6"/>
+      <c r="H31" s="6"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="49"/>
+      <c r="K31" s="49"/>
+      <c r="L31" s="65"/>
+      <c r="M31" s="66"/>
+      <c r="N31" s="69"/>
+      <c r="O31" s="69"/>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="12" t="str">
+      <c r="A32" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B32" s="13"/>
-[...12 lines deleted...]
-      <c r="O32" s="58"/>
+      <c r="B32" s="6"/>
+      <c r="C32" s="42"/>
+      <c r="D32" s="42"/>
+      <c r="E32" s="42"/>
+      <c r="F32" s="6"/>
+      <c r="G32" s="6"/>
+      <c r="H32" s="6"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="49"/>
+      <c r="K32" s="49"/>
+      <c r="L32" s="65"/>
+      <c r="M32" s="66"/>
+      <c r="N32" s="69"/>
+      <c r="O32" s="69"/>
     </row>
     <row r="33" spans="1:15">
-      <c r="A33" s="12" t="str">
+      <c r="A33" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B33" s="13"/>
-[...12 lines deleted...]
-      <c r="O33" s="58"/>
+      <c r="B33" s="6"/>
+      <c r="C33" s="42"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="6"/>
+      <c r="H33" s="6"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="49"/>
+      <c r="K33" s="49"/>
+      <c r="L33" s="65"/>
+      <c r="M33" s="66"/>
+      <c r="N33" s="69"/>
+      <c r="O33" s="69"/>
     </row>
     <row r="34" spans="1:15">
-      <c r="A34" s="12" t="str">
+      <c r="A34" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B34" s="13"/>
-[...12 lines deleted...]
-      <c r="O34" s="58"/>
+      <c r="B34" s="6"/>
+      <c r="C34" s="42"/>
+      <c r="D34" s="42"/>
+      <c r="E34" s="42"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="49"/>
+      <c r="K34" s="49"/>
+      <c r="L34" s="65"/>
+      <c r="M34" s="66"/>
+      <c r="N34" s="69"/>
+      <c r="O34" s="69"/>
     </row>
     <row r="35" spans="1:15">
-      <c r="A35" s="12" t="str">
+      <c r="A35" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B35" s="13"/>
-[...12 lines deleted...]
-      <c r="O35" s="58"/>
+      <c r="B35" s="6"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="49"/>
+      <c r="K35" s="49"/>
+      <c r="L35" s="65"/>
+      <c r="M35" s="66"/>
+      <c r="N35" s="69"/>
+      <c r="O35" s="69"/>
     </row>
     <row r="36" spans="1:15">
-      <c r="A36" s="12" t="str">
+      <c r="A36" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B36" s="13"/>
-[...12 lines deleted...]
-      <c r="O36" s="58"/>
+      <c r="B36" s="6"/>
+      <c r="C36" s="42"/>
+      <c r="D36" s="42"/>
+      <c r="E36" s="42"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="49"/>
+      <c r="K36" s="49"/>
+      <c r="L36" s="65"/>
+      <c r="M36" s="66"/>
+      <c r="N36" s="69"/>
+      <c r="O36" s="69"/>
     </row>
     <row r="37" spans="1:15">
-      <c r="A37" s="12" t="str">
+      <c r="A37" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B37" s="13"/>
-[...12 lines deleted...]
-      <c r="O37" s="58"/>
+      <c r="B37" s="6"/>
+      <c r="C37" s="42"/>
+      <c r="D37" s="42"/>
+      <c r="E37" s="42"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="49"/>
+      <c r="K37" s="49"/>
+      <c r="L37" s="65"/>
+      <c r="M37" s="66"/>
+      <c r="N37" s="69"/>
+      <c r="O37" s="69"/>
     </row>
     <row r="38" spans="1:15">
-      <c r="A38" s="12" t="str">
+      <c r="A38" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B38" s="13"/>
-[...12 lines deleted...]
-      <c r="O38" s="58"/>
+      <c r="B38" s="6"/>
+      <c r="C38" s="42"/>
+      <c r="D38" s="42"/>
+      <c r="E38" s="42"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="6"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="49"/>
+      <c r="K38" s="49"/>
+      <c r="L38" s="65"/>
+      <c r="M38" s="66"/>
+      <c r="N38" s="69"/>
+      <c r="O38" s="69"/>
     </row>
     <row r="39" spans="1:15">
-      <c r="A39" s="12" t="str">
+      <c r="A39" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B39" s="13"/>
-[...12 lines deleted...]
-      <c r="O39" s="58"/>
+      <c r="B39" s="6"/>
+      <c r="C39" s="42"/>
+      <c r="D39" s="42"/>
+      <c r="E39" s="42"/>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="H39" s="6"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="49"/>
+      <c r="K39" s="49"/>
+      <c r="L39" s="65"/>
+      <c r="M39" s="66"/>
+      <c r="N39" s="69"/>
+      <c r="O39" s="69"/>
     </row>
     <row r="40" spans="1:15">
-      <c r="A40" s="12" t="str">
+      <c r="A40" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B40" s="13"/>
-[...12 lines deleted...]
-      <c r="O40" s="58"/>
+      <c r="B40" s="6"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="42"/>
+      <c r="E40" s="42"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="49"/>
+      <c r="K40" s="49"/>
+      <c r="L40" s="65"/>
+      <c r="M40" s="66"/>
+      <c r="N40" s="69"/>
+      <c r="O40" s="69"/>
     </row>
     <row r="41" spans="1:15">
-      <c r="A41" s="12" t="str">
+      <c r="A41" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B41" s="13"/>
-[...12 lines deleted...]
-      <c r="O41" s="58"/>
+      <c r="B41" s="6"/>
+      <c r="C41" s="42"/>
+      <c r="D41" s="42"/>
+      <c r="E41" s="42"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="49"/>
+      <c r="K41" s="49"/>
+      <c r="L41" s="65"/>
+      <c r="M41" s="66"/>
+      <c r="N41" s="69"/>
+      <c r="O41" s="69"/>
     </row>
     <row r="42" spans="1:15">
-      <c r="A42" s="12" t="str">
+      <c r="A42" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B42" s="13"/>
-[...12 lines deleted...]
-      <c r="O42" s="58"/>
+      <c r="B42" s="6"/>
+      <c r="C42" s="42"/>
+      <c r="D42" s="42"/>
+      <c r="E42" s="42"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="49"/>
+      <c r="K42" s="49"/>
+      <c r="L42" s="65"/>
+      <c r="M42" s="66"/>
+      <c r="N42" s="69"/>
+      <c r="O42" s="69"/>
     </row>
     <row r="43" spans="1:15">
-      <c r="A43" s="12" t="str">
+      <c r="A43" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B43" s="13"/>
-[...12 lines deleted...]
-      <c r="O43" s="58"/>
+      <c r="B43" s="6"/>
+      <c r="C43" s="42"/>
+      <c r="D43" s="42"/>
+      <c r="E43" s="42"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="49"/>
+      <c r="K43" s="49"/>
+      <c r="L43" s="65"/>
+      <c r="M43" s="66"/>
+      <c r="N43" s="69"/>
+      <c r="O43" s="69"/>
     </row>
     <row r="44" spans="1:15">
-      <c r="A44" s="12" t="str">
+      <c r="A44" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B44" s="13"/>
-[...12 lines deleted...]
-      <c r="O44" s="58"/>
+      <c r="B44" s="6"/>
+      <c r="C44" s="42"/>
+      <c r="D44" s="42"/>
+      <c r="E44" s="42"/>
+      <c r="F44" s="6"/>
+      <c r="G44" s="6"/>
+      <c r="H44" s="6"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="49"/>
+      <c r="K44" s="49"/>
+      <c r="L44" s="65"/>
+      <c r="M44" s="66"/>
+      <c r="N44" s="69"/>
+      <c r="O44" s="69"/>
     </row>
     <row r="45" spans="1:15">
-      <c r="A45" s="12" t="str">
+      <c r="A45" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B45" s="13"/>
-[...12 lines deleted...]
-      <c r="O45" s="58"/>
+      <c r="B45" s="6"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="42"/>
+      <c r="F45" s="6"/>
+      <c r="G45" s="6"/>
+      <c r="H45" s="6"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="49"/>
+      <c r="K45" s="49"/>
+      <c r="L45" s="65"/>
+      <c r="M45" s="66"/>
+      <c r="N45" s="69"/>
+      <c r="O45" s="69"/>
     </row>
     <row r="46" spans="1:15">
-      <c r="A46" s="12" t="str">
+      <c r="A46" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B46" s="13"/>
-[...12 lines deleted...]
-      <c r="O46" s="58"/>
+      <c r="B46" s="6"/>
+      <c r="C46" s="42"/>
+      <c r="D46" s="42"/>
+      <c r="E46" s="42"/>
+      <c r="F46" s="6"/>
+      <c r="G46" s="6"/>
+      <c r="H46" s="6"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="49"/>
+      <c r="K46" s="49"/>
+      <c r="L46" s="65"/>
+      <c r="M46" s="66"/>
+      <c r="N46" s="69"/>
+      <c r="O46" s="69"/>
     </row>
     <row r="47" spans="1:15">
-      <c r="A47" s="12" t="str">
+      <c r="A47" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B47" s="13"/>
-[...12 lines deleted...]
-      <c r="O47" s="58"/>
+      <c r="B47" s="6"/>
+      <c r="C47" s="42"/>
+      <c r="D47" s="42"/>
+      <c r="E47" s="42"/>
+      <c r="F47" s="6"/>
+      <c r="G47" s="6"/>
+      <c r="H47" s="6"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="49"/>
+      <c r="K47" s="49"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="66"/>
+      <c r="N47" s="69"/>
+      <c r="O47" s="69"/>
     </row>
     <row r="48" spans="1:15">
-      <c r="A48" s="12" t="str">
+      <c r="A48" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B48" s="13"/>
-[...12 lines deleted...]
-      <c r="O48" s="58"/>
+      <c r="B48" s="6"/>
+      <c r="C48" s="42"/>
+      <c r="D48" s="42"/>
+      <c r="E48" s="42"/>
+      <c r="F48" s="6"/>
+      <c r="G48" s="6"/>
+      <c r="H48" s="6"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="49"/>
+      <c r="K48" s="49"/>
+      <c r="L48" s="65"/>
+      <c r="M48" s="66"/>
+      <c r="N48" s="69"/>
+      <c r="O48" s="69"/>
     </row>
     <row r="49" spans="1:15">
-      <c r="A49" s="12" t="str">
+      <c r="A49" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B49" s="13"/>
-[...12 lines deleted...]
-      <c r="O49" s="58"/>
+      <c r="B49" s="6"/>
+      <c r="C49" s="42"/>
+      <c r="D49" s="42"/>
+      <c r="E49" s="42"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6"/>
+      <c r="H49" s="6"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="49"/>
+      <c r="K49" s="49"/>
+      <c r="L49" s="65"/>
+      <c r="M49" s="66"/>
+      <c r="N49" s="69"/>
+      <c r="O49" s="69"/>
     </row>
     <row r="50" spans="1:15">
-      <c r="A50" s="12" t="str">
+      <c r="A50" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B50" s="13"/>
-[...12 lines deleted...]
-      <c r="O50" s="58"/>
+      <c r="B50" s="6"/>
+      <c r="C50" s="42"/>
+      <c r="D50" s="42"/>
+      <c r="E50" s="42"/>
+      <c r="F50" s="6"/>
+      <c r="G50" s="6"/>
+      <c r="H50" s="6"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="49"/>
+      <c r="K50" s="49"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="66"/>
+      <c r="N50" s="69"/>
+      <c r="O50" s="69"/>
     </row>
     <row r="51" spans="1:15">
-      <c r="A51" s="12" t="str">
+      <c r="A51" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B51" s="13"/>
-[...12 lines deleted...]
-      <c r="O51" s="58"/>
+      <c r="B51" s="6"/>
+      <c r="C51" s="42"/>
+      <c r="D51" s="42"/>
+      <c r="E51" s="42"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6"/>
+      <c r="H51" s="6"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="49"/>
+      <c r="K51" s="49"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="66"/>
+      <c r="N51" s="69"/>
+      <c r="O51" s="69"/>
     </row>
     <row r="52" spans="1:15">
-      <c r="A52" s="12" t="str">
+      <c r="A52" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B52" s="13"/>
-[...12 lines deleted...]
-      <c r="O52" s="58"/>
+      <c r="B52" s="6"/>
+      <c r="C52" s="42"/>
+      <c r="D52" s="42"/>
+      <c r="E52" s="42"/>
+      <c r="F52" s="6"/>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="49"/>
+      <c r="K52" s="49"/>
+      <c r="L52" s="65"/>
+      <c r="M52" s="66"/>
+      <c r="N52" s="69"/>
+      <c r="O52" s="69"/>
     </row>
     <row r="53" spans="1:15">
-      <c r="A53" s="12" t="str">
+      <c r="A53" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B53" s="13"/>
-[...12 lines deleted...]
-      <c r="O53" s="58"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="42"/>
+      <c r="D53" s="42"/>
+      <c r="E53" s="42"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="6"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="49"/>
+      <c r="K53" s="49"/>
+      <c r="L53" s="65"/>
+      <c r="M53" s="66"/>
+      <c r="N53" s="69"/>
+      <c r="O53" s="69"/>
     </row>
     <row r="54" spans="1:15">
-      <c r="A54" s="12" t="str">
+      <c r="A54" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B54" s="13"/>
-[...12 lines deleted...]
-      <c r="O54" s="58"/>
+      <c r="B54" s="6"/>
+      <c r="C54" s="42"/>
+      <c r="D54" s="42"/>
+      <c r="E54" s="42"/>
+      <c r="F54" s="6"/>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="49"/>
+      <c r="K54" s="49"/>
+      <c r="L54" s="65"/>
+      <c r="M54" s="66"/>
+      <c r="N54" s="69"/>
+      <c r="O54" s="69"/>
     </row>
     <row r="55" spans="1:15">
-      <c r="A55" s="12" t="str">
+      <c r="A55" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B55" s="13"/>
-[...12 lines deleted...]
-      <c r="O55" s="58"/>
+      <c r="B55" s="6"/>
+      <c r="C55" s="42"/>
+      <c r="D55" s="42"/>
+      <c r="E55" s="42"/>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6"/>
+      <c r="H55" s="6"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="49"/>
+      <c r="K55" s="49"/>
+      <c r="L55" s="65"/>
+      <c r="M55" s="66"/>
+      <c r="N55" s="69"/>
+      <c r="O55" s="69"/>
     </row>
     <row r="56" spans="1:15">
-      <c r="A56" s="12" t="str">
+      <c r="A56" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B56" s="13"/>
-[...12 lines deleted...]
-      <c r="O56" s="58"/>
+      <c r="B56" s="6"/>
+      <c r="C56" s="42"/>
+      <c r="D56" s="42"/>
+      <c r="E56" s="42"/>
+      <c r="F56" s="6"/>
+      <c r="G56" s="6"/>
+      <c r="H56" s="6"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="49"/>
+      <c r="K56" s="49"/>
+      <c r="L56" s="65"/>
+      <c r="M56" s="66"/>
+      <c r="N56" s="69"/>
+      <c r="O56" s="69"/>
     </row>
     <row r="57" spans="1:15">
-      <c r="A57" s="12" t="str">
+      <c r="A57" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B57" s="13"/>
-[...12 lines deleted...]
-      <c r="O57" s="58"/>
+      <c r="B57" s="6"/>
+      <c r="C57" s="42"/>
+      <c r="D57" s="42"/>
+      <c r="E57" s="42"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6"/>
+      <c r="H57" s="6"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="49"/>
+      <c r="K57" s="49"/>
+      <c r="L57" s="65"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="69"/>
+      <c r="O57" s="69"/>
     </row>
     <row r="58" spans="1:15">
-      <c r="A58" s="12" t="str">
+      <c r="A58" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B58" s="13"/>
-[...12 lines deleted...]
-      <c r="O58" s="58"/>
+      <c r="B58" s="6"/>
+      <c r="C58" s="42"/>
+      <c r="D58" s="42"/>
+      <c r="E58" s="42"/>
+      <c r="F58" s="6"/>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="49"/>
+      <c r="K58" s="49"/>
+      <c r="L58" s="65"/>
+      <c r="M58" s="66"/>
+      <c r="N58" s="69"/>
+      <c r="O58" s="69"/>
     </row>
     <row r="59" spans="1:15">
-      <c r="A59" s="12" t="str">
+      <c r="A59" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B59" s="13"/>
-[...12 lines deleted...]
-      <c r="O59" s="58"/>
+      <c r="B59" s="6"/>
+      <c r="C59" s="42"/>
+      <c r="D59" s="42"/>
+      <c r="E59" s="42"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6"/>
+      <c r="H59" s="6"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="49"/>
+      <c r="K59" s="49"/>
+      <c r="L59" s="65"/>
+      <c r="M59" s="66"/>
+      <c r="N59" s="69"/>
+      <c r="O59" s="69"/>
     </row>
     <row r="60" spans="1:15">
-      <c r="A60" s="12" t="str">
+      <c r="A60" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B60" s="13"/>
-[...12 lines deleted...]
-      <c r="O60" s="58"/>
+      <c r="B60" s="6"/>
+      <c r="C60" s="42"/>
+      <c r="D60" s="42"/>
+      <c r="E60" s="42"/>
+      <c r="F60" s="6"/>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="49"/>
+      <c r="K60" s="49"/>
+      <c r="L60" s="65"/>
+      <c r="M60" s="66"/>
+      <c r="N60" s="69"/>
+      <c r="O60" s="69"/>
     </row>
     <row r="61" spans="1:15">
-      <c r="A61" s="12" t="str">
+      <c r="A61" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B61" s="13"/>
-[...12 lines deleted...]
-      <c r="O61" s="58"/>
+      <c r="B61" s="6"/>
+      <c r="C61" s="42"/>
+      <c r="D61" s="42"/>
+      <c r="E61" s="42"/>
+      <c r="F61" s="6"/>
+      <c r="G61" s="6"/>
+      <c r="H61" s="6"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="49"/>
+      <c r="K61" s="49"/>
+      <c r="L61" s="65"/>
+      <c r="M61" s="66"/>
+      <c r="N61" s="69"/>
+      <c r="O61" s="69"/>
     </row>
     <row r="62" spans="1:15">
-      <c r="A62" s="12" t="str">
+      <c r="A62" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B62" s="13"/>
-[...12 lines deleted...]
-      <c r="O62" s="58"/>
+      <c r="B62" s="6"/>
+      <c r="C62" s="42"/>
+      <c r="D62" s="42"/>
+      <c r="E62" s="42"/>
+      <c r="F62" s="6"/>
+      <c r="G62" s="6"/>
+      <c r="H62" s="6"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="49"/>
+      <c r="K62" s="49"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="69"/>
+      <c r="O62" s="69"/>
     </row>
     <row r="63" spans="1:15">
-      <c r="A63" s="12" t="str">
+      <c r="A63" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B63" s="13"/>
-[...12 lines deleted...]
-      <c r="O63" s="58"/>
+      <c r="B63" s="6"/>
+      <c r="C63" s="42"/>
+      <c r="D63" s="42"/>
+      <c r="E63" s="42"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6"/>
+      <c r="H63" s="6"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="49"/>
+      <c r="K63" s="49"/>
+      <c r="L63" s="65"/>
+      <c r="M63" s="66"/>
+      <c r="N63" s="69"/>
+      <c r="O63" s="69"/>
     </row>
     <row r="64" spans="1:15">
-      <c r="A64" s="12" t="str">
+      <c r="A64" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B64" s="13"/>
-[...12 lines deleted...]
-      <c r="O64" s="58"/>
+      <c r="B64" s="6"/>
+      <c r="C64" s="42"/>
+      <c r="D64" s="42"/>
+      <c r="E64" s="42"/>
+      <c r="F64" s="6"/>
+      <c r="G64" s="6"/>
+      <c r="H64" s="6"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="49"/>
+      <c r="K64" s="49"/>
+      <c r="L64" s="65"/>
+      <c r="M64" s="66"/>
+      <c r="N64" s="69"/>
+      <c r="O64" s="69"/>
     </row>
     <row r="65" spans="1:15">
-      <c r="A65" s="12" t="str">
+      <c r="A65" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B65" s="13"/>
-[...12 lines deleted...]
-      <c r="O65" s="58"/>
+      <c r="B65" s="6"/>
+      <c r="C65" s="42"/>
+      <c r="D65" s="42"/>
+      <c r="E65" s="42"/>
+      <c r="F65" s="6"/>
+      <c r="G65" s="6"/>
+      <c r="H65" s="6"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="49"/>
+      <c r="K65" s="49"/>
+      <c r="L65" s="65"/>
+      <c r="M65" s="66"/>
+      <c r="N65" s="69"/>
+      <c r="O65" s="69"/>
     </row>
     <row r="66" spans="1:15">
-      <c r="A66" s="12" t="str">
+      <c r="A66" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B66" s="13"/>
-[...12 lines deleted...]
-      <c r="O66" s="58"/>
+      <c r="B66" s="6"/>
+      <c r="C66" s="42"/>
+      <c r="D66" s="42"/>
+      <c r="E66" s="42"/>
+      <c r="F66" s="6"/>
+      <c r="G66" s="6"/>
+      <c r="H66" s="6"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="49"/>
+      <c r="K66" s="49"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="66"/>
+      <c r="N66" s="69"/>
+      <c r="O66" s="69"/>
     </row>
     <row r="67" spans="1:15">
-      <c r="A67" s="12" t="str">
+      <c r="A67" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B67" s="13"/>
-[...12 lines deleted...]
-      <c r="O67" s="58"/>
+      <c r="B67" s="6"/>
+      <c r="C67" s="42"/>
+      <c r="D67" s="42"/>
+      <c r="E67" s="42"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6"/>
+      <c r="H67" s="6"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="49"/>
+      <c r="K67" s="49"/>
+      <c r="L67" s="65"/>
+      <c r="M67" s="66"/>
+      <c r="N67" s="69"/>
+      <c r="O67" s="69"/>
     </row>
     <row r="68" spans="1:15">
-      <c r="A68" s="12" t="str">
+      <c r="A68" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B68" s="13"/>
-[...12 lines deleted...]
-      <c r="O68" s="58"/>
+      <c r="B68" s="6"/>
+      <c r="C68" s="42"/>
+      <c r="D68" s="42"/>
+      <c r="E68" s="42"/>
+      <c r="F68" s="6"/>
+      <c r="G68" s="6"/>
+      <c r="H68" s="6"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="49"/>
+      <c r="K68" s="49"/>
+      <c r="L68" s="65"/>
+      <c r="M68" s="66"/>
+      <c r="N68" s="69"/>
+      <c r="O68" s="69"/>
     </row>
     <row r="69" spans="1:15">
-      <c r="A69" s="12" t="str">
+      <c r="A69" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B69" s="13"/>
-[...12 lines deleted...]
-      <c r="O69" s="58"/>
+      <c r="B69" s="6"/>
+      <c r="C69" s="42"/>
+      <c r="D69" s="42"/>
+      <c r="E69" s="42"/>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6"/>
+      <c r="H69" s="6"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="49"/>
+      <c r="K69" s="49"/>
+      <c r="L69" s="65"/>
+      <c r="M69" s="66"/>
+      <c r="N69" s="69"/>
+      <c r="O69" s="69"/>
     </row>
     <row r="70" spans="1:15">
-      <c r="A70" s="12" t="str">
+      <c r="A70" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B70" s="13"/>
-[...12 lines deleted...]
-      <c r="O70" s="58"/>
+      <c r="B70" s="6"/>
+      <c r="C70" s="42"/>
+      <c r="D70" s="42"/>
+      <c r="E70" s="42"/>
+      <c r="F70" s="6"/>
+      <c r="G70" s="6"/>
+      <c r="H70" s="6"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="49"/>
+      <c r="K70" s="49"/>
+      <c r="L70" s="65"/>
+      <c r="M70" s="66"/>
+      <c r="N70" s="69"/>
+      <c r="O70" s="69"/>
     </row>
     <row r="71" spans="1:15">
-      <c r="A71" s="12" t="str">
+      <c r="A71" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B71" s="13"/>
-[...12 lines deleted...]
-      <c r="O71" s="58"/>
+      <c r="B71" s="6"/>
+      <c r="C71" s="42"/>
+      <c r="D71" s="42"/>
+      <c r="E71" s="42"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6"/>
+      <c r="H71" s="6"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="49"/>
+      <c r="K71" s="49"/>
+      <c r="L71" s="65"/>
+      <c r="M71" s="66"/>
+      <c r="N71" s="69"/>
+      <c r="O71" s="69"/>
     </row>
     <row r="72" spans="1:15">
-      <c r="A72" s="12" t="str">
+      <c r="A72" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B72" s="13"/>
-[...12 lines deleted...]
-      <c r="O72" s="58"/>
+      <c r="B72" s="6"/>
+      <c r="C72" s="42"/>
+      <c r="D72" s="42"/>
+      <c r="E72" s="42"/>
+      <c r="F72" s="6"/>
+      <c r="G72" s="6"/>
+      <c r="H72" s="6"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="49"/>
+      <c r="K72" s="49"/>
+      <c r="L72" s="65"/>
+      <c r="M72" s="66"/>
+      <c r="N72" s="69"/>
+      <c r="O72" s="69"/>
     </row>
     <row r="73" spans="1:15">
-      <c r="A73" s="12" t="str">
+      <c r="A73" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B73" s="13"/>
-[...12 lines deleted...]
-      <c r="O73" s="58"/>
+      <c r="B73" s="6"/>
+      <c r="C73" s="42"/>
+      <c r="D73" s="42"/>
+      <c r="E73" s="42"/>
+      <c r="F73" s="6"/>
+      <c r="G73" s="6"/>
+      <c r="H73" s="6"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="49"/>
+      <c r="K73" s="49"/>
+      <c r="L73" s="65"/>
+      <c r="M73" s="66"/>
+      <c r="N73" s="69"/>
+      <c r="O73" s="69"/>
     </row>
     <row r="74" spans="1:15">
-      <c r="A74" s="12" t="str">
+      <c r="A74" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B74" s="13"/>
-[...12 lines deleted...]
-      <c r="O74" s="58"/>
+      <c r="B74" s="6"/>
+      <c r="C74" s="42"/>
+      <c r="D74" s="42"/>
+      <c r="E74" s="42"/>
+      <c r="F74" s="6"/>
+      <c r="G74" s="6"/>
+      <c r="H74" s="6"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="49"/>
+      <c r="K74" s="49"/>
+      <c r="L74" s="65"/>
+      <c r="M74" s="66"/>
+      <c r="N74" s="69"/>
+      <c r="O74" s="69"/>
     </row>
     <row r="75" spans="1:15">
-      <c r="A75" s="12" t="str">
+      <c r="A75" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B75" s="13"/>
-[...12 lines deleted...]
-      <c r="O75" s="58"/>
+      <c r="B75" s="6"/>
+      <c r="C75" s="42"/>
+      <c r="D75" s="42"/>
+      <c r="E75" s="42"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6"/>
+      <c r="H75" s="6"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="49"/>
+      <c r="K75" s="49"/>
+      <c r="L75" s="65"/>
+      <c r="M75" s="66"/>
+      <c r="N75" s="69"/>
+      <c r="O75" s="69"/>
     </row>
     <row r="76" spans="1:15">
-      <c r="A76" s="12" t="str">
+      <c r="A76" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B76" s="13"/>
-[...12 lines deleted...]
-      <c r="O76" s="58"/>
+      <c r="B76" s="6"/>
+      <c r="C76" s="42"/>
+      <c r="D76" s="42"/>
+      <c r="E76" s="42"/>
+      <c r="F76" s="6"/>
+      <c r="G76" s="6"/>
+      <c r="H76" s="6"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="49"/>
+      <c r="K76" s="49"/>
+      <c r="L76" s="65"/>
+      <c r="M76" s="66"/>
+      <c r="N76" s="69"/>
+      <c r="O76" s="69"/>
     </row>
     <row r="77" spans="1:15">
-      <c r="A77" s="12" t="str">
+      <c r="A77" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B77" s="13"/>
-[...12 lines deleted...]
-      <c r="O77" s="58"/>
+      <c r="B77" s="6"/>
+      <c r="C77" s="42"/>
+      <c r="D77" s="42"/>
+      <c r="E77" s="42"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6"/>
+      <c r="H77" s="6"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="49"/>
+      <c r="K77" s="49"/>
+      <c r="L77" s="65"/>
+      <c r="M77" s="66"/>
+      <c r="N77" s="69"/>
+      <c r="O77" s="69"/>
     </row>
     <row r="78" spans="1:15">
-      <c r="A78" s="12" t="str">
+      <c r="A78" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B78" s="13"/>
-[...12 lines deleted...]
-      <c r="O78" s="58"/>
+      <c r="B78" s="6"/>
+      <c r="C78" s="42"/>
+      <c r="D78" s="42"/>
+      <c r="E78" s="42"/>
+      <c r="F78" s="6"/>
+      <c r="G78" s="6"/>
+      <c r="H78" s="6"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="49"/>
+      <c r="K78" s="49"/>
+      <c r="L78" s="65"/>
+      <c r="M78" s="66"/>
+      <c r="N78" s="69"/>
+      <c r="O78" s="69"/>
     </row>
     <row r="79" spans="1:15">
-      <c r="A79" s="12" t="str">
+      <c r="A79" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B79" s="13"/>
-[...12 lines deleted...]
-      <c r="O79" s="58"/>
+      <c r="B79" s="6"/>
+      <c r="C79" s="42"/>
+      <c r="D79" s="42"/>
+      <c r="E79" s="42"/>
+      <c r="F79" s="6"/>
+      <c r="G79" s="6"/>
+      <c r="H79" s="6"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="49"/>
+      <c r="K79" s="49"/>
+      <c r="L79" s="65"/>
+      <c r="M79" s="66"/>
+      <c r="N79" s="69"/>
+      <c r="O79" s="69"/>
     </row>
     <row r="80" spans="1:15">
-      <c r="A80" s="12" t="str">
+      <c r="A80" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B80" s="13"/>
-[...12 lines deleted...]
-      <c r="O80" s="58"/>
+      <c r="B80" s="6"/>
+      <c r="C80" s="42"/>
+      <c r="D80" s="42"/>
+      <c r="E80" s="42"/>
+      <c r="F80" s="6"/>
+      <c r="G80" s="6"/>
+      <c r="H80" s="6"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="49"/>
+      <c r="K80" s="49"/>
+      <c r="L80" s="65"/>
+      <c r="M80" s="66"/>
+      <c r="N80" s="69"/>
+      <c r="O80" s="69"/>
     </row>
     <row r="81" spans="1:15">
-      <c r="A81" s="12" t="str">
+      <c r="A81" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B81" s="13"/>
-[...12 lines deleted...]
-      <c r="O81" s="58"/>
+      <c r="B81" s="6"/>
+      <c r="C81" s="42"/>
+      <c r="D81" s="42"/>
+      <c r="E81" s="42"/>
+      <c r="F81" s="6"/>
+      <c r="G81" s="6"/>
+      <c r="H81" s="6"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="49"/>
+      <c r="K81" s="49"/>
+      <c r="L81" s="65"/>
+      <c r="M81" s="66"/>
+      <c r="N81" s="69"/>
+      <c r="O81" s="69"/>
     </row>
     <row r="82" spans="1:15">
-      <c r="A82" s="12" t="str">
+      <c r="A82" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B82" s="13"/>
-[...12 lines deleted...]
-      <c r="O82" s="58"/>
+      <c r="B82" s="6"/>
+      <c r="C82" s="42"/>
+      <c r="D82" s="42"/>
+      <c r="E82" s="42"/>
+      <c r="F82" s="6"/>
+      <c r="G82" s="6"/>
+      <c r="H82" s="6"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="49"/>
+      <c r="K82" s="49"/>
+      <c r="L82" s="65"/>
+      <c r="M82" s="66"/>
+      <c r="N82" s="69"/>
+      <c r="O82" s="69"/>
     </row>
     <row r="83" spans="1:15">
-      <c r="A83" s="12" t="str">
+      <c r="A83" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B83" s="13"/>
-[...12 lines deleted...]
-      <c r="O83" s="58"/>
+      <c r="B83" s="6"/>
+      <c r="C83" s="42"/>
+      <c r="D83" s="42"/>
+      <c r="E83" s="42"/>
+      <c r="F83" s="6"/>
+      <c r="G83" s="6"/>
+      <c r="H83" s="6"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="49"/>
+      <c r="K83" s="49"/>
+      <c r="L83" s="65"/>
+      <c r="M83" s="66"/>
+      <c r="N83" s="69"/>
+      <c r="O83" s="69"/>
     </row>
     <row r="84" spans="1:15">
-      <c r="A84" s="12" t="str">
+      <c r="A84" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B84" s="13"/>
-[...12 lines deleted...]
-      <c r="O84" s="58"/>
+      <c r="B84" s="6"/>
+      <c r="C84" s="42"/>
+      <c r="D84" s="42"/>
+      <c r="E84" s="42"/>
+      <c r="F84" s="6"/>
+      <c r="G84" s="6"/>
+      <c r="H84" s="6"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="49"/>
+      <c r="K84" s="49"/>
+      <c r="L84" s="65"/>
+      <c r="M84" s="66"/>
+      <c r="N84" s="69"/>
+      <c r="O84" s="69"/>
     </row>
     <row r="85" spans="1:15">
-      <c r="A85" s="12" t="str">
+      <c r="A85" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B85" s="13"/>
-[...12 lines deleted...]
-      <c r="O85" s="58"/>
+      <c r="B85" s="6"/>
+      <c r="C85" s="42"/>
+      <c r="D85" s="42"/>
+      <c r="E85" s="42"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6"/>
+      <c r="H85" s="6"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="49"/>
+      <c r="K85" s="49"/>
+      <c r="L85" s="65"/>
+      <c r="M85" s="66"/>
+      <c r="N85" s="69"/>
+      <c r="O85" s="69"/>
     </row>
     <row r="86" spans="1:15">
-      <c r="A86" s="12" t="str">
+      <c r="A86" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B86" s="13"/>
-[...12 lines deleted...]
-      <c r="O86" s="58"/>
+      <c r="B86" s="6"/>
+      <c r="C86" s="42"/>
+      <c r="D86" s="42"/>
+      <c r="E86" s="42"/>
+      <c r="F86" s="6"/>
+      <c r="G86" s="6"/>
+      <c r="H86" s="6"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="49"/>
+      <c r="K86" s="49"/>
+      <c r="L86" s="65"/>
+      <c r="M86" s="66"/>
+      <c r="N86" s="69"/>
+      <c r="O86" s="69"/>
     </row>
     <row r="87" spans="1:15">
-      <c r="A87" s="12" t="str">
+      <c r="A87" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B87" s="13"/>
-[...12 lines deleted...]
-      <c r="O87" s="58"/>
+      <c r="B87" s="6"/>
+      <c r="C87" s="42"/>
+      <c r="D87" s="42"/>
+      <c r="E87" s="42"/>
+      <c r="F87" s="6"/>
+      <c r="G87" s="6"/>
+      <c r="H87" s="6"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="49"/>
+      <c r="K87" s="49"/>
+      <c r="L87" s="65"/>
+      <c r="M87" s="66"/>
+      <c r="N87" s="69"/>
+      <c r="O87" s="69"/>
     </row>
     <row r="88" spans="1:15">
-      <c r="A88" s="12" t="str">
+      <c r="A88" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B88" s="13"/>
-[...12 lines deleted...]
-      <c r="O88" s="58"/>
+      <c r="B88" s="6"/>
+      <c r="C88" s="42"/>
+      <c r="D88" s="42"/>
+      <c r="E88" s="42"/>
+      <c r="F88" s="6"/>
+      <c r="G88" s="6"/>
+      <c r="H88" s="6"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="49"/>
+      <c r="K88" s="49"/>
+      <c r="L88" s="65"/>
+      <c r="M88" s="66"/>
+      <c r="N88" s="69"/>
+      <c r="O88" s="69"/>
     </row>
     <row r="89" spans="1:15">
-      <c r="A89" s="12" t="str">
+      <c r="A89" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B89" s="13"/>
-[...12 lines deleted...]
-      <c r="O89" s="58"/>
+      <c r="B89" s="6"/>
+      <c r="C89" s="42"/>
+      <c r="D89" s="42"/>
+      <c r="E89" s="42"/>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6"/>
+      <c r="H89" s="6"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="49"/>
+      <c r="K89" s="49"/>
+      <c r="L89" s="65"/>
+      <c r="M89" s="66"/>
+      <c r="N89" s="69"/>
+      <c r="O89" s="69"/>
     </row>
     <row r="90" spans="1:15">
-      <c r="A90" s="12" t="str">
+      <c r="A90" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B90" s="13"/>
-[...12 lines deleted...]
-      <c r="O90" s="58"/>
+      <c r="B90" s="6"/>
+      <c r="C90" s="42"/>
+      <c r="D90" s="42"/>
+      <c r="E90" s="42"/>
+      <c r="F90" s="6"/>
+      <c r="G90" s="6"/>
+      <c r="H90" s="6"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="49"/>
+      <c r="K90" s="49"/>
+      <c r="L90" s="65"/>
+      <c r="M90" s="66"/>
+      <c r="N90" s="69"/>
+      <c r="O90" s="69"/>
     </row>
     <row r="91" spans="1:15">
-      <c r="A91" s="12" t="str">
+      <c r="A91" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B91" s="13"/>
-[...12 lines deleted...]
-      <c r="O91" s="58"/>
+      <c r="B91" s="6"/>
+      <c r="C91" s="42"/>
+      <c r="D91" s="42"/>
+      <c r="E91" s="42"/>
+      <c r="F91" s="6"/>
+      <c r="G91" s="6"/>
+      <c r="H91" s="6"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="49"/>
+      <c r="K91" s="49"/>
+      <c r="L91" s="65"/>
+      <c r="M91" s="66"/>
+      <c r="N91" s="69"/>
+      <c r="O91" s="69"/>
     </row>
     <row r="92" spans="1:15">
-      <c r="A92" s="12" t="str">
+      <c r="A92" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B92" s="13"/>
-[...12 lines deleted...]
-      <c r="O92" s="58"/>
+      <c r="B92" s="6"/>
+      <c r="C92" s="42"/>
+      <c r="D92" s="42"/>
+      <c r="E92" s="42"/>
+      <c r="F92" s="6"/>
+      <c r="G92" s="6"/>
+      <c r="H92" s="6"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="49"/>
+      <c r="K92" s="49"/>
+      <c r="L92" s="65"/>
+      <c r="M92" s="66"/>
+      <c r="N92" s="69"/>
+      <c r="O92" s="69"/>
     </row>
     <row r="93" spans="1:15">
-      <c r="A93" s="12" t="str">
+      <c r="A93" s="5" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="B93" s="13"/>
-[...12 lines deleted...]
-      <c r="O93" s="58"/>
+      <c r="B93" s="6"/>
+      <c r="C93" s="42"/>
+      <c r="D93" s="42"/>
+      <c r="E93" s="42"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6"/>
+      <c r="H93" s="6"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="49"/>
+      <c r="K93" s="49"/>
+      <c r="L93" s="65"/>
+      <c r="M93" s="66"/>
+      <c r="N93" s="69"/>
+      <c r="O93" s="69"/>
     </row>
     <row r="94" spans="1:15">
-      <c r="A94" s="12" t="str">
+      <c r="A94" s="5" t="str">
         <f t="shared" ref="A94:A157" si="1">IF(AND(ISBLANK(B93),ISBLANK(C93),ISBLANK(F93),ISBLANK(G93),ISBLANK(H93),ISBLANK(I93),ISBLANK(J93),ISBLANK(K93),ISBLANK(L93),ISBLANK(M93),ISBLANK(N93),ISBLANK(O93)),"",ROW(A94)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B94" s="13"/>
-[...12 lines deleted...]
-      <c r="O94" s="58"/>
+      <c r="B94" s="6"/>
+      <c r="C94" s="42"/>
+      <c r="D94" s="42"/>
+      <c r="E94" s="42"/>
+      <c r="F94" s="6"/>
+      <c r="G94" s="6"/>
+      <c r="H94" s="6"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="49"/>
+      <c r="K94" s="49"/>
+      <c r="L94" s="65"/>
+      <c r="M94" s="66"/>
+      <c r="N94" s="69"/>
+      <c r="O94" s="69"/>
     </row>
     <row r="95" spans="1:15">
-      <c r="A95" s="12" t="str">
+      <c r="A95" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B95" s="13"/>
-[...12 lines deleted...]
-      <c r="O95" s="58"/>
+      <c r="B95" s="6"/>
+      <c r="C95" s="42"/>
+      <c r="D95" s="42"/>
+      <c r="E95" s="42"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6"/>
+      <c r="H95" s="6"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="49"/>
+      <c r="K95" s="49"/>
+      <c r="L95" s="65"/>
+      <c r="M95" s="66"/>
+      <c r="N95" s="69"/>
+      <c r="O95" s="69"/>
     </row>
     <row r="96" spans="1:15">
-      <c r="A96" s="12" t="str">
+      <c r="A96" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B96" s="13"/>
-[...12 lines deleted...]
-      <c r="O96" s="58"/>
+      <c r="B96" s="6"/>
+      <c r="C96" s="42"/>
+      <c r="D96" s="42"/>
+      <c r="E96" s="42"/>
+      <c r="F96" s="6"/>
+      <c r="G96" s="6"/>
+      <c r="H96" s="6"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="49"/>
+      <c r="K96" s="49"/>
+      <c r="L96" s="65"/>
+      <c r="M96" s="66"/>
+      <c r="N96" s="69"/>
+      <c r="O96" s="69"/>
     </row>
     <row r="97" spans="1:15">
-      <c r="A97" s="12" t="str">
+      <c r="A97" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B97" s="13"/>
-[...12 lines deleted...]
-      <c r="O97" s="58"/>
+      <c r="B97" s="6"/>
+      <c r="C97" s="42"/>
+      <c r="D97" s="42"/>
+      <c r="E97" s="42"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6"/>
+      <c r="H97" s="6"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="49"/>
+      <c r="K97" s="49"/>
+      <c r="L97" s="65"/>
+      <c r="M97" s="66"/>
+      <c r="N97" s="69"/>
+      <c r="O97" s="69"/>
     </row>
     <row r="98" spans="1:15">
-      <c r="A98" s="12" t="str">
+      <c r="A98" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B98" s="13"/>
-[...12 lines deleted...]
-      <c r="O98" s="58"/>
+      <c r="B98" s="6"/>
+      <c r="C98" s="42"/>
+      <c r="D98" s="42"/>
+      <c r="E98" s="42"/>
+      <c r="F98" s="6"/>
+      <c r="G98" s="6"/>
+      <c r="H98" s="6"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="49"/>
+      <c r="K98" s="49"/>
+      <c r="L98" s="65"/>
+      <c r="M98" s="66"/>
+      <c r="N98" s="69"/>
+      <c r="O98" s="69"/>
     </row>
     <row r="99" spans="1:15">
-      <c r="A99" s="12" t="str">
+      <c r="A99" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B99" s="13"/>
-[...12 lines deleted...]
-      <c r="O99" s="58"/>
+      <c r="B99" s="6"/>
+      <c r="C99" s="42"/>
+      <c r="D99" s="42"/>
+      <c r="E99" s="42"/>
+      <c r="F99" s="6"/>
+      <c r="G99" s="6"/>
+      <c r="H99" s="6"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="49"/>
+      <c r="K99" s="49"/>
+      <c r="L99" s="65"/>
+      <c r="M99" s="66"/>
+      <c r="N99" s="69"/>
+      <c r="O99" s="69"/>
     </row>
     <row r="100" spans="1:15">
-      <c r="A100" s="12" t="str">
+      <c r="A100" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B100" s="13"/>
-[...12 lines deleted...]
-      <c r="O100" s="58"/>
+      <c r="B100" s="6"/>
+      <c r="C100" s="42"/>
+      <c r="D100" s="42"/>
+      <c r="E100" s="42"/>
+      <c r="F100" s="6"/>
+      <c r="G100" s="6"/>
+      <c r="H100" s="6"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="49"/>
+      <c r="K100" s="49"/>
+      <c r="L100" s="65"/>
+      <c r="M100" s="66"/>
+      <c r="N100" s="69"/>
+      <c r="O100" s="69"/>
     </row>
     <row r="101" spans="1:15">
-      <c r="A101" s="12" t="str">
+      <c r="A101" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B101" s="13"/>
-[...12 lines deleted...]
-      <c r="O101" s="58"/>
+      <c r="B101" s="6"/>
+      <c r="C101" s="42"/>
+      <c r="D101" s="42"/>
+      <c r="E101" s="42"/>
+      <c r="F101" s="6"/>
+      <c r="G101" s="6"/>
+      <c r="H101" s="6"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="49"/>
+      <c r="K101" s="49"/>
+      <c r="L101" s="65"/>
+      <c r="M101" s="66"/>
+      <c r="N101" s="69"/>
+      <c r="O101" s="69"/>
     </row>
     <row r="102" spans="1:15">
-      <c r="A102" s="12" t="str">
+      <c r="A102" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B102" s="13"/>
-[...12 lines deleted...]
-      <c r="O102" s="58"/>
+      <c r="B102" s="6"/>
+      <c r="C102" s="42"/>
+      <c r="D102" s="42"/>
+      <c r="E102" s="42"/>
+      <c r="F102" s="6"/>
+      <c r="G102" s="6"/>
+      <c r="H102" s="6"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="49"/>
+      <c r="K102" s="49"/>
+      <c r="L102" s="65"/>
+      <c r="M102" s="66"/>
+      <c r="N102" s="69"/>
+      <c r="O102" s="69"/>
     </row>
     <row r="103" spans="1:15">
-      <c r="A103" s="12" t="str">
+      <c r="A103" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B103" s="13"/>
-[...12 lines deleted...]
-      <c r="O103" s="58"/>
+      <c r="B103" s="6"/>
+      <c r="C103" s="42"/>
+      <c r="D103" s="42"/>
+      <c r="E103" s="42"/>
+      <c r="F103" s="6"/>
+      <c r="G103" s="6"/>
+      <c r="H103" s="6"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="49"/>
+      <c r="K103" s="49"/>
+      <c r="L103" s="65"/>
+      <c r="M103" s="66"/>
+      <c r="N103" s="69"/>
+      <c r="O103" s="69"/>
     </row>
     <row r="104" spans="1:15">
-      <c r="A104" s="12" t="str">
+      <c r="A104" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B104" s="13"/>
-[...12 lines deleted...]
-      <c r="O104" s="58"/>
+      <c r="B104" s="6"/>
+      <c r="C104" s="42"/>
+      <c r="D104" s="42"/>
+      <c r="E104" s="42"/>
+      <c r="F104" s="6"/>
+      <c r="G104" s="6"/>
+      <c r="H104" s="6"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="49"/>
+      <c r="K104" s="49"/>
+      <c r="L104" s="65"/>
+      <c r="M104" s="66"/>
+      <c r="N104" s="69"/>
+      <c r="O104" s="69"/>
     </row>
     <row r="105" spans="1:15">
-      <c r="A105" s="12" t="str">
+      <c r="A105" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B105" s="13"/>
-[...12 lines deleted...]
-      <c r="O105" s="58"/>
+      <c r="B105" s="6"/>
+      <c r="C105" s="42"/>
+      <c r="D105" s="42"/>
+      <c r="E105" s="42"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6"/>
+      <c r="H105" s="6"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="49"/>
+      <c r="K105" s="49"/>
+      <c r="L105" s="65"/>
+      <c r="M105" s="66"/>
+      <c r="N105" s="69"/>
+      <c r="O105" s="69"/>
     </row>
     <row r="106" spans="1:15">
-      <c r="A106" s="12" t="str">
+      <c r="A106" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B106" s="13"/>
-[...12 lines deleted...]
-      <c r="O106" s="58"/>
+      <c r="B106" s="6"/>
+      <c r="C106" s="42"/>
+      <c r="D106" s="42"/>
+      <c r="E106" s="42"/>
+      <c r="F106" s="6"/>
+      <c r="G106" s="6"/>
+      <c r="H106" s="6"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="49"/>
+      <c r="K106" s="49"/>
+      <c r="L106" s="65"/>
+      <c r="M106" s="66"/>
+      <c r="N106" s="69"/>
+      <c r="O106" s="69"/>
     </row>
     <row r="107" spans="1:15">
-      <c r="A107" s="12" t="str">
+      <c r="A107" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B107" s="13"/>
-[...12 lines deleted...]
-      <c r="O107" s="58"/>
+      <c r="B107" s="6"/>
+      <c r="C107" s="42"/>
+      <c r="D107" s="42"/>
+      <c r="E107" s="42"/>
+      <c r="F107" s="6"/>
+      <c r="G107" s="6"/>
+      <c r="H107" s="6"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="49"/>
+      <c r="K107" s="49"/>
+      <c r="L107" s="65"/>
+      <c r="M107" s="66"/>
+      <c r="N107" s="69"/>
+      <c r="O107" s="69"/>
     </row>
     <row r="108" spans="1:15">
-      <c r="A108" s="12" t="str">
+      <c r="A108" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B108" s="13"/>
-[...12 lines deleted...]
-      <c r="O108" s="58"/>
+      <c r="B108" s="6"/>
+      <c r="C108" s="42"/>
+      <c r="D108" s="42"/>
+      <c r="E108" s="42"/>
+      <c r="F108" s="6"/>
+      <c r="G108" s="6"/>
+      <c r="H108" s="6"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="49"/>
+      <c r="K108" s="49"/>
+      <c r="L108" s="65"/>
+      <c r="M108" s="66"/>
+      <c r="N108" s="69"/>
+      <c r="O108" s="69"/>
     </row>
     <row r="109" spans="1:15">
-      <c r="A109" s="12" t="str">
+      <c r="A109" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B109" s="13"/>
-[...12 lines deleted...]
-      <c r="O109" s="58"/>
+      <c r="B109" s="6"/>
+      <c r="C109" s="42"/>
+      <c r="D109" s="42"/>
+      <c r="E109" s="42"/>
+      <c r="F109" s="6"/>
+      <c r="G109" s="6"/>
+      <c r="H109" s="6"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="49"/>
+      <c r="K109" s="49"/>
+      <c r="L109" s="65"/>
+      <c r="M109" s="66"/>
+      <c r="N109" s="69"/>
+      <c r="O109" s="69"/>
     </row>
     <row r="110" spans="1:15">
-      <c r="A110" s="12" t="str">
+      <c r="A110" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B110" s="13"/>
-[...12 lines deleted...]
-      <c r="O110" s="58"/>
+      <c r="B110" s="6"/>
+      <c r="C110" s="42"/>
+      <c r="D110" s="42"/>
+      <c r="E110" s="42"/>
+      <c r="F110" s="6"/>
+      <c r="G110" s="6"/>
+      <c r="H110" s="6"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="49"/>
+      <c r="K110" s="49"/>
+      <c r="L110" s="65"/>
+      <c r="M110" s="66"/>
+      <c r="N110" s="69"/>
+      <c r="O110" s="69"/>
     </row>
     <row r="111" spans="1:15">
-      <c r="A111" s="12" t="str">
+      <c r="A111" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B111" s="13"/>
-[...12 lines deleted...]
-      <c r="O111" s="58"/>
+      <c r="B111" s="6"/>
+      <c r="C111" s="42"/>
+      <c r="D111" s="42"/>
+      <c r="E111" s="42"/>
+      <c r="F111" s="6"/>
+      <c r="G111" s="6"/>
+      <c r="H111" s="6"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="49"/>
+      <c r="K111" s="49"/>
+      <c r="L111" s="65"/>
+      <c r="M111" s="66"/>
+      <c r="N111" s="69"/>
+      <c r="O111" s="69"/>
     </row>
     <row r="112" spans="1:15">
-      <c r="A112" s="12" t="str">
+      <c r="A112" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B112" s="13"/>
-[...12 lines deleted...]
-      <c r="O112" s="58"/>
+      <c r="B112" s="6"/>
+      <c r="C112" s="42"/>
+      <c r="D112" s="42"/>
+      <c r="E112" s="42"/>
+      <c r="F112" s="6"/>
+      <c r="G112" s="6"/>
+      <c r="H112" s="6"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="49"/>
+      <c r="K112" s="49"/>
+      <c r="L112" s="65"/>
+      <c r="M112" s="66"/>
+      <c r="N112" s="69"/>
+      <c r="O112" s="69"/>
     </row>
     <row r="113" spans="1:15">
-      <c r="A113" s="12" t="str">
+      <c r="A113" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B113" s="13"/>
-[...12 lines deleted...]
-      <c r="O113" s="58"/>
+      <c r="B113" s="6"/>
+      <c r="C113" s="42"/>
+      <c r="D113" s="42"/>
+      <c r="E113" s="42"/>
+      <c r="F113" s="6"/>
+      <c r="G113" s="6"/>
+      <c r="H113" s="6"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="49"/>
+      <c r="K113" s="49"/>
+      <c r="L113" s="65"/>
+      <c r="M113" s="66"/>
+      <c r="N113" s="69"/>
+      <c r="O113" s="69"/>
     </row>
     <row r="114" spans="1:15">
-      <c r="A114" s="12" t="str">
+      <c r="A114" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B114" s="13"/>
-[...12 lines deleted...]
-      <c r="O114" s="58"/>
+      <c r="B114" s="6"/>
+      <c r="C114" s="42"/>
+      <c r="D114" s="42"/>
+      <c r="E114" s="42"/>
+      <c r="F114" s="6"/>
+      <c r="G114" s="6"/>
+      <c r="H114" s="6"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="49"/>
+      <c r="K114" s="49"/>
+      <c r="L114" s="65"/>
+      <c r="M114" s="66"/>
+      <c r="N114" s="69"/>
+      <c r="O114" s="69"/>
     </row>
     <row r="115" spans="1:15">
-      <c r="A115" s="12" t="str">
+      <c r="A115" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B115" s="13"/>
-[...12 lines deleted...]
-      <c r="O115" s="58"/>
+      <c r="B115" s="6"/>
+      <c r="C115" s="42"/>
+      <c r="D115" s="42"/>
+      <c r="E115" s="42"/>
+      <c r="F115" s="6"/>
+      <c r="G115" s="6"/>
+      <c r="H115" s="6"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="49"/>
+      <c r="K115" s="49"/>
+      <c r="L115" s="65"/>
+      <c r="M115" s="66"/>
+      <c r="N115" s="69"/>
+      <c r="O115" s="69"/>
     </row>
     <row r="116" spans="1:15">
-      <c r="A116" s="12" t="str">
+      <c r="A116" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B116" s="13"/>
-[...12 lines deleted...]
-      <c r="O116" s="58"/>
+      <c r="B116" s="6"/>
+      <c r="C116" s="42"/>
+      <c r="D116" s="42"/>
+      <c r="E116" s="42"/>
+      <c r="F116" s="6"/>
+      <c r="G116" s="6"/>
+      <c r="H116" s="6"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="49"/>
+      <c r="K116" s="49"/>
+      <c r="L116" s="65"/>
+      <c r="M116" s="66"/>
+      <c r="N116" s="69"/>
+      <c r="O116" s="69"/>
     </row>
     <row r="117" spans="1:15">
-      <c r="A117" s="12" t="str">
+      <c r="A117" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B117" s="13"/>
-[...12 lines deleted...]
-      <c r="O117" s="58"/>
+      <c r="B117" s="6"/>
+      <c r="C117" s="42"/>
+      <c r="D117" s="42"/>
+      <c r="E117" s="42"/>
+      <c r="F117" s="6"/>
+      <c r="G117" s="6"/>
+      <c r="H117" s="6"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="49"/>
+      <c r="K117" s="49"/>
+      <c r="L117" s="65"/>
+      <c r="M117" s="66"/>
+      <c r="N117" s="69"/>
+      <c r="O117" s="69"/>
     </row>
     <row r="118" spans="1:15">
-      <c r="A118" s="12" t="str">
+      <c r="A118" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B118" s="13"/>
-[...12 lines deleted...]
-      <c r="O118" s="58"/>
+      <c r="B118" s="6"/>
+      <c r="C118" s="42"/>
+      <c r="D118" s="42"/>
+      <c r="E118" s="42"/>
+      <c r="F118" s="6"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="6"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="49"/>
+      <c r="K118" s="49"/>
+      <c r="L118" s="65"/>
+      <c r="M118" s="66"/>
+      <c r="N118" s="69"/>
+      <c r="O118" s="69"/>
     </row>
     <row r="119" spans="1:15">
-      <c r="A119" s="12" t="str">
+      <c r="A119" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B119" s="13"/>
-[...12 lines deleted...]
-      <c r="O119" s="58"/>
+      <c r="B119" s="6"/>
+      <c r="C119" s="42"/>
+      <c r="D119" s="42"/>
+      <c r="E119" s="42"/>
+      <c r="F119" s="6"/>
+      <c r="G119" s="6"/>
+      <c r="H119" s="6"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="49"/>
+      <c r="K119" s="49"/>
+      <c r="L119" s="65"/>
+      <c r="M119" s="66"/>
+      <c r="N119" s="69"/>
+      <c r="O119" s="69"/>
     </row>
     <row r="120" spans="1:15">
-      <c r="A120" s="12" t="str">
+      <c r="A120" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B120" s="13"/>
-[...12 lines deleted...]
-      <c r="O120" s="58"/>
+      <c r="B120" s="6"/>
+      <c r="C120" s="42"/>
+      <c r="D120" s="42"/>
+      <c r="E120" s="42"/>
+      <c r="F120" s="6"/>
+      <c r="G120" s="6"/>
+      <c r="H120" s="6"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="49"/>
+      <c r="K120" s="49"/>
+      <c r="L120" s="65"/>
+      <c r="M120" s="66"/>
+      <c r="N120" s="69"/>
+      <c r="O120" s="69"/>
     </row>
     <row r="121" spans="1:15">
-      <c r="A121" s="12" t="str">
+      <c r="A121" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B121" s="13"/>
-[...12 lines deleted...]
-      <c r="O121" s="58"/>
+      <c r="B121" s="6"/>
+      <c r="C121" s="42"/>
+      <c r="D121" s="42"/>
+      <c r="E121" s="42"/>
+      <c r="F121" s="6"/>
+      <c r="G121" s="6"/>
+      <c r="H121" s="6"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="49"/>
+      <c r="K121" s="49"/>
+      <c r="L121" s="65"/>
+      <c r="M121" s="66"/>
+      <c r="N121" s="69"/>
+      <c r="O121" s="69"/>
     </row>
     <row r="122" spans="1:15">
-      <c r="A122" s="12" t="str">
+      <c r="A122" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B122" s="13"/>
-[...12 lines deleted...]
-      <c r="O122" s="58"/>
+      <c r="B122" s="6"/>
+      <c r="C122" s="42"/>
+      <c r="D122" s="42"/>
+      <c r="E122" s="42"/>
+      <c r="F122" s="6"/>
+      <c r="G122" s="6"/>
+      <c r="H122" s="6"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="49"/>
+      <c r="K122" s="49"/>
+      <c r="L122" s="65"/>
+      <c r="M122" s="66"/>
+      <c r="N122" s="69"/>
+      <c r="O122" s="69"/>
     </row>
     <row r="123" spans="1:15">
-      <c r="A123" s="12" t="str">
+      <c r="A123" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B123" s="13"/>
-[...12 lines deleted...]
-      <c r="O123" s="58"/>
+      <c r="B123" s="6"/>
+      <c r="C123" s="42"/>
+      <c r="D123" s="42"/>
+      <c r="E123" s="42"/>
+      <c r="F123" s="6"/>
+      <c r="G123" s="6"/>
+      <c r="H123" s="6"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="49"/>
+      <c r="K123" s="49"/>
+      <c r="L123" s="65"/>
+      <c r="M123" s="66"/>
+      <c r="N123" s="69"/>
+      <c r="O123" s="69"/>
     </row>
     <row r="124" spans="1:15">
-      <c r="A124" s="12" t="str">
+      <c r="A124" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B124" s="13"/>
-[...12 lines deleted...]
-      <c r="O124" s="58"/>
+      <c r="B124" s="6"/>
+      <c r="C124" s="42"/>
+      <c r="D124" s="42"/>
+      <c r="E124" s="42"/>
+      <c r="F124" s="6"/>
+      <c r="G124" s="6"/>
+      <c r="H124" s="6"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="49"/>
+      <c r="K124" s="49"/>
+      <c r="L124" s="65"/>
+      <c r="M124" s="66"/>
+      <c r="N124" s="69"/>
+      <c r="O124" s="69"/>
     </row>
     <row r="125" spans="1:15">
-      <c r="A125" s="12" t="str">
+      <c r="A125" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B125" s="13"/>
-[...12 lines deleted...]
-      <c r="O125" s="58"/>
+      <c r="B125" s="6"/>
+      <c r="C125" s="42"/>
+      <c r="D125" s="42"/>
+      <c r="E125" s="42"/>
+      <c r="F125" s="6"/>
+      <c r="G125" s="6"/>
+      <c r="H125" s="6"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="49"/>
+      <c r="K125" s="49"/>
+      <c r="L125" s="65"/>
+      <c r="M125" s="66"/>
+      <c r="N125" s="69"/>
+      <c r="O125" s="69"/>
     </row>
     <row r="126" spans="1:15">
-      <c r="A126" s="12" t="str">
+      <c r="A126" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B126" s="13"/>
-[...12 lines deleted...]
-      <c r="O126" s="58"/>
+      <c r="B126" s="6"/>
+      <c r="C126" s="42"/>
+      <c r="D126" s="42"/>
+      <c r="E126" s="42"/>
+      <c r="F126" s="6"/>
+      <c r="G126" s="6"/>
+      <c r="H126" s="6"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="49"/>
+      <c r="K126" s="49"/>
+      <c r="L126" s="65"/>
+      <c r="M126" s="66"/>
+      <c r="N126" s="69"/>
+      <c r="O126" s="69"/>
     </row>
     <row r="127" spans="1:15">
-      <c r="A127" s="12" t="str">
+      <c r="A127" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B127" s="13"/>
-[...12 lines deleted...]
-      <c r="O127" s="58"/>
+      <c r="B127" s="6"/>
+      <c r="C127" s="42"/>
+      <c r="D127" s="42"/>
+      <c r="E127" s="42"/>
+      <c r="F127" s="6"/>
+      <c r="G127" s="6"/>
+      <c r="H127" s="6"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="49"/>
+      <c r="K127" s="49"/>
+      <c r="L127" s="65"/>
+      <c r="M127" s="66"/>
+      <c r="N127" s="69"/>
+      <c r="O127" s="69"/>
     </row>
     <row r="128" spans="1:15">
-      <c r="A128" s="12" t="str">
+      <c r="A128" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B128" s="13"/>
-[...12 lines deleted...]
-      <c r="O128" s="58"/>
+      <c r="B128" s="6"/>
+      <c r="C128" s="42"/>
+      <c r="D128" s="42"/>
+      <c r="E128" s="42"/>
+      <c r="F128" s="6"/>
+      <c r="G128" s="6"/>
+      <c r="H128" s="6"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="49"/>
+      <c r="K128" s="49"/>
+      <c r="L128" s="65"/>
+      <c r="M128" s="66"/>
+      <c r="N128" s="69"/>
+      <c r="O128" s="69"/>
     </row>
     <row r="129" spans="1:15">
-      <c r="A129" s="12" t="str">
+      <c r="A129" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B129" s="13"/>
-[...12 lines deleted...]
-      <c r="O129" s="58"/>
+      <c r="B129" s="6"/>
+      <c r="C129" s="42"/>
+      <c r="D129" s="42"/>
+      <c r="E129" s="42"/>
+      <c r="F129" s="6"/>
+      <c r="G129" s="6"/>
+      <c r="H129" s="6"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="49"/>
+      <c r="K129" s="49"/>
+      <c r="L129" s="65"/>
+      <c r="M129" s="66"/>
+      <c r="N129" s="69"/>
+      <c r="O129" s="69"/>
     </row>
     <row r="130" spans="1:15">
-      <c r="A130" s="12" t="str">
+      <c r="A130" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B130" s="13"/>
-[...12 lines deleted...]
-      <c r="O130" s="58"/>
+      <c r="B130" s="6"/>
+      <c r="C130" s="42"/>
+      <c r="D130" s="42"/>
+      <c r="E130" s="42"/>
+      <c r="F130" s="6"/>
+      <c r="G130" s="6"/>
+      <c r="H130" s="6"/>
+      <c r="I130" s="48"/>
+      <c r="J130" s="49"/>
+      <c r="K130" s="49"/>
+      <c r="L130" s="65"/>
+      <c r="M130" s="66"/>
+      <c r="N130" s="69"/>
+      <c r="O130" s="69"/>
     </row>
     <row r="131" spans="1:15">
-      <c r="A131" s="12" t="str">
+      <c r="A131" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B131" s="13"/>
-[...12 lines deleted...]
-      <c r="O131" s="58"/>
+      <c r="B131" s="6"/>
+      <c r="C131" s="42"/>
+      <c r="D131" s="42"/>
+      <c r="E131" s="42"/>
+      <c r="F131" s="6"/>
+      <c r="G131" s="6"/>
+      <c r="H131" s="6"/>
+      <c r="I131" s="48"/>
+      <c r="J131" s="49"/>
+      <c r="K131" s="49"/>
+      <c r="L131" s="65"/>
+      <c r="M131" s="66"/>
+      <c r="N131" s="69"/>
+      <c r="O131" s="69"/>
     </row>
     <row r="132" spans="1:15">
-      <c r="A132" s="12" t="str">
+      <c r="A132" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B132" s="13"/>
-[...12 lines deleted...]
-      <c r="O132" s="58"/>
+      <c r="B132" s="6"/>
+      <c r="C132" s="42"/>
+      <c r="D132" s="42"/>
+      <c r="E132" s="42"/>
+      <c r="F132" s="6"/>
+      <c r="G132" s="6"/>
+      <c r="H132" s="6"/>
+      <c r="I132" s="48"/>
+      <c r="J132" s="49"/>
+      <c r="K132" s="49"/>
+      <c r="L132" s="65"/>
+      <c r="M132" s="66"/>
+      <c r="N132" s="69"/>
+      <c r="O132" s="69"/>
     </row>
     <row r="133" spans="1:15">
-      <c r="A133" s="12" t="str">
+      <c r="A133" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B133" s="13"/>
-[...12 lines deleted...]
-      <c r="O133" s="58"/>
+      <c r="B133" s="6"/>
+      <c r="C133" s="42"/>
+      <c r="D133" s="42"/>
+      <c r="E133" s="42"/>
+      <c r="F133" s="6"/>
+      <c r="G133" s="6"/>
+      <c r="H133" s="6"/>
+      <c r="I133" s="48"/>
+      <c r="J133" s="49"/>
+      <c r="K133" s="49"/>
+      <c r="L133" s="65"/>
+      <c r="M133" s="66"/>
+      <c r="N133" s="69"/>
+      <c r="O133" s="69"/>
     </row>
     <row r="134" spans="1:15">
-      <c r="A134" s="12" t="str">
+      <c r="A134" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B134" s="13"/>
-[...12 lines deleted...]
-      <c r="O134" s="58"/>
+      <c r="B134" s="6"/>
+      <c r="C134" s="42"/>
+      <c r="D134" s="42"/>
+      <c r="E134" s="42"/>
+      <c r="F134" s="6"/>
+      <c r="G134" s="6"/>
+      <c r="H134" s="6"/>
+      <c r="I134" s="48"/>
+      <c r="J134" s="49"/>
+      <c r="K134" s="49"/>
+      <c r="L134" s="65"/>
+      <c r="M134" s="66"/>
+      <c r="N134" s="69"/>
+      <c r="O134" s="69"/>
     </row>
     <row r="135" spans="1:15">
-      <c r="A135" s="12" t="str">
+      <c r="A135" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B135" s="13"/>
-[...12 lines deleted...]
-      <c r="O135" s="58"/>
+      <c r="B135" s="6"/>
+      <c r="C135" s="42"/>
+      <c r="D135" s="42"/>
+      <c r="E135" s="42"/>
+      <c r="F135" s="6"/>
+      <c r="G135" s="6"/>
+      <c r="H135" s="6"/>
+      <c r="I135" s="48"/>
+      <c r="J135" s="49"/>
+      <c r="K135" s="49"/>
+      <c r="L135" s="65"/>
+      <c r="M135" s="66"/>
+      <c r="N135" s="69"/>
+      <c r="O135" s="69"/>
     </row>
     <row r="136" spans="1:15">
-      <c r="A136" s="12" t="str">
+      <c r="A136" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B136" s="13"/>
-[...12 lines deleted...]
-      <c r="O136" s="58"/>
+      <c r="B136" s="6"/>
+      <c r="C136" s="42"/>
+      <c r="D136" s="42"/>
+      <c r="E136" s="42"/>
+      <c r="F136" s="6"/>
+      <c r="G136" s="6"/>
+      <c r="H136" s="6"/>
+      <c r="I136" s="48"/>
+      <c r="J136" s="49"/>
+      <c r="K136" s="49"/>
+      <c r="L136" s="65"/>
+      <c r="M136" s="66"/>
+      <c r="N136" s="69"/>
+      <c r="O136" s="69"/>
     </row>
     <row r="137" spans="1:15">
-      <c r="A137" s="12" t="str">
+      <c r="A137" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B137" s="13"/>
-[...12 lines deleted...]
-      <c r="O137" s="58"/>
+      <c r="B137" s="6"/>
+      <c r="C137" s="42"/>
+      <c r="D137" s="42"/>
+      <c r="E137" s="42"/>
+      <c r="F137" s="6"/>
+      <c r="G137" s="6"/>
+      <c r="H137" s="6"/>
+      <c r="I137" s="48"/>
+      <c r="J137" s="49"/>
+      <c r="K137" s="49"/>
+      <c r="L137" s="65"/>
+      <c r="M137" s="66"/>
+      <c r="N137" s="69"/>
+      <c r="O137" s="69"/>
     </row>
     <row r="138" spans="1:15">
-      <c r="A138" s="12" t="str">
+      <c r="A138" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B138" s="13"/>
-[...12 lines deleted...]
-      <c r="O138" s="58"/>
+      <c r="B138" s="6"/>
+      <c r="C138" s="42"/>
+      <c r="D138" s="42"/>
+      <c r="E138" s="42"/>
+      <c r="F138" s="6"/>
+      <c r="G138" s="6"/>
+      <c r="H138" s="6"/>
+      <c r="I138" s="48"/>
+      <c r="J138" s="49"/>
+      <c r="K138" s="49"/>
+      <c r="L138" s="65"/>
+      <c r="M138" s="66"/>
+      <c r="N138" s="69"/>
+      <c r="O138" s="69"/>
     </row>
     <row r="139" spans="1:15">
-      <c r="A139" s="12" t="str">
+      <c r="A139" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B139" s="13"/>
-[...12 lines deleted...]
-      <c r="O139" s="58"/>
+      <c r="B139" s="6"/>
+      <c r="C139" s="42"/>
+      <c r="D139" s="42"/>
+      <c r="E139" s="42"/>
+      <c r="F139" s="6"/>
+      <c r="G139" s="6"/>
+      <c r="H139" s="6"/>
+      <c r="I139" s="48"/>
+      <c r="J139" s="49"/>
+      <c r="K139" s="49"/>
+      <c r="L139" s="65"/>
+      <c r="M139" s="66"/>
+      <c r="N139" s="69"/>
+      <c r="O139" s="69"/>
     </row>
     <row r="140" spans="1:15">
-      <c r="A140" s="12" t="str">
+      <c r="A140" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B140" s="13"/>
-[...12 lines deleted...]
-      <c r="O140" s="58"/>
+      <c r="B140" s="6"/>
+      <c r="C140" s="42"/>
+      <c r="D140" s="42"/>
+      <c r="E140" s="42"/>
+      <c r="F140" s="6"/>
+      <c r="G140" s="6"/>
+      <c r="H140" s="6"/>
+      <c r="I140" s="48"/>
+      <c r="J140" s="49"/>
+      <c r="K140" s="49"/>
+      <c r="L140" s="65"/>
+      <c r="M140" s="66"/>
+      <c r="N140" s="69"/>
+      <c r="O140" s="69"/>
     </row>
     <row r="141" spans="1:15">
-      <c r="A141" s="12" t="str">
+      <c r="A141" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B141" s="13"/>
-[...12 lines deleted...]
-      <c r="O141" s="58"/>
+      <c r="B141" s="6"/>
+      <c r="C141" s="42"/>
+      <c r="D141" s="42"/>
+      <c r="E141" s="42"/>
+      <c r="F141" s="6"/>
+      <c r="G141" s="6"/>
+      <c r="H141" s="6"/>
+      <c r="I141" s="48"/>
+      <c r="J141" s="49"/>
+      <c r="K141" s="49"/>
+      <c r="L141" s="65"/>
+      <c r="M141" s="66"/>
+      <c r="N141" s="69"/>
+      <c r="O141" s="69"/>
     </row>
     <row r="142" spans="1:15">
-      <c r="A142" s="12" t="str">
+      <c r="A142" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B142" s="13"/>
-[...12 lines deleted...]
-      <c r="O142" s="58"/>
+      <c r="B142" s="6"/>
+      <c r="C142" s="42"/>
+      <c r="D142" s="42"/>
+      <c r="E142" s="42"/>
+      <c r="F142" s="6"/>
+      <c r="G142" s="6"/>
+      <c r="H142" s="6"/>
+      <c r="I142" s="48"/>
+      <c r="J142" s="49"/>
+      <c r="K142" s="49"/>
+      <c r="L142" s="65"/>
+      <c r="M142" s="66"/>
+      <c r="N142" s="69"/>
+      <c r="O142" s="69"/>
     </row>
     <row r="143" spans="1:15">
-      <c r="A143" s="12" t="str">
+      <c r="A143" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B143" s="13"/>
-[...12 lines deleted...]
-      <c r="O143" s="58"/>
+      <c r="B143" s="6"/>
+      <c r="C143" s="42"/>
+      <c r="D143" s="42"/>
+      <c r="E143" s="42"/>
+      <c r="F143" s="6"/>
+      <c r="G143" s="6"/>
+      <c r="H143" s="6"/>
+      <c r="I143" s="48"/>
+      <c r="J143" s="49"/>
+      <c r="K143" s="49"/>
+      <c r="L143" s="65"/>
+      <c r="M143" s="66"/>
+      <c r="N143" s="69"/>
+      <c r="O143" s="69"/>
     </row>
     <row r="144" spans="1:15">
-      <c r="A144" s="12" t="str">
+      <c r="A144" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B144" s="13"/>
-[...12 lines deleted...]
-      <c r="O144" s="58"/>
+      <c r="B144" s="6"/>
+      <c r="C144" s="42"/>
+      <c r="D144" s="42"/>
+      <c r="E144" s="42"/>
+      <c r="F144" s="6"/>
+      <c r="G144" s="6"/>
+      <c r="H144" s="6"/>
+      <c r="I144" s="48"/>
+      <c r="J144" s="49"/>
+      <c r="K144" s="49"/>
+      <c r="L144" s="65"/>
+      <c r="M144" s="66"/>
+      <c r="N144" s="69"/>
+      <c r="O144" s="69"/>
     </row>
     <row r="145" spans="1:15">
-      <c r="A145" s="12" t="str">
+      <c r="A145" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B145" s="13"/>
-[...12 lines deleted...]
-      <c r="O145" s="58"/>
+      <c r="B145" s="6"/>
+      <c r="C145" s="42"/>
+      <c r="D145" s="42"/>
+      <c r="E145" s="42"/>
+      <c r="F145" s="6"/>
+      <c r="G145" s="6"/>
+      <c r="H145" s="6"/>
+      <c r="I145" s="48"/>
+      <c r="J145" s="49"/>
+      <c r="K145" s="49"/>
+      <c r="L145" s="65"/>
+      <c r="M145" s="66"/>
+      <c r="N145" s="69"/>
+      <c r="O145" s="69"/>
     </row>
     <row r="146" spans="1:15">
-      <c r="A146" s="12" t="str">
+      <c r="A146" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B146" s="13"/>
-[...12 lines deleted...]
-      <c r="O146" s="58"/>
+      <c r="B146" s="6"/>
+      <c r="C146" s="42"/>
+      <c r="D146" s="42"/>
+      <c r="E146" s="42"/>
+      <c r="F146" s="6"/>
+      <c r="G146" s="6"/>
+      <c r="H146" s="6"/>
+      <c r="I146" s="48"/>
+      <c r="J146" s="49"/>
+      <c r="K146" s="49"/>
+      <c r="L146" s="65"/>
+      <c r="M146" s="66"/>
+      <c r="N146" s="69"/>
+      <c r="O146" s="69"/>
     </row>
     <row r="147" spans="1:15">
-      <c r="A147" s="12" t="str">
+      <c r="A147" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B147" s="13"/>
-[...12 lines deleted...]
-      <c r="O147" s="58"/>
+      <c r="B147" s="6"/>
+      <c r="C147" s="42"/>
+      <c r="D147" s="42"/>
+      <c r="E147" s="42"/>
+      <c r="F147" s="6"/>
+      <c r="G147" s="6"/>
+      <c r="H147" s="6"/>
+      <c r="I147" s="48"/>
+      <c r="J147" s="49"/>
+      <c r="K147" s="49"/>
+      <c r="L147" s="65"/>
+      <c r="M147" s="66"/>
+      <c r="N147" s="69"/>
+      <c r="O147" s="69"/>
     </row>
     <row r="148" spans="1:15">
-      <c r="A148" s="12" t="str">
+      <c r="A148" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B148" s="13"/>
-[...12 lines deleted...]
-      <c r="O148" s="58"/>
+      <c r="B148" s="6"/>
+      <c r="C148" s="42"/>
+      <c r="D148" s="42"/>
+      <c r="E148" s="42"/>
+      <c r="F148" s="6"/>
+      <c r="G148" s="6"/>
+      <c r="H148" s="6"/>
+      <c r="I148" s="48"/>
+      <c r="J148" s="49"/>
+      <c r="K148" s="49"/>
+      <c r="L148" s="65"/>
+      <c r="M148" s="66"/>
+      <c r="N148" s="69"/>
+      <c r="O148" s="69"/>
     </row>
     <row r="149" spans="1:15">
-      <c r="A149" s="12" t="str">
+      <c r="A149" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B149" s="13"/>
-[...12 lines deleted...]
-      <c r="O149" s="58"/>
+      <c r="B149" s="6"/>
+      <c r="C149" s="42"/>
+      <c r="D149" s="42"/>
+      <c r="E149" s="42"/>
+      <c r="F149" s="6"/>
+      <c r="G149" s="6"/>
+      <c r="H149" s="6"/>
+      <c r="I149" s="48"/>
+      <c r="J149" s="49"/>
+      <c r="K149" s="49"/>
+      <c r="L149" s="65"/>
+      <c r="M149" s="66"/>
+      <c r="N149" s="69"/>
+      <c r="O149" s="69"/>
     </row>
     <row r="150" spans="1:15">
-      <c r="A150" s="12" t="str">
+      <c r="A150" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B150" s="13"/>
-[...12 lines deleted...]
-      <c r="O150" s="58"/>
+      <c r="B150" s="6"/>
+      <c r="C150" s="42"/>
+      <c r="D150" s="42"/>
+      <c r="E150" s="42"/>
+      <c r="F150" s="6"/>
+      <c r="G150" s="6"/>
+      <c r="H150" s="6"/>
+      <c r="I150" s="48"/>
+      <c r="J150" s="49"/>
+      <c r="K150" s="49"/>
+      <c r="L150" s="65"/>
+      <c r="M150" s="66"/>
+      <c r="N150" s="69"/>
+      <c r="O150" s="69"/>
     </row>
     <row r="151" spans="1:15">
-      <c r="A151" s="12" t="str">
+      <c r="A151" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B151" s="13"/>
-[...12 lines deleted...]
-      <c r="O151" s="58"/>
+      <c r="B151" s="6"/>
+      <c r="C151" s="42"/>
+      <c r="D151" s="42"/>
+      <c r="E151" s="42"/>
+      <c r="F151" s="6"/>
+      <c r="G151" s="6"/>
+      <c r="H151" s="6"/>
+      <c r="I151" s="48"/>
+      <c r="J151" s="49"/>
+      <c r="K151" s="49"/>
+      <c r="L151" s="65"/>
+      <c r="M151" s="66"/>
+      <c r="N151" s="69"/>
+      <c r="O151" s="69"/>
     </row>
     <row r="152" spans="1:15">
-      <c r="A152" s="12" t="str">
+      <c r="A152" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B152" s="13"/>
-[...12 lines deleted...]
-      <c r="O152" s="58"/>
+      <c r="B152" s="6"/>
+      <c r="C152" s="42"/>
+      <c r="D152" s="42"/>
+      <c r="E152" s="42"/>
+      <c r="F152" s="6"/>
+      <c r="G152" s="6"/>
+      <c r="H152" s="6"/>
+      <c r="I152" s="48"/>
+      <c r="J152" s="49"/>
+      <c r="K152" s="49"/>
+      <c r="L152" s="65"/>
+      <c r="M152" s="66"/>
+      <c r="N152" s="69"/>
+      <c r="O152" s="69"/>
     </row>
     <row r="153" spans="1:15">
-      <c r="A153" s="12" t="str">
+      <c r="A153" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B153" s="13"/>
-[...12 lines deleted...]
-      <c r="O153" s="58"/>
+      <c r="B153" s="6"/>
+      <c r="C153" s="42"/>
+      <c r="D153" s="42"/>
+      <c r="E153" s="42"/>
+      <c r="F153" s="6"/>
+      <c r="G153" s="6"/>
+      <c r="H153" s="6"/>
+      <c r="I153" s="48"/>
+      <c r="J153" s="49"/>
+      <c r="K153" s="49"/>
+      <c r="L153" s="65"/>
+      <c r="M153" s="66"/>
+      <c r="N153" s="69"/>
+      <c r="O153" s="69"/>
     </row>
     <row r="154" spans="1:15">
-      <c r="A154" s="12" t="str">
+      <c r="A154" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B154" s="13"/>
-[...12 lines deleted...]
-      <c r="O154" s="58"/>
+      <c r="B154" s="6"/>
+      <c r="C154" s="42"/>
+      <c r="D154" s="42"/>
+      <c r="E154" s="42"/>
+      <c r="F154" s="6"/>
+      <c r="G154" s="6"/>
+      <c r="H154" s="6"/>
+      <c r="I154" s="48"/>
+      <c r="J154" s="49"/>
+      <c r="K154" s="49"/>
+      <c r="L154" s="65"/>
+      <c r="M154" s="66"/>
+      <c r="N154" s="69"/>
+      <c r="O154" s="69"/>
     </row>
     <row r="155" spans="1:15">
-      <c r="A155" s="12" t="str">
+      <c r="A155" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B155" s="13"/>
-[...12 lines deleted...]
-      <c r="O155" s="58"/>
+      <c r="B155" s="6"/>
+      <c r="C155" s="42"/>
+      <c r="D155" s="42"/>
+      <c r="E155" s="42"/>
+      <c r="F155" s="6"/>
+      <c r="G155" s="6"/>
+      <c r="H155" s="6"/>
+      <c r="I155" s="48"/>
+      <c r="J155" s="49"/>
+      <c r="K155" s="49"/>
+      <c r="L155" s="65"/>
+      <c r="M155" s="66"/>
+      <c r="N155" s="69"/>
+      <c r="O155" s="69"/>
     </row>
     <row r="156" spans="1:15">
-      <c r="A156" s="12" t="str">
+      <c r="A156" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B156" s="13"/>
-[...12 lines deleted...]
-      <c r="O156" s="58"/>
+      <c r="B156" s="6"/>
+      <c r="C156" s="42"/>
+      <c r="D156" s="42"/>
+      <c r="E156" s="42"/>
+      <c r="F156" s="6"/>
+      <c r="G156" s="6"/>
+      <c r="H156" s="6"/>
+      <c r="I156" s="48"/>
+      <c r="J156" s="49"/>
+      <c r="K156" s="49"/>
+      <c r="L156" s="65"/>
+      <c r="M156" s="66"/>
+      <c r="N156" s="69"/>
+      <c r="O156" s="69"/>
     </row>
     <row r="157" spans="1:15">
-      <c r="A157" s="12" t="str">
+      <c r="A157" s="5" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="B157" s="13"/>
-[...12 lines deleted...]
-      <c r="O157" s="58"/>
+      <c r="B157" s="6"/>
+      <c r="C157" s="42"/>
+      <c r="D157" s="42"/>
+      <c r="E157" s="42"/>
+      <c r="F157" s="6"/>
+      <c r="G157" s="6"/>
+      <c r="H157" s="6"/>
+      <c r="I157" s="48"/>
+      <c r="J157" s="49"/>
+      <c r="K157" s="49"/>
+      <c r="L157" s="65"/>
+      <c r="M157" s="66"/>
+      <c r="N157" s="69"/>
+      <c r="O157" s="69"/>
     </row>
     <row r="158" spans="1:15">
-      <c r="A158" s="12" t="str">
+      <c r="A158" s="5" t="str">
         <f t="shared" ref="A158:A221" si="2">IF(AND(ISBLANK(B157),ISBLANK(C157),ISBLANK(F157),ISBLANK(G157),ISBLANK(H157),ISBLANK(I157),ISBLANK(J157),ISBLANK(K157),ISBLANK(L157),ISBLANK(M157),ISBLANK(N157),ISBLANK(O157)),"",ROW(A158)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B158" s="13"/>
-[...12 lines deleted...]
-      <c r="O158" s="58"/>
+      <c r="B158" s="6"/>
+      <c r="C158" s="42"/>
+      <c r="D158" s="42"/>
+      <c r="E158" s="42"/>
+      <c r="F158" s="6"/>
+      <c r="G158" s="6"/>
+      <c r="H158" s="6"/>
+      <c r="I158" s="48"/>
+      <c r="J158" s="49"/>
+      <c r="K158" s="49"/>
+      <c r="L158" s="65"/>
+      <c r="M158" s="66"/>
+      <c r="N158" s="69"/>
+      <c r="O158" s="69"/>
     </row>
     <row r="159" spans="1:15">
-      <c r="A159" s="12" t="str">
+      <c r="A159" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B159" s="13"/>
-[...12 lines deleted...]
-      <c r="O159" s="58"/>
+      <c r="B159" s="6"/>
+      <c r="C159" s="42"/>
+      <c r="D159" s="42"/>
+      <c r="E159" s="42"/>
+      <c r="F159" s="6"/>
+      <c r="G159" s="6"/>
+      <c r="H159" s="6"/>
+      <c r="I159" s="48"/>
+      <c r="J159" s="49"/>
+      <c r="K159" s="49"/>
+      <c r="L159" s="65"/>
+      <c r="M159" s="66"/>
+      <c r="N159" s="69"/>
+      <c r="O159" s="69"/>
     </row>
     <row r="160" spans="1:15">
-      <c r="A160" s="12" t="str">
+      <c r="A160" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B160" s="13"/>
-[...12 lines deleted...]
-      <c r="O160" s="58"/>
+      <c r="B160" s="6"/>
+      <c r="C160" s="42"/>
+      <c r="D160" s="42"/>
+      <c r="E160" s="42"/>
+      <c r="F160" s="6"/>
+      <c r="G160" s="6"/>
+      <c r="H160" s="6"/>
+      <c r="I160" s="48"/>
+      <c r="J160" s="49"/>
+      <c r="K160" s="49"/>
+      <c r="L160" s="65"/>
+      <c r="M160" s="66"/>
+      <c r="N160" s="69"/>
+      <c r="O160" s="69"/>
     </row>
     <row r="161" spans="1:15">
-      <c r="A161" s="12" t="str">
+      <c r="A161" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B161" s="13"/>
-[...12 lines deleted...]
-      <c r="O161" s="58"/>
+      <c r="B161" s="6"/>
+      <c r="C161" s="42"/>
+      <c r="D161" s="42"/>
+      <c r="E161" s="42"/>
+      <c r="F161" s="6"/>
+      <c r="G161" s="6"/>
+      <c r="H161" s="6"/>
+      <c r="I161" s="48"/>
+      <c r="J161" s="49"/>
+      <c r="K161" s="49"/>
+      <c r="L161" s="65"/>
+      <c r="M161" s="66"/>
+      <c r="N161" s="69"/>
+      <c r="O161" s="69"/>
     </row>
     <row r="162" spans="1:15">
-      <c r="A162" s="12" t="str">
+      <c r="A162" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B162" s="13"/>
-[...12 lines deleted...]
-      <c r="O162" s="58"/>
+      <c r="B162" s="6"/>
+      <c r="C162" s="42"/>
+      <c r="D162" s="42"/>
+      <c r="E162" s="42"/>
+      <c r="F162" s="6"/>
+      <c r="G162" s="6"/>
+      <c r="H162" s="6"/>
+      <c r="I162" s="48"/>
+      <c r="J162" s="49"/>
+      <c r="K162" s="49"/>
+      <c r="L162" s="65"/>
+      <c r="M162" s="66"/>
+      <c r="N162" s="69"/>
+      <c r="O162" s="69"/>
     </row>
     <row r="163" spans="1:15">
-      <c r="A163" s="12" t="str">
+      <c r="A163" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B163" s="13"/>
-[...12 lines deleted...]
-      <c r="O163" s="58"/>
+      <c r="B163" s="6"/>
+      <c r="C163" s="42"/>
+      <c r="D163" s="42"/>
+      <c r="E163" s="42"/>
+      <c r="F163" s="6"/>
+      <c r="G163" s="6"/>
+      <c r="H163" s="6"/>
+      <c r="I163" s="48"/>
+      <c r="J163" s="49"/>
+      <c r="K163" s="49"/>
+      <c r="L163" s="65"/>
+      <c r="M163" s="66"/>
+      <c r="N163" s="69"/>
+      <c r="O163" s="69"/>
     </row>
     <row r="164" spans="1:15">
-      <c r="A164" s="12" t="str">
+      <c r="A164" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B164" s="13"/>
-[...12 lines deleted...]
-      <c r="O164" s="58"/>
+      <c r="B164" s="6"/>
+      <c r="C164" s="42"/>
+      <c r="D164" s="42"/>
+      <c r="E164" s="42"/>
+      <c r="F164" s="6"/>
+      <c r="G164" s="6"/>
+      <c r="H164" s="6"/>
+      <c r="I164" s="48"/>
+      <c r="J164" s="49"/>
+      <c r="K164" s="49"/>
+      <c r="L164" s="65"/>
+      <c r="M164" s="66"/>
+      <c r="N164" s="69"/>
+      <c r="O164" s="69"/>
     </row>
     <row r="165" spans="1:15">
-      <c r="A165" s="12" t="str">
+      <c r="A165" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B165" s="13"/>
-[...12 lines deleted...]
-      <c r="O165" s="58"/>
+      <c r="B165" s="6"/>
+      <c r="C165" s="42"/>
+      <c r="D165" s="42"/>
+      <c r="E165" s="42"/>
+      <c r="F165" s="6"/>
+      <c r="G165" s="6"/>
+      <c r="H165" s="6"/>
+      <c r="I165" s="48"/>
+      <c r="J165" s="49"/>
+      <c r="K165" s="49"/>
+      <c r="L165" s="65"/>
+      <c r="M165" s="66"/>
+      <c r="N165" s="69"/>
+      <c r="O165" s="69"/>
     </row>
     <row r="166" spans="1:15">
-      <c r="A166" s="12" t="str">
+      <c r="A166" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B166" s="13"/>
-[...12 lines deleted...]
-      <c r="O166" s="58"/>
+      <c r="B166" s="6"/>
+      <c r="C166" s="42"/>
+      <c r="D166" s="42"/>
+      <c r="E166" s="42"/>
+      <c r="F166" s="6"/>
+      <c r="G166" s="6"/>
+      <c r="H166" s="6"/>
+      <c r="I166" s="48"/>
+      <c r="J166" s="49"/>
+      <c r="K166" s="49"/>
+      <c r="L166" s="65"/>
+      <c r="M166" s="66"/>
+      <c r="N166" s="69"/>
+      <c r="O166" s="69"/>
     </row>
     <row r="167" spans="1:15">
-      <c r="A167" s="12" t="str">
+      <c r="A167" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B167" s="13"/>
-[...12 lines deleted...]
-      <c r="O167" s="58"/>
+      <c r="B167" s="6"/>
+      <c r="C167" s="42"/>
+      <c r="D167" s="42"/>
+      <c r="E167" s="42"/>
+      <c r="F167" s="6"/>
+      <c r="G167" s="6"/>
+      <c r="H167" s="6"/>
+      <c r="I167" s="48"/>
+      <c r="J167" s="49"/>
+      <c r="K167" s="49"/>
+      <c r="L167" s="65"/>
+      <c r="M167" s="66"/>
+      <c r="N167" s="69"/>
+      <c r="O167" s="69"/>
     </row>
     <row r="168" spans="1:15">
-      <c r="A168" s="12" t="str">
+      <c r="A168" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B168" s="13"/>
-[...12 lines deleted...]
-      <c r="O168" s="58"/>
+      <c r="B168" s="6"/>
+      <c r="C168" s="42"/>
+      <c r="D168" s="42"/>
+      <c r="E168" s="42"/>
+      <c r="F168" s="6"/>
+      <c r="G168" s="6"/>
+      <c r="H168" s="6"/>
+      <c r="I168" s="48"/>
+      <c r="J168" s="49"/>
+      <c r="K168" s="49"/>
+      <c r="L168" s="65"/>
+      <c r="M168" s="66"/>
+      <c r="N168" s="69"/>
+      <c r="O168" s="69"/>
     </row>
     <row r="169" spans="1:15">
-      <c r="A169" s="12" t="str">
+      <c r="A169" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B169" s="13"/>
-[...12 lines deleted...]
-      <c r="O169" s="58"/>
+      <c r="B169" s="6"/>
+      <c r="C169" s="42"/>
+      <c r="D169" s="42"/>
+      <c r="E169" s="42"/>
+      <c r="F169" s="6"/>
+      <c r="G169" s="6"/>
+      <c r="H169" s="6"/>
+      <c r="I169" s="48"/>
+      <c r="J169" s="49"/>
+      <c r="K169" s="49"/>
+      <c r="L169" s="65"/>
+      <c r="M169" s="66"/>
+      <c r="N169" s="69"/>
+      <c r="O169" s="69"/>
     </row>
     <row r="170" spans="1:15">
-      <c r="A170" s="12" t="str">
+      <c r="A170" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B170" s="13"/>
-[...12 lines deleted...]
-      <c r="O170" s="58"/>
+      <c r="B170" s="6"/>
+      <c r="C170" s="42"/>
+      <c r="D170" s="42"/>
+      <c r="E170" s="42"/>
+      <c r="F170" s="6"/>
+      <c r="G170" s="6"/>
+      <c r="H170" s="6"/>
+      <c r="I170" s="48"/>
+      <c r="J170" s="49"/>
+      <c r="K170" s="49"/>
+      <c r="L170" s="65"/>
+      <c r="M170" s="66"/>
+      <c r="N170" s="69"/>
+      <c r="O170" s="69"/>
     </row>
     <row r="171" spans="1:15">
-      <c r="A171" s="12" t="str">
+      <c r="A171" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B171" s="13"/>
-[...12 lines deleted...]
-      <c r="O171" s="58"/>
+      <c r="B171" s="6"/>
+      <c r="C171" s="42"/>
+      <c r="D171" s="42"/>
+      <c r="E171" s="42"/>
+      <c r="F171" s="6"/>
+      <c r="G171" s="6"/>
+      <c r="H171" s="6"/>
+      <c r="I171" s="48"/>
+      <c r="J171" s="49"/>
+      <c r="K171" s="49"/>
+      <c r="L171" s="65"/>
+      <c r="M171" s="66"/>
+      <c r="N171" s="69"/>
+      <c r="O171" s="69"/>
     </row>
     <row r="172" spans="1:15">
-      <c r="A172" s="12" t="str">
+      <c r="A172" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B172" s="13"/>
-[...12 lines deleted...]
-      <c r="O172" s="58"/>
+      <c r="B172" s="6"/>
+      <c r="C172" s="42"/>
+      <c r="D172" s="42"/>
+      <c r="E172" s="42"/>
+      <c r="F172" s="6"/>
+      <c r="G172" s="6"/>
+      <c r="H172" s="6"/>
+      <c r="I172" s="48"/>
+      <c r="J172" s="49"/>
+      <c r="K172" s="49"/>
+      <c r="L172" s="65"/>
+      <c r="M172" s="66"/>
+      <c r="N172" s="69"/>
+      <c r="O172" s="69"/>
     </row>
     <row r="173" spans="1:15">
-      <c r="A173" s="12" t="str">
+      <c r="A173" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B173" s="13"/>
-[...12 lines deleted...]
-      <c r="O173" s="58"/>
+      <c r="B173" s="6"/>
+      <c r="C173" s="42"/>
+      <c r="D173" s="42"/>
+      <c r="E173" s="42"/>
+      <c r="F173" s="6"/>
+      <c r="G173" s="6"/>
+      <c r="H173" s="6"/>
+      <c r="I173" s="48"/>
+      <c r="J173" s="49"/>
+      <c r="K173" s="49"/>
+      <c r="L173" s="65"/>
+      <c r="M173" s="66"/>
+      <c r="N173" s="69"/>
+      <c r="O173" s="69"/>
     </row>
     <row r="174" spans="1:15">
-      <c r="A174" s="12" t="str">
+      <c r="A174" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B174" s="13"/>
-[...12 lines deleted...]
-      <c r="O174" s="58"/>
+      <c r="B174" s="6"/>
+      <c r="C174" s="42"/>
+      <c r="D174" s="42"/>
+      <c r="E174" s="42"/>
+      <c r="F174" s="6"/>
+      <c r="G174" s="6"/>
+      <c r="H174" s="6"/>
+      <c r="I174" s="48"/>
+      <c r="J174" s="49"/>
+      <c r="K174" s="49"/>
+      <c r="L174" s="65"/>
+      <c r="M174" s="66"/>
+      <c r="N174" s="69"/>
+      <c r="O174" s="69"/>
     </row>
     <row r="175" spans="1:15">
-      <c r="A175" s="12" t="str">
+      <c r="A175" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B175" s="13"/>
-[...12 lines deleted...]
-      <c r="O175" s="58"/>
+      <c r="B175" s="6"/>
+      <c r="C175" s="42"/>
+      <c r="D175" s="42"/>
+      <c r="E175" s="42"/>
+      <c r="F175" s="6"/>
+      <c r="G175" s="6"/>
+      <c r="H175" s="6"/>
+      <c r="I175" s="48"/>
+      <c r="J175" s="49"/>
+      <c r="K175" s="49"/>
+      <c r="L175" s="65"/>
+      <c r="M175" s="66"/>
+      <c r="N175" s="69"/>
+      <c r="O175" s="69"/>
     </row>
     <row r="176" spans="1:15">
-      <c r="A176" s="12" t="str">
+      <c r="A176" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B176" s="13"/>
-[...12 lines deleted...]
-      <c r="O176" s="58"/>
+      <c r="B176" s="6"/>
+      <c r="C176" s="42"/>
+      <c r="D176" s="42"/>
+      <c r="E176" s="42"/>
+      <c r="F176" s="6"/>
+      <c r="G176" s="6"/>
+      <c r="H176" s="6"/>
+      <c r="I176" s="48"/>
+      <c r="J176" s="49"/>
+      <c r="K176" s="49"/>
+      <c r="L176" s="65"/>
+      <c r="M176" s="66"/>
+      <c r="N176" s="69"/>
+      <c r="O176" s="69"/>
     </row>
     <row r="177" spans="1:15">
-      <c r="A177" s="12" t="str">
+      <c r="A177" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B177" s="13"/>
-[...12 lines deleted...]
-      <c r="O177" s="58"/>
+      <c r="B177" s="6"/>
+      <c r="C177" s="42"/>
+      <c r="D177" s="42"/>
+      <c r="E177" s="42"/>
+      <c r="F177" s="6"/>
+      <c r="G177" s="6"/>
+      <c r="H177" s="6"/>
+      <c r="I177" s="48"/>
+      <c r="J177" s="49"/>
+      <c r="K177" s="49"/>
+      <c r="L177" s="65"/>
+      <c r="M177" s="66"/>
+      <c r="N177" s="69"/>
+      <c r="O177" s="69"/>
     </row>
     <row r="178" spans="1:15">
-      <c r="A178" s="12" t="str">
+      <c r="A178" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B178" s="13"/>
-[...12 lines deleted...]
-      <c r="O178" s="58"/>
+      <c r="B178" s="6"/>
+      <c r="C178" s="42"/>
+      <c r="D178" s="42"/>
+      <c r="E178" s="42"/>
+      <c r="F178" s="6"/>
+      <c r="G178" s="6"/>
+      <c r="H178" s="6"/>
+      <c r="I178" s="48"/>
+      <c r="J178" s="49"/>
+      <c r="K178" s="49"/>
+      <c r="L178" s="65"/>
+      <c r="M178" s="66"/>
+      <c r="N178" s="69"/>
+      <c r="O178" s="69"/>
     </row>
     <row r="179" spans="1:15">
-      <c r="A179" s="12" t="str">
+      <c r="A179" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B179" s="13"/>
-[...12 lines deleted...]
-      <c r="O179" s="58"/>
+      <c r="B179" s="6"/>
+      <c r="C179" s="42"/>
+      <c r="D179" s="42"/>
+      <c r="E179" s="42"/>
+      <c r="F179" s="6"/>
+      <c r="G179" s="6"/>
+      <c r="H179" s="6"/>
+      <c r="I179" s="48"/>
+      <c r="J179" s="49"/>
+      <c r="K179" s="49"/>
+      <c r="L179" s="65"/>
+      <c r="M179" s="66"/>
+      <c r="N179" s="69"/>
+      <c r="O179" s="69"/>
     </row>
     <row r="180" spans="1:15">
-      <c r="A180" s="12" t="str">
+      <c r="A180" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B180" s="13"/>
-[...12 lines deleted...]
-      <c r="O180" s="58"/>
+      <c r="B180" s="6"/>
+      <c r="C180" s="42"/>
+      <c r="D180" s="42"/>
+      <c r="E180" s="42"/>
+      <c r="F180" s="6"/>
+      <c r="G180" s="6"/>
+      <c r="H180" s="6"/>
+      <c r="I180" s="48"/>
+      <c r="J180" s="49"/>
+      <c r="K180" s="49"/>
+      <c r="L180" s="65"/>
+      <c r="M180" s="66"/>
+      <c r="N180" s="69"/>
+      <c r="O180" s="69"/>
     </row>
     <row r="181" spans="1:15">
-      <c r="A181" s="12" t="str">
+      <c r="A181" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B181" s="13"/>
-[...12 lines deleted...]
-      <c r="O181" s="58"/>
+      <c r="B181" s="6"/>
+      <c r="C181" s="42"/>
+      <c r="D181" s="42"/>
+      <c r="E181" s="42"/>
+      <c r="F181" s="6"/>
+      <c r="G181" s="6"/>
+      <c r="H181" s="6"/>
+      <c r="I181" s="48"/>
+      <c r="J181" s="49"/>
+      <c r="K181" s="49"/>
+      <c r="L181" s="65"/>
+      <c r="M181" s="66"/>
+      <c r="N181" s="69"/>
+      <c r="O181" s="69"/>
     </row>
     <row r="182" spans="1:15">
-      <c r="A182" s="12" t="str">
+      <c r="A182" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B182" s="13"/>
-[...12 lines deleted...]
-      <c r="O182" s="58"/>
+      <c r="B182" s="6"/>
+      <c r="C182" s="42"/>
+      <c r="D182" s="42"/>
+      <c r="E182" s="42"/>
+      <c r="F182" s="6"/>
+      <c r="G182" s="6"/>
+      <c r="H182" s="6"/>
+      <c r="I182" s="48"/>
+      <c r="J182" s="49"/>
+      <c r="K182" s="49"/>
+      <c r="L182" s="65"/>
+      <c r="M182" s="66"/>
+      <c r="N182" s="69"/>
+      <c r="O182" s="69"/>
     </row>
     <row r="183" spans="1:15">
-      <c r="A183" s="12" t="str">
+      <c r="A183" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B183" s="13"/>
-[...12 lines deleted...]
-      <c r="O183" s="58"/>
+      <c r="B183" s="6"/>
+      <c r="C183" s="42"/>
+      <c r="D183" s="42"/>
+      <c r="E183" s="42"/>
+      <c r="F183" s="6"/>
+      <c r="G183" s="6"/>
+      <c r="H183" s="6"/>
+      <c r="I183" s="48"/>
+      <c r="J183" s="49"/>
+      <c r="K183" s="49"/>
+      <c r="L183" s="65"/>
+      <c r="M183" s="66"/>
+      <c r="N183" s="69"/>
+      <c r="O183" s="69"/>
     </row>
     <row r="184" spans="1:15">
-      <c r="A184" s="12" t="str">
+      <c r="A184" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B184" s="13"/>
-[...12 lines deleted...]
-      <c r="O184" s="58"/>
+      <c r="B184" s="6"/>
+      <c r="C184" s="42"/>
+      <c r="D184" s="42"/>
+      <c r="E184" s="42"/>
+      <c r="F184" s="6"/>
+      <c r="G184" s="6"/>
+      <c r="H184" s="6"/>
+      <c r="I184" s="48"/>
+      <c r="J184" s="49"/>
+      <c r="K184" s="49"/>
+      <c r="L184" s="65"/>
+      <c r="M184" s="66"/>
+      <c r="N184" s="69"/>
+      <c r="O184" s="69"/>
     </row>
     <row r="185" spans="1:15">
-      <c r="A185" s="12" t="str">
+      <c r="A185" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B185" s="13"/>
-[...12 lines deleted...]
-      <c r="O185" s="58"/>
+      <c r="B185" s="6"/>
+      <c r="C185" s="42"/>
+      <c r="D185" s="42"/>
+      <c r="E185" s="42"/>
+      <c r="F185" s="6"/>
+      <c r="G185" s="6"/>
+      <c r="H185" s="6"/>
+      <c r="I185" s="48"/>
+      <c r="J185" s="49"/>
+      <c r="K185" s="49"/>
+      <c r="L185" s="65"/>
+      <c r="M185" s="66"/>
+      <c r="N185" s="69"/>
+      <c r="O185" s="69"/>
     </row>
     <row r="186" spans="1:15">
-      <c r="A186" s="12" t="str">
+      <c r="A186" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B186" s="13"/>
-[...12 lines deleted...]
-      <c r="O186" s="58"/>
+      <c r="B186" s="6"/>
+      <c r="C186" s="42"/>
+      <c r="D186" s="42"/>
+      <c r="E186" s="42"/>
+      <c r="F186" s="6"/>
+      <c r="G186" s="6"/>
+      <c r="H186" s="6"/>
+      <c r="I186" s="48"/>
+      <c r="J186" s="49"/>
+      <c r="K186" s="49"/>
+      <c r="L186" s="65"/>
+      <c r="M186" s="66"/>
+      <c r="N186" s="69"/>
+      <c r="O186" s="69"/>
     </row>
     <row r="187" spans="1:15">
-      <c r="A187" s="12" t="str">
+      <c r="A187" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B187" s="13"/>
-[...12 lines deleted...]
-      <c r="O187" s="58"/>
+      <c r="B187" s="6"/>
+      <c r="C187" s="42"/>
+      <c r="D187" s="42"/>
+      <c r="E187" s="42"/>
+      <c r="F187" s="6"/>
+      <c r="G187" s="6"/>
+      <c r="H187" s="6"/>
+      <c r="I187" s="48"/>
+      <c r="J187" s="49"/>
+      <c r="K187" s="49"/>
+      <c r="L187" s="65"/>
+      <c r="M187" s="66"/>
+      <c r="N187" s="69"/>
+      <c r="O187" s="69"/>
     </row>
     <row r="188" spans="1:15">
-      <c r="A188" s="12" t="str">
+      <c r="A188" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B188" s="13"/>
-[...12 lines deleted...]
-      <c r="O188" s="58"/>
+      <c r="B188" s="6"/>
+      <c r="C188" s="42"/>
+      <c r="D188" s="42"/>
+      <c r="E188" s="42"/>
+      <c r="F188" s="6"/>
+      <c r="G188" s="6"/>
+      <c r="H188" s="6"/>
+      <c r="I188" s="48"/>
+      <c r="J188" s="49"/>
+      <c r="K188" s="49"/>
+      <c r="L188" s="65"/>
+      <c r="M188" s="66"/>
+      <c r="N188" s="69"/>
+      <c r="O188" s="69"/>
     </row>
     <row r="189" spans="1:15">
-      <c r="A189" s="12" t="str">
+      <c r="A189" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B189" s="13"/>
-[...12 lines deleted...]
-      <c r="O189" s="58"/>
+      <c r="B189" s="6"/>
+      <c r="C189" s="42"/>
+      <c r="D189" s="42"/>
+      <c r="E189" s="42"/>
+      <c r="F189" s="6"/>
+      <c r="G189" s="6"/>
+      <c r="H189" s="6"/>
+      <c r="I189" s="48"/>
+      <c r="J189" s="49"/>
+      <c r="K189" s="49"/>
+      <c r="L189" s="65"/>
+      <c r="M189" s="66"/>
+      <c r="N189" s="69"/>
+      <c r="O189" s="69"/>
     </row>
     <row r="190" spans="1:15">
-      <c r="A190" s="12" t="str">
+      <c r="A190" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B190" s="13"/>
-[...12 lines deleted...]
-      <c r="O190" s="58"/>
+      <c r="B190" s="6"/>
+      <c r="C190" s="42"/>
+      <c r="D190" s="42"/>
+      <c r="E190" s="42"/>
+      <c r="F190" s="6"/>
+      <c r="G190" s="6"/>
+      <c r="H190" s="6"/>
+      <c r="I190" s="48"/>
+      <c r="J190" s="49"/>
+      <c r="K190" s="49"/>
+      <c r="L190" s="65"/>
+      <c r="M190" s="66"/>
+      <c r="N190" s="69"/>
+      <c r="O190" s="69"/>
     </row>
     <row r="191" spans="1:15">
-      <c r="A191" s="12" t="str">
+      <c r="A191" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B191" s="13"/>
-[...12 lines deleted...]
-      <c r="O191" s="58"/>
+      <c r="B191" s="6"/>
+      <c r="C191" s="42"/>
+      <c r="D191" s="42"/>
+      <c r="E191" s="42"/>
+      <c r="F191" s="6"/>
+      <c r="G191" s="6"/>
+      <c r="H191" s="6"/>
+      <c r="I191" s="48"/>
+      <c r="J191" s="49"/>
+      <c r="K191" s="49"/>
+      <c r="L191" s="65"/>
+      <c r="M191" s="66"/>
+      <c r="N191" s="69"/>
+      <c r="O191" s="69"/>
     </row>
     <row r="192" spans="1:15">
-      <c r="A192" s="12" t="str">
+      <c r="A192" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B192" s="13"/>
-[...12 lines deleted...]
-      <c r="O192" s="58"/>
+      <c r="B192" s="6"/>
+      <c r="C192" s="42"/>
+      <c r="D192" s="42"/>
+      <c r="E192" s="42"/>
+      <c r="F192" s="6"/>
+      <c r="G192" s="6"/>
+      <c r="H192" s="6"/>
+      <c r="I192" s="48"/>
+      <c r="J192" s="49"/>
+      <c r="K192" s="49"/>
+      <c r="L192" s="65"/>
+      <c r="M192" s="66"/>
+      <c r="N192" s="69"/>
+      <c r="O192" s="69"/>
     </row>
     <row r="193" spans="1:15">
-      <c r="A193" s="12" t="str">
+      <c r="A193" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B193" s="13"/>
-[...12 lines deleted...]
-      <c r="O193" s="58"/>
+      <c r="B193" s="6"/>
+      <c r="C193" s="42"/>
+      <c r="D193" s="42"/>
+      <c r="E193" s="42"/>
+      <c r="F193" s="6"/>
+      <c r="G193" s="6"/>
+      <c r="H193" s="6"/>
+      <c r="I193" s="48"/>
+      <c r="J193" s="49"/>
+      <c r="K193" s="49"/>
+      <c r="L193" s="65"/>
+      <c r="M193" s="66"/>
+      <c r="N193" s="69"/>
+      <c r="O193" s="69"/>
     </row>
     <row r="194" spans="1:15">
-      <c r="A194" s="12" t="str">
+      <c r="A194" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B194" s="13"/>
-[...12 lines deleted...]
-      <c r="O194" s="58"/>
+      <c r="B194" s="6"/>
+      <c r="C194" s="42"/>
+      <c r="D194" s="42"/>
+      <c r="E194" s="42"/>
+      <c r="F194" s="6"/>
+      <c r="G194" s="6"/>
+      <c r="H194" s="6"/>
+      <c r="I194" s="48"/>
+      <c r="J194" s="49"/>
+      <c r="K194" s="49"/>
+      <c r="L194" s="65"/>
+      <c r="M194" s="66"/>
+      <c r="N194" s="69"/>
+      <c r="O194" s="69"/>
     </row>
     <row r="195" spans="1:15">
-      <c r="A195" s="12" t="str">
+      <c r="A195" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B195" s="13"/>
-[...12 lines deleted...]
-      <c r="O195" s="58"/>
+      <c r="B195" s="6"/>
+      <c r="C195" s="42"/>
+      <c r="D195" s="42"/>
+      <c r="E195" s="42"/>
+      <c r="F195" s="6"/>
+      <c r="G195" s="6"/>
+      <c r="H195" s="6"/>
+      <c r="I195" s="48"/>
+      <c r="J195" s="49"/>
+      <c r="K195" s="49"/>
+      <c r="L195" s="65"/>
+      <c r="M195" s="66"/>
+      <c r="N195" s="69"/>
+      <c r="O195" s="69"/>
     </row>
     <row r="196" spans="1:15">
-      <c r="A196" s="12" t="str">
+      <c r="A196" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B196" s="13"/>
-[...12 lines deleted...]
-      <c r="O196" s="58"/>
+      <c r="B196" s="6"/>
+      <c r="C196" s="42"/>
+      <c r="D196" s="42"/>
+      <c r="E196" s="42"/>
+      <c r="F196" s="6"/>
+      <c r="G196" s="6"/>
+      <c r="H196" s="6"/>
+      <c r="I196" s="48"/>
+      <c r="J196" s="49"/>
+      <c r="K196" s="49"/>
+      <c r="L196" s="65"/>
+      <c r="M196" s="66"/>
+      <c r="N196" s="69"/>
+      <c r="O196" s="69"/>
     </row>
     <row r="197" spans="1:15">
-      <c r="A197" s="12" t="str">
+      <c r="A197" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B197" s="13"/>
-[...12 lines deleted...]
-      <c r="O197" s="58"/>
+      <c r="B197" s="6"/>
+      <c r="C197" s="42"/>
+      <c r="D197" s="42"/>
+      <c r="E197" s="42"/>
+      <c r="F197" s="6"/>
+      <c r="G197" s="6"/>
+      <c r="H197" s="6"/>
+      <c r="I197" s="48"/>
+      <c r="J197" s="49"/>
+      <c r="K197" s="49"/>
+      <c r="L197" s="65"/>
+      <c r="M197" s="66"/>
+      <c r="N197" s="69"/>
+      <c r="O197" s="69"/>
     </row>
     <row r="198" spans="1:15">
-      <c r="A198" s="12" t="str">
+      <c r="A198" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B198" s="13"/>
-[...12 lines deleted...]
-      <c r="O198" s="58"/>
+      <c r="B198" s="6"/>
+      <c r="C198" s="42"/>
+      <c r="D198" s="42"/>
+      <c r="E198" s="42"/>
+      <c r="F198" s="6"/>
+      <c r="G198" s="6"/>
+      <c r="H198" s="6"/>
+      <c r="I198" s="48"/>
+      <c r="J198" s="49"/>
+      <c r="K198" s="49"/>
+      <c r="L198" s="65"/>
+      <c r="M198" s="66"/>
+      <c r="N198" s="69"/>
+      <c r="O198" s="69"/>
     </row>
     <row r="199" spans="1:15">
-      <c r="A199" s="12" t="str">
+      <c r="A199" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B199" s="13"/>
-[...12 lines deleted...]
-      <c r="O199" s="58"/>
+      <c r="B199" s="6"/>
+      <c r="C199" s="42"/>
+      <c r="D199" s="42"/>
+      <c r="E199" s="42"/>
+      <c r="F199" s="6"/>
+      <c r="G199" s="6"/>
+      <c r="H199" s="6"/>
+      <c r="I199" s="48"/>
+      <c r="J199" s="49"/>
+      <c r="K199" s="49"/>
+      <c r="L199" s="65"/>
+      <c r="M199" s="66"/>
+      <c r="N199" s="69"/>
+      <c r="O199" s="69"/>
     </row>
     <row r="200" spans="1:15">
-      <c r="A200" s="12" t="str">
+      <c r="A200" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B200" s="13"/>
-[...12 lines deleted...]
-      <c r="O200" s="58"/>
+      <c r="B200" s="6"/>
+      <c r="C200" s="42"/>
+      <c r="D200" s="42"/>
+      <c r="E200" s="42"/>
+      <c r="F200" s="6"/>
+      <c r="G200" s="6"/>
+      <c r="H200" s="6"/>
+      <c r="I200" s="48"/>
+      <c r="J200" s="49"/>
+      <c r="K200" s="49"/>
+      <c r="L200" s="65"/>
+      <c r="M200" s="66"/>
+      <c r="N200" s="69"/>
+      <c r="O200" s="69"/>
     </row>
     <row r="201" spans="1:15">
-      <c r="A201" s="12" t="str">
+      <c r="A201" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B201" s="13"/>
-[...12 lines deleted...]
-      <c r="O201" s="58"/>
+      <c r="B201" s="6"/>
+      <c r="C201" s="42"/>
+      <c r="D201" s="42"/>
+      <c r="E201" s="42"/>
+      <c r="F201" s="6"/>
+      <c r="G201" s="6"/>
+      <c r="H201" s="6"/>
+      <c r="I201" s="48"/>
+      <c r="J201" s="49"/>
+      <c r="K201" s="49"/>
+      <c r="L201" s="65"/>
+      <c r="M201" s="66"/>
+      <c r="N201" s="69"/>
+      <c r="O201" s="69"/>
     </row>
     <row r="202" spans="1:15">
-      <c r="A202" s="12" t="str">
+      <c r="A202" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B202" s="13"/>
-[...12 lines deleted...]
-      <c r="O202" s="58"/>
+      <c r="B202" s="6"/>
+      <c r="C202" s="42"/>
+      <c r="D202" s="42"/>
+      <c r="E202" s="42"/>
+      <c r="F202" s="6"/>
+      <c r="G202" s="6"/>
+      <c r="H202" s="6"/>
+      <c r="I202" s="48"/>
+      <c r="J202" s="49"/>
+      <c r="K202" s="49"/>
+      <c r="L202" s="65"/>
+      <c r="M202" s="66"/>
+      <c r="N202" s="69"/>
+      <c r="O202" s="69"/>
     </row>
     <row r="203" spans="1:15">
-      <c r="A203" s="12" t="str">
+      <c r="A203" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B203" s="13"/>
-[...12 lines deleted...]
-      <c r="O203" s="58"/>
+      <c r="B203" s="6"/>
+      <c r="C203" s="42"/>
+      <c r="D203" s="42"/>
+      <c r="E203" s="42"/>
+      <c r="F203" s="6"/>
+      <c r="G203" s="6"/>
+      <c r="H203" s="6"/>
+      <c r="I203" s="48"/>
+      <c r="J203" s="49"/>
+      <c r="K203" s="49"/>
+      <c r="L203" s="65"/>
+      <c r="M203" s="66"/>
+      <c r="N203" s="69"/>
+      <c r="O203" s="69"/>
     </row>
     <row r="204" spans="1:15">
-      <c r="A204" s="12" t="str">
+      <c r="A204" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B204" s="13"/>
-[...12 lines deleted...]
-      <c r="O204" s="58"/>
+      <c r="B204" s="6"/>
+      <c r="C204" s="42"/>
+      <c r="D204" s="42"/>
+      <c r="E204" s="42"/>
+      <c r="F204" s="6"/>
+      <c r="G204" s="6"/>
+      <c r="H204" s="6"/>
+      <c r="I204" s="48"/>
+      <c r="J204" s="49"/>
+      <c r="K204" s="49"/>
+      <c r="L204" s="65"/>
+      <c r="M204" s="66"/>
+      <c r="N204" s="69"/>
+      <c r="O204" s="69"/>
     </row>
     <row r="205" spans="1:15">
-      <c r="A205" s="12" t="str">
+      <c r="A205" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B205" s="13"/>
-[...12 lines deleted...]
-      <c r="O205" s="58"/>
+      <c r="B205" s="6"/>
+      <c r="C205" s="42"/>
+      <c r="D205" s="42"/>
+      <c r="E205" s="42"/>
+      <c r="F205" s="6"/>
+      <c r="G205" s="6"/>
+      <c r="H205" s="6"/>
+      <c r="I205" s="48"/>
+      <c r="J205" s="49"/>
+      <c r="K205" s="49"/>
+      <c r="L205" s="65"/>
+      <c r="M205" s="66"/>
+      <c r="N205" s="69"/>
+      <c r="O205" s="69"/>
     </row>
     <row r="206" spans="1:15">
-      <c r="A206" s="12" t="str">
+      <c r="A206" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B206" s="13"/>
-[...12 lines deleted...]
-      <c r="O206" s="58"/>
+      <c r="B206" s="6"/>
+      <c r="C206" s="42"/>
+      <c r="D206" s="42"/>
+      <c r="E206" s="42"/>
+      <c r="F206" s="6"/>
+      <c r="G206" s="6"/>
+      <c r="H206" s="6"/>
+      <c r="I206" s="48"/>
+      <c r="J206" s="49"/>
+      <c r="K206" s="49"/>
+      <c r="L206" s="65"/>
+      <c r="M206" s="66"/>
+      <c r="N206" s="69"/>
+      <c r="O206" s="69"/>
     </row>
     <row r="207" spans="1:15">
-      <c r="A207" s="12" t="str">
+      <c r="A207" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B207" s="13"/>
-[...12 lines deleted...]
-      <c r="O207" s="58"/>
+      <c r="B207" s="6"/>
+      <c r="C207" s="42"/>
+      <c r="D207" s="42"/>
+      <c r="E207" s="42"/>
+      <c r="F207" s="6"/>
+      <c r="G207" s="6"/>
+      <c r="H207" s="6"/>
+      <c r="I207" s="48"/>
+      <c r="J207" s="49"/>
+      <c r="K207" s="49"/>
+      <c r="L207" s="65"/>
+      <c r="M207" s="66"/>
+      <c r="N207" s="69"/>
+      <c r="O207" s="69"/>
     </row>
     <row r="208" spans="1:15">
-      <c r="A208" s="12" t="str">
+      <c r="A208" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B208" s="13"/>
-[...12 lines deleted...]
-      <c r="O208" s="58"/>
+      <c r="B208" s="6"/>
+      <c r="C208" s="42"/>
+      <c r="D208" s="42"/>
+      <c r="E208" s="42"/>
+      <c r="F208" s="6"/>
+      <c r="G208" s="6"/>
+      <c r="H208" s="6"/>
+      <c r="I208" s="48"/>
+      <c r="J208" s="49"/>
+      <c r="K208" s="49"/>
+      <c r="L208" s="65"/>
+      <c r="M208" s="66"/>
+      <c r="N208" s="69"/>
+      <c r="O208" s="69"/>
     </row>
     <row r="209" spans="1:15">
-      <c r="A209" s="12" t="str">
+      <c r="A209" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B209" s="13"/>
-[...12 lines deleted...]
-      <c r="O209" s="58"/>
+      <c r="B209" s="6"/>
+      <c r="C209" s="42"/>
+      <c r="D209" s="42"/>
+      <c r="E209" s="42"/>
+      <c r="F209" s="6"/>
+      <c r="G209" s="6"/>
+      <c r="H209" s="6"/>
+      <c r="I209" s="48"/>
+      <c r="J209" s="49"/>
+      <c r="K209" s="49"/>
+      <c r="L209" s="65"/>
+      <c r="M209" s="66"/>
+      <c r="N209" s="69"/>
+      <c r="O209" s="69"/>
     </row>
     <row r="210" spans="1:15">
-      <c r="A210" s="12" t="str">
+      <c r="A210" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B210" s="13"/>
-[...12 lines deleted...]
-      <c r="O210" s="58"/>
+      <c r="B210" s="6"/>
+      <c r="C210" s="42"/>
+      <c r="D210" s="42"/>
+      <c r="E210" s="42"/>
+      <c r="F210" s="6"/>
+      <c r="G210" s="6"/>
+      <c r="H210" s="6"/>
+      <c r="I210" s="48"/>
+      <c r="J210" s="49"/>
+      <c r="K210" s="49"/>
+      <c r="L210" s="65"/>
+      <c r="M210" s="66"/>
+      <c r="N210" s="69"/>
+      <c r="O210" s="69"/>
     </row>
     <row r="211" spans="1:15">
-      <c r="A211" s="12" t="str">
+      <c r="A211" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B211" s="13"/>
-[...12 lines deleted...]
-      <c r="O211" s="58"/>
+      <c r="B211" s="6"/>
+      <c r="C211" s="42"/>
+      <c r="D211" s="42"/>
+      <c r="E211" s="42"/>
+      <c r="F211" s="6"/>
+      <c r="G211" s="6"/>
+      <c r="H211" s="6"/>
+      <c r="I211" s="48"/>
+      <c r="J211" s="49"/>
+      <c r="K211" s="49"/>
+      <c r="L211" s="65"/>
+      <c r="M211" s="66"/>
+      <c r="N211" s="69"/>
+      <c r="O211" s="69"/>
     </row>
     <row r="212" spans="1:15">
-      <c r="A212" s="12" t="str">
+      <c r="A212" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B212" s="13"/>
-[...12 lines deleted...]
-      <c r="O212" s="58"/>
+      <c r="B212" s="6"/>
+      <c r="C212" s="42"/>
+      <c r="D212" s="42"/>
+      <c r="E212" s="42"/>
+      <c r="F212" s="6"/>
+      <c r="G212" s="6"/>
+      <c r="H212" s="6"/>
+      <c r="I212" s="48"/>
+      <c r="J212" s="49"/>
+      <c r="K212" s="49"/>
+      <c r="L212" s="65"/>
+      <c r="M212" s="66"/>
+      <c r="N212" s="69"/>
+      <c r="O212" s="69"/>
     </row>
     <row r="213" spans="1:15">
-      <c r="A213" s="12" t="str">
+      <c r="A213" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B213" s="13"/>
-[...12 lines deleted...]
-      <c r="O213" s="58"/>
+      <c r="B213" s="6"/>
+      <c r="C213" s="42"/>
+      <c r="D213" s="42"/>
+      <c r="E213" s="42"/>
+      <c r="F213" s="6"/>
+      <c r="G213" s="6"/>
+      <c r="H213" s="6"/>
+      <c r="I213" s="48"/>
+      <c r="J213" s="49"/>
+      <c r="K213" s="49"/>
+      <c r="L213" s="65"/>
+      <c r="M213" s="66"/>
+      <c r="N213" s="69"/>
+      <c r="O213" s="69"/>
     </row>
     <row r="214" spans="1:15">
-      <c r="A214" s="12" t="str">
+      <c r="A214" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B214" s="13"/>
-[...12 lines deleted...]
-      <c r="O214" s="58"/>
+      <c r="B214" s="6"/>
+      <c r="C214" s="42"/>
+      <c r="D214" s="42"/>
+      <c r="E214" s="42"/>
+      <c r="F214" s="6"/>
+      <c r="G214" s="6"/>
+      <c r="H214" s="6"/>
+      <c r="I214" s="48"/>
+      <c r="J214" s="49"/>
+      <c r="K214" s="49"/>
+      <c r="L214" s="65"/>
+      <c r="M214" s="66"/>
+      <c r="N214" s="69"/>
+      <c r="O214" s="69"/>
     </row>
     <row r="215" spans="1:15">
-      <c r="A215" s="12" t="str">
+      <c r="A215" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B215" s="13"/>
-[...12 lines deleted...]
-      <c r="O215" s="58"/>
+      <c r="B215" s="6"/>
+      <c r="C215" s="42"/>
+      <c r="D215" s="42"/>
+      <c r="E215" s="42"/>
+      <c r="F215" s="6"/>
+      <c r="G215" s="6"/>
+      <c r="H215" s="6"/>
+      <c r="I215" s="48"/>
+      <c r="J215" s="49"/>
+      <c r="K215" s="49"/>
+      <c r="L215" s="65"/>
+      <c r="M215" s="66"/>
+      <c r="N215" s="69"/>
+      <c r="O215" s="69"/>
     </row>
     <row r="216" spans="1:15">
-      <c r="A216" s="12" t="str">
+      <c r="A216" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B216" s="13"/>
-[...12 lines deleted...]
-      <c r="O216" s="58"/>
+      <c r="B216" s="6"/>
+      <c r="C216" s="42"/>
+      <c r="D216" s="42"/>
+      <c r="E216" s="42"/>
+      <c r="F216" s="6"/>
+      <c r="G216" s="6"/>
+      <c r="H216" s="6"/>
+      <c r="I216" s="48"/>
+      <c r="J216" s="49"/>
+      <c r="K216" s="49"/>
+      <c r="L216" s="65"/>
+      <c r="M216" s="66"/>
+      <c r="N216" s="69"/>
+      <c r="O216" s="69"/>
     </row>
     <row r="217" spans="1:15">
-      <c r="A217" s="12" t="str">
+      <c r="A217" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B217" s="13"/>
-[...12 lines deleted...]
-      <c r="O217" s="58"/>
+      <c r="B217" s="6"/>
+      <c r="C217" s="42"/>
+      <c r="D217" s="42"/>
+      <c r="E217" s="42"/>
+      <c r="F217" s="6"/>
+      <c r="G217" s="6"/>
+      <c r="H217" s="6"/>
+      <c r="I217" s="48"/>
+      <c r="J217" s="49"/>
+      <c r="K217" s="49"/>
+      <c r="L217" s="65"/>
+      <c r="M217" s="66"/>
+      <c r="N217" s="69"/>
+      <c r="O217" s="69"/>
     </row>
     <row r="218" spans="1:15">
-      <c r="A218" s="12" t="str">
+      <c r="A218" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B218" s="13"/>
-[...12 lines deleted...]
-      <c r="O218" s="58"/>
+      <c r="B218" s="6"/>
+      <c r="C218" s="42"/>
+      <c r="D218" s="42"/>
+      <c r="E218" s="42"/>
+      <c r="F218" s="6"/>
+      <c r="G218" s="6"/>
+      <c r="H218" s="6"/>
+      <c r="I218" s="48"/>
+      <c r="J218" s="49"/>
+      <c r="K218" s="49"/>
+      <c r="L218" s="65"/>
+      <c r="M218" s="66"/>
+      <c r="N218" s="69"/>
+      <c r="O218" s="69"/>
     </row>
     <row r="219" spans="1:15">
-      <c r="A219" s="12" t="str">
+      <c r="A219" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B219" s="13"/>
-[...12 lines deleted...]
-      <c r="O219" s="58"/>
+      <c r="B219" s="6"/>
+      <c r="C219" s="42"/>
+      <c r="D219" s="42"/>
+      <c r="E219" s="42"/>
+      <c r="F219" s="6"/>
+      <c r="G219" s="6"/>
+      <c r="H219" s="6"/>
+      <c r="I219" s="48"/>
+      <c r="J219" s="49"/>
+      <c r="K219" s="49"/>
+      <c r="L219" s="65"/>
+      <c r="M219" s="66"/>
+      <c r="N219" s="69"/>
+      <c r="O219" s="69"/>
     </row>
     <row r="220" spans="1:15">
-      <c r="A220" s="12" t="str">
+      <c r="A220" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B220" s="13"/>
-[...12 lines deleted...]
-      <c r="O220" s="58"/>
+      <c r="B220" s="6"/>
+      <c r="C220" s="42"/>
+      <c r="D220" s="42"/>
+      <c r="E220" s="42"/>
+      <c r="F220" s="6"/>
+      <c r="G220" s="6"/>
+      <c r="H220" s="6"/>
+      <c r="I220" s="48"/>
+      <c r="J220" s="49"/>
+      <c r="K220" s="49"/>
+      <c r="L220" s="65"/>
+      <c r="M220" s="66"/>
+      <c r="N220" s="69"/>
+      <c r="O220" s="69"/>
     </row>
     <row r="221" spans="1:15">
-      <c r="A221" s="12" t="str">
+      <c r="A221" s="5" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="B221" s="13"/>
-[...12 lines deleted...]
-      <c r="O221" s="58"/>
+      <c r="B221" s="6"/>
+      <c r="C221" s="42"/>
+      <c r="D221" s="42"/>
+      <c r="E221" s="42"/>
+      <c r="F221" s="6"/>
+      <c r="G221" s="6"/>
+      <c r="H221" s="6"/>
+      <c r="I221" s="48"/>
+      <c r="J221" s="49"/>
+      <c r="K221" s="49"/>
+      <c r="L221" s="65"/>
+      <c r="M221" s="66"/>
+      <c r="N221" s="69"/>
+      <c r="O221" s="69"/>
     </row>
     <row r="222" spans="1:15">
-      <c r="A222" s="12" t="str">
+      <c r="A222" s="5" t="str">
         <f t="shared" ref="A222:A285" si="3">IF(AND(ISBLANK(B221),ISBLANK(C221),ISBLANK(F221),ISBLANK(G221),ISBLANK(H221),ISBLANK(I221),ISBLANK(J221),ISBLANK(K221),ISBLANK(L221),ISBLANK(M221),ISBLANK(N221),ISBLANK(O221)),"",ROW(A222)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B222" s="13"/>
-[...12 lines deleted...]
-      <c r="O222" s="58"/>
+      <c r="B222" s="6"/>
+      <c r="C222" s="42"/>
+      <c r="D222" s="42"/>
+      <c r="E222" s="42"/>
+      <c r="F222" s="6"/>
+      <c r="G222" s="6"/>
+      <c r="H222" s="6"/>
+      <c r="I222" s="48"/>
+      <c r="J222" s="49"/>
+      <c r="K222" s="49"/>
+      <c r="L222" s="65"/>
+      <c r="M222" s="66"/>
+      <c r="N222" s="69"/>
+      <c r="O222" s="69"/>
     </row>
     <row r="223" spans="1:15">
-      <c r="A223" s="12" t="str">
+      <c r="A223" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B223" s="13"/>
-[...12 lines deleted...]
-      <c r="O223" s="58"/>
+      <c r="B223" s="6"/>
+      <c r="C223" s="42"/>
+      <c r="D223" s="42"/>
+      <c r="E223" s="42"/>
+      <c r="F223" s="6"/>
+      <c r="G223" s="6"/>
+      <c r="H223" s="6"/>
+      <c r="I223" s="48"/>
+      <c r="J223" s="49"/>
+      <c r="K223" s="49"/>
+      <c r="L223" s="65"/>
+      <c r="M223" s="66"/>
+      <c r="N223" s="69"/>
+      <c r="O223" s="69"/>
     </row>
     <row r="224" spans="1:15">
-      <c r="A224" s="12" t="str">
+      <c r="A224" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B224" s="13"/>
-[...12 lines deleted...]
-      <c r="O224" s="58"/>
+      <c r="B224" s="6"/>
+      <c r="C224" s="42"/>
+      <c r="D224" s="42"/>
+      <c r="E224" s="42"/>
+      <c r="F224" s="6"/>
+      <c r="G224" s="6"/>
+      <c r="H224" s="6"/>
+      <c r="I224" s="48"/>
+      <c r="J224" s="49"/>
+      <c r="K224" s="49"/>
+      <c r="L224" s="65"/>
+      <c r="M224" s="66"/>
+      <c r="N224" s="69"/>
+      <c r="O224" s="69"/>
     </row>
     <row r="225" spans="1:15">
-      <c r="A225" s="12" t="str">
+      <c r="A225" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B225" s="13"/>
-[...12 lines deleted...]
-      <c r="O225" s="58"/>
+      <c r="B225" s="6"/>
+      <c r="C225" s="42"/>
+      <c r="D225" s="42"/>
+      <c r="E225" s="42"/>
+      <c r="F225" s="6"/>
+      <c r="G225" s="6"/>
+      <c r="H225" s="6"/>
+      <c r="I225" s="48"/>
+      <c r="J225" s="49"/>
+      <c r="K225" s="49"/>
+      <c r="L225" s="65"/>
+      <c r="M225" s="66"/>
+      <c r="N225" s="69"/>
+      <c r="O225" s="69"/>
     </row>
     <row r="226" spans="1:15">
-      <c r="A226" s="12" t="str">
+      <c r="A226" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B226" s="13"/>
-[...12 lines deleted...]
-      <c r="O226" s="58"/>
+      <c r="B226" s="6"/>
+      <c r="C226" s="42"/>
+      <c r="D226" s="42"/>
+      <c r="E226" s="42"/>
+      <c r="F226" s="6"/>
+      <c r="G226" s="6"/>
+      <c r="H226" s="6"/>
+      <c r="I226" s="48"/>
+      <c r="J226" s="49"/>
+      <c r="K226" s="49"/>
+      <c r="L226" s="65"/>
+      <c r="M226" s="66"/>
+      <c r="N226" s="69"/>
+      <c r="O226" s="69"/>
     </row>
     <row r="227" spans="1:15">
-      <c r="A227" s="12" t="str">
+      <c r="A227" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B227" s="13"/>
-[...12 lines deleted...]
-      <c r="O227" s="58"/>
+      <c r="B227" s="6"/>
+      <c r="C227" s="42"/>
+      <c r="D227" s="42"/>
+      <c r="E227" s="42"/>
+      <c r="F227" s="6"/>
+      <c r="G227" s="6"/>
+      <c r="H227" s="6"/>
+      <c r="I227" s="48"/>
+      <c r="J227" s="49"/>
+      <c r="K227" s="49"/>
+      <c r="L227" s="65"/>
+      <c r="M227" s="66"/>
+      <c r="N227" s="69"/>
+      <c r="O227" s="69"/>
     </row>
     <row r="228" spans="1:15">
-      <c r="A228" s="12" t="str">
+      <c r="A228" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B228" s="13"/>
-[...12 lines deleted...]
-      <c r="O228" s="58"/>
+      <c r="B228" s="6"/>
+      <c r="C228" s="42"/>
+      <c r="D228" s="42"/>
+      <c r="E228" s="42"/>
+      <c r="F228" s="6"/>
+      <c r="G228" s="6"/>
+      <c r="H228" s="6"/>
+      <c r="I228" s="48"/>
+      <c r="J228" s="49"/>
+      <c r="K228" s="49"/>
+      <c r="L228" s="65"/>
+      <c r="M228" s="66"/>
+      <c r="N228" s="69"/>
+      <c r="O228" s="69"/>
     </row>
     <row r="229" spans="1:15">
-      <c r="A229" s="12" t="str">
+      <c r="A229" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B229" s="13"/>
-[...12 lines deleted...]
-      <c r="O229" s="58"/>
+      <c r="B229" s="6"/>
+      <c r="C229" s="42"/>
+      <c r="D229" s="42"/>
+      <c r="E229" s="42"/>
+      <c r="F229" s="6"/>
+      <c r="G229" s="6"/>
+      <c r="H229" s="6"/>
+      <c r="I229" s="48"/>
+      <c r="J229" s="49"/>
+      <c r="K229" s="49"/>
+      <c r="L229" s="65"/>
+      <c r="M229" s="66"/>
+      <c r="N229" s="69"/>
+      <c r="O229" s="69"/>
     </row>
     <row r="230" spans="1:15">
-      <c r="A230" s="12" t="str">
+      <c r="A230" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B230" s="13"/>
-[...12 lines deleted...]
-      <c r="O230" s="58"/>
+      <c r="B230" s="6"/>
+      <c r="C230" s="42"/>
+      <c r="D230" s="42"/>
+      <c r="E230" s="42"/>
+      <c r="F230" s="6"/>
+      <c r="G230" s="6"/>
+      <c r="H230" s="6"/>
+      <c r="I230" s="48"/>
+      <c r="J230" s="49"/>
+      <c r="K230" s="49"/>
+      <c r="L230" s="65"/>
+      <c r="M230" s="66"/>
+      <c r="N230" s="69"/>
+      <c r="O230" s="69"/>
     </row>
     <row r="231" spans="1:15">
-      <c r="A231" s="12" t="str">
+      <c r="A231" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B231" s="13"/>
-[...12 lines deleted...]
-      <c r="O231" s="58"/>
+      <c r="B231" s="6"/>
+      <c r="C231" s="42"/>
+      <c r="D231" s="42"/>
+      <c r="E231" s="42"/>
+      <c r="F231" s="6"/>
+      <c r="G231" s="6"/>
+      <c r="H231" s="6"/>
+      <c r="I231" s="48"/>
+      <c r="J231" s="49"/>
+      <c r="K231" s="49"/>
+      <c r="L231" s="65"/>
+      <c r="M231" s="66"/>
+      <c r="N231" s="69"/>
+      <c r="O231" s="69"/>
     </row>
     <row r="232" spans="1:15">
-      <c r="A232" s="12" t="str">
+      <c r="A232" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B232" s="13"/>
-[...12 lines deleted...]
-      <c r="O232" s="58"/>
+      <c r="B232" s="6"/>
+      <c r="C232" s="42"/>
+      <c r="D232" s="42"/>
+      <c r="E232" s="42"/>
+      <c r="F232" s="6"/>
+      <c r="G232" s="6"/>
+      <c r="H232" s="6"/>
+      <c r="I232" s="48"/>
+      <c r="J232" s="49"/>
+      <c r="K232" s="49"/>
+      <c r="L232" s="65"/>
+      <c r="M232" s="66"/>
+      <c r="N232" s="69"/>
+      <c r="O232" s="69"/>
     </row>
     <row r="233" spans="1:15">
-      <c r="A233" s="12" t="str">
+      <c r="A233" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B233" s="13"/>
-[...12 lines deleted...]
-      <c r="O233" s="58"/>
+      <c r="B233" s="6"/>
+      <c r="C233" s="42"/>
+      <c r="D233" s="42"/>
+      <c r="E233" s="42"/>
+      <c r="F233" s="6"/>
+      <c r="G233" s="6"/>
+      <c r="H233" s="6"/>
+      <c r="I233" s="48"/>
+      <c r="J233" s="49"/>
+      <c r="K233" s="49"/>
+      <c r="L233" s="65"/>
+      <c r="M233" s="66"/>
+      <c r="N233" s="69"/>
+      <c r="O233" s="69"/>
     </row>
     <row r="234" spans="1:15">
-      <c r="A234" s="12" t="str">
+      <c r="A234" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B234" s="13"/>
-[...12 lines deleted...]
-      <c r="O234" s="58"/>
+      <c r="B234" s="6"/>
+      <c r="C234" s="42"/>
+      <c r="D234" s="42"/>
+      <c r="E234" s="42"/>
+      <c r="F234" s="6"/>
+      <c r="G234" s="6"/>
+      <c r="H234" s="6"/>
+      <c r="I234" s="48"/>
+      <c r="J234" s="49"/>
+      <c r="K234" s="49"/>
+      <c r="L234" s="65"/>
+      <c r="M234" s="66"/>
+      <c r="N234" s="69"/>
+      <c r="O234" s="69"/>
     </row>
     <row r="235" spans="1:15">
-      <c r="A235" s="12" t="str">
+      <c r="A235" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B235" s="13"/>
-[...12 lines deleted...]
-      <c r="O235" s="58"/>
+      <c r="B235" s="6"/>
+      <c r="C235" s="42"/>
+      <c r="D235" s="42"/>
+      <c r="E235" s="42"/>
+      <c r="F235" s="6"/>
+      <c r="G235" s="6"/>
+      <c r="H235" s="6"/>
+      <c r="I235" s="48"/>
+      <c r="J235" s="49"/>
+      <c r="K235" s="49"/>
+      <c r="L235" s="65"/>
+      <c r="M235" s="66"/>
+      <c r="N235" s="69"/>
+      <c r="O235" s="69"/>
     </row>
     <row r="236" spans="1:15">
-      <c r="A236" s="12" t="str">
+      <c r="A236" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B236" s="13"/>
-[...12 lines deleted...]
-      <c r="O236" s="58"/>
+      <c r="B236" s="6"/>
+      <c r="C236" s="42"/>
+      <c r="D236" s="42"/>
+      <c r="E236" s="42"/>
+      <c r="F236" s="6"/>
+      <c r="G236" s="6"/>
+      <c r="H236" s="6"/>
+      <c r="I236" s="48"/>
+      <c r="J236" s="49"/>
+      <c r="K236" s="49"/>
+      <c r="L236" s="65"/>
+      <c r="M236" s="66"/>
+      <c r="N236" s="69"/>
+      <c r="O236" s="69"/>
     </row>
     <row r="237" spans="1:15">
-      <c r="A237" s="12" t="str">
+      <c r="A237" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B237" s="13"/>
-[...12 lines deleted...]
-      <c r="O237" s="58"/>
+      <c r="B237" s="6"/>
+      <c r="C237" s="42"/>
+      <c r="D237" s="42"/>
+      <c r="E237" s="42"/>
+      <c r="F237" s="6"/>
+      <c r="G237" s="6"/>
+      <c r="H237" s="6"/>
+      <c r="I237" s="48"/>
+      <c r="J237" s="49"/>
+      <c r="K237" s="49"/>
+      <c r="L237" s="65"/>
+      <c r="M237" s="66"/>
+      <c r="N237" s="69"/>
+      <c r="O237" s="69"/>
     </row>
     <row r="238" spans="1:15">
-      <c r="A238" s="12" t="str">
+      <c r="A238" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B238" s="13"/>
-[...12 lines deleted...]
-      <c r="O238" s="58"/>
+      <c r="B238" s="6"/>
+      <c r="C238" s="42"/>
+      <c r="D238" s="42"/>
+      <c r="E238" s="42"/>
+      <c r="F238" s="6"/>
+      <c r="G238" s="6"/>
+      <c r="H238" s="6"/>
+      <c r="I238" s="48"/>
+      <c r="J238" s="49"/>
+      <c r="K238" s="49"/>
+      <c r="L238" s="65"/>
+      <c r="M238" s="66"/>
+      <c r="N238" s="69"/>
+      <c r="O238" s="69"/>
     </row>
     <row r="239" spans="1:15">
-      <c r="A239" s="12" t="str">
+      <c r="A239" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B239" s="13"/>
-[...12 lines deleted...]
-      <c r="O239" s="58"/>
+      <c r="B239" s="6"/>
+      <c r="C239" s="42"/>
+      <c r="D239" s="42"/>
+      <c r="E239" s="42"/>
+      <c r="F239" s="6"/>
+      <c r="G239" s="6"/>
+      <c r="H239" s="6"/>
+      <c r="I239" s="48"/>
+      <c r="J239" s="49"/>
+      <c r="K239" s="49"/>
+      <c r="L239" s="65"/>
+      <c r="M239" s="66"/>
+      <c r="N239" s="69"/>
+      <c r="O239" s="69"/>
     </row>
     <row r="240" spans="1:15">
-      <c r="A240" s="12" t="str">
+      <c r="A240" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B240" s="13"/>
-[...12 lines deleted...]
-      <c r="O240" s="58"/>
+      <c r="B240" s="6"/>
+      <c r="C240" s="42"/>
+      <c r="D240" s="42"/>
+      <c r="E240" s="42"/>
+      <c r="F240" s="6"/>
+      <c r="G240" s="6"/>
+      <c r="H240" s="6"/>
+      <c r="I240" s="48"/>
+      <c r="J240" s="49"/>
+      <c r="K240" s="49"/>
+      <c r="L240" s="65"/>
+      <c r="M240" s="66"/>
+      <c r="N240" s="69"/>
+      <c r="O240" s="69"/>
     </row>
     <row r="241" spans="1:15">
-      <c r="A241" s="12" t="str">
+      <c r="A241" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B241" s="13"/>
-[...12 lines deleted...]
-      <c r="O241" s="58"/>
+      <c r="B241" s="6"/>
+      <c r="C241" s="42"/>
+      <c r="D241" s="42"/>
+      <c r="E241" s="42"/>
+      <c r="F241" s="6"/>
+      <c r="G241" s="6"/>
+      <c r="H241" s="6"/>
+      <c r="I241" s="48"/>
+      <c r="J241" s="49"/>
+      <c r="K241" s="49"/>
+      <c r="L241" s="65"/>
+      <c r="M241" s="66"/>
+      <c r="N241" s="69"/>
+      <c r="O241" s="69"/>
     </row>
     <row r="242" spans="1:15">
-      <c r="A242" s="12" t="str">
+      <c r="A242" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B242" s="13"/>
-[...12 lines deleted...]
-      <c r="O242" s="58"/>
+      <c r="B242" s="6"/>
+      <c r="C242" s="42"/>
+      <c r="D242" s="42"/>
+      <c r="E242" s="42"/>
+      <c r="F242" s="6"/>
+      <c r="G242" s="6"/>
+      <c r="H242" s="6"/>
+      <c r="I242" s="48"/>
+      <c r="J242" s="49"/>
+      <c r="K242" s="49"/>
+      <c r="L242" s="65"/>
+      <c r="M242" s="66"/>
+      <c r="N242" s="69"/>
+      <c r="O242" s="69"/>
     </row>
     <row r="243" spans="1:15">
-      <c r="A243" s="12" t="str">
+      <c r="A243" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B243" s="13"/>
-[...12 lines deleted...]
-      <c r="O243" s="58"/>
+      <c r="B243" s="6"/>
+      <c r="C243" s="42"/>
+      <c r="D243" s="42"/>
+      <c r="E243" s="42"/>
+      <c r="F243" s="6"/>
+      <c r="G243" s="6"/>
+      <c r="H243" s="6"/>
+      <c r="I243" s="48"/>
+      <c r="J243" s="49"/>
+      <c r="K243" s="49"/>
+      <c r="L243" s="65"/>
+      <c r="M243" s="66"/>
+      <c r="N243" s="69"/>
+      <c r="O243" s="69"/>
     </row>
     <row r="244" spans="1:15">
-      <c r="A244" s="12" t="str">
+      <c r="A244" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B244" s="13"/>
-[...12 lines deleted...]
-      <c r="O244" s="58"/>
+      <c r="B244" s="6"/>
+      <c r="C244" s="42"/>
+      <c r="D244" s="42"/>
+      <c r="E244" s="42"/>
+      <c r="F244" s="6"/>
+      <c r="G244" s="6"/>
+      <c r="H244" s="6"/>
+      <c r="I244" s="48"/>
+      <c r="J244" s="49"/>
+      <c r="K244" s="49"/>
+      <c r="L244" s="65"/>
+      <c r="M244" s="66"/>
+      <c r="N244" s="69"/>
+      <c r="O244" s="69"/>
     </row>
     <row r="245" spans="1:15">
-      <c r="A245" s="12" t="str">
+      <c r="A245" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B245" s="13"/>
-[...12 lines deleted...]
-      <c r="O245" s="58"/>
+      <c r="B245" s="6"/>
+      <c r="C245" s="42"/>
+      <c r="D245" s="42"/>
+      <c r="E245" s="42"/>
+      <c r="F245" s="6"/>
+      <c r="G245" s="6"/>
+      <c r="H245" s="6"/>
+      <c r="I245" s="48"/>
+      <c r="J245" s="49"/>
+      <c r="K245" s="49"/>
+      <c r="L245" s="65"/>
+      <c r="M245" s="66"/>
+      <c r="N245" s="69"/>
+      <c r="O245" s="69"/>
     </row>
     <row r="246" spans="1:15">
-      <c r="A246" s="12" t="str">
+      <c r="A246" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B246" s="13"/>
-[...12 lines deleted...]
-      <c r="O246" s="58"/>
+      <c r="B246" s="6"/>
+      <c r="C246" s="42"/>
+      <c r="D246" s="42"/>
+      <c r="E246" s="42"/>
+      <c r="F246" s="6"/>
+      <c r="G246" s="6"/>
+      <c r="H246" s="6"/>
+      <c r="I246" s="48"/>
+      <c r="J246" s="49"/>
+      <c r="K246" s="49"/>
+      <c r="L246" s="65"/>
+      <c r="M246" s="66"/>
+      <c r="N246" s="69"/>
+      <c r="O246" s="69"/>
     </row>
     <row r="247" spans="1:15">
-      <c r="A247" s="12" t="str">
+      <c r="A247" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B247" s="13"/>
-[...12 lines deleted...]
-      <c r="O247" s="58"/>
+      <c r="B247" s="6"/>
+      <c r="C247" s="42"/>
+      <c r="D247" s="42"/>
+      <c r="E247" s="42"/>
+      <c r="F247" s="6"/>
+      <c r="G247" s="6"/>
+      <c r="H247" s="6"/>
+      <c r="I247" s="48"/>
+      <c r="J247" s="49"/>
+      <c r="K247" s="49"/>
+      <c r="L247" s="65"/>
+      <c r="M247" s="66"/>
+      <c r="N247" s="69"/>
+      <c r="O247" s="69"/>
     </row>
     <row r="248" spans="1:15">
-      <c r="A248" s="12" t="str">
+      <c r="A248" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B248" s="13"/>
-[...12 lines deleted...]
-      <c r="O248" s="58"/>
+      <c r="B248" s="6"/>
+      <c r="C248" s="42"/>
+      <c r="D248" s="42"/>
+      <c r="E248" s="42"/>
+      <c r="F248" s="6"/>
+      <c r="G248" s="6"/>
+      <c r="H248" s="6"/>
+      <c r="I248" s="48"/>
+      <c r="J248" s="49"/>
+      <c r="K248" s="49"/>
+      <c r="L248" s="65"/>
+      <c r="M248" s="66"/>
+      <c r="N248" s="69"/>
+      <c r="O248" s="69"/>
     </row>
     <row r="249" spans="1:15">
-      <c r="A249" s="12" t="str">
+      <c r="A249" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B249" s="13"/>
-[...12 lines deleted...]
-      <c r="O249" s="58"/>
+      <c r="B249" s="6"/>
+      <c r="C249" s="42"/>
+      <c r="D249" s="42"/>
+      <c r="E249" s="42"/>
+      <c r="F249" s="6"/>
+      <c r="G249" s="6"/>
+      <c r="H249" s="6"/>
+      <c r="I249" s="48"/>
+      <c r="J249" s="49"/>
+      <c r="K249" s="49"/>
+      <c r="L249" s="65"/>
+      <c r="M249" s="66"/>
+      <c r="N249" s="69"/>
+      <c r="O249" s="69"/>
     </row>
     <row r="250" spans="1:15">
-      <c r="A250" s="12" t="str">
+      <c r="A250" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B250" s="13"/>
-[...12 lines deleted...]
-      <c r="O250" s="58"/>
+      <c r="B250" s="6"/>
+      <c r="C250" s="42"/>
+      <c r="D250" s="42"/>
+      <c r="E250" s="42"/>
+      <c r="F250" s="6"/>
+      <c r="G250" s="6"/>
+      <c r="H250" s="6"/>
+      <c r="I250" s="48"/>
+      <c r="J250" s="49"/>
+      <c r="K250" s="49"/>
+      <c r="L250" s="65"/>
+      <c r="M250" s="66"/>
+      <c r="N250" s="69"/>
+      <c r="O250" s="69"/>
     </row>
     <row r="251" spans="1:15">
-      <c r="A251" s="12" t="str">
+      <c r="A251" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B251" s="13"/>
-[...12 lines deleted...]
-      <c r="O251" s="58"/>
+      <c r="B251" s="6"/>
+      <c r="C251" s="42"/>
+      <c r="D251" s="42"/>
+      <c r="E251" s="42"/>
+      <c r="F251" s="6"/>
+      <c r="G251" s="6"/>
+      <c r="H251" s="6"/>
+      <c r="I251" s="48"/>
+      <c r="J251" s="49"/>
+      <c r="K251" s="49"/>
+      <c r="L251" s="65"/>
+      <c r="M251" s="66"/>
+      <c r="N251" s="69"/>
+      <c r="O251" s="69"/>
     </row>
     <row r="252" spans="1:15">
-      <c r="A252" s="12" t="str">
+      <c r="A252" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B252" s="13"/>
-[...12 lines deleted...]
-      <c r="O252" s="58"/>
+      <c r="B252" s="6"/>
+      <c r="C252" s="42"/>
+      <c r="D252" s="42"/>
+      <c r="E252" s="42"/>
+      <c r="F252" s="6"/>
+      <c r="G252" s="6"/>
+      <c r="H252" s="6"/>
+      <c r="I252" s="48"/>
+      <c r="J252" s="49"/>
+      <c r="K252" s="49"/>
+      <c r="L252" s="65"/>
+      <c r="M252" s="66"/>
+      <c r="N252" s="69"/>
+      <c r="O252" s="69"/>
     </row>
     <row r="253" spans="1:15">
-      <c r="A253" s="12" t="str">
+      <c r="A253" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B253" s="13"/>
-[...12 lines deleted...]
-      <c r="O253" s="58"/>
+      <c r="B253" s="6"/>
+      <c r="C253" s="42"/>
+      <c r="D253" s="42"/>
+      <c r="E253" s="42"/>
+      <c r="F253" s="6"/>
+      <c r="G253" s="6"/>
+      <c r="H253" s="6"/>
+      <c r="I253" s="48"/>
+      <c r="J253" s="49"/>
+      <c r="K253" s="49"/>
+      <c r="L253" s="65"/>
+      <c r="M253" s="66"/>
+      <c r="N253" s="69"/>
+      <c r="O253" s="69"/>
     </row>
     <row r="254" spans="1:15">
-      <c r="A254" s="12" t="str">
+      <c r="A254" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B254" s="13"/>
-[...12 lines deleted...]
-      <c r="O254" s="58"/>
+      <c r="B254" s="6"/>
+      <c r="C254" s="42"/>
+      <c r="D254" s="42"/>
+      <c r="E254" s="42"/>
+      <c r="F254" s="6"/>
+      <c r="G254" s="6"/>
+      <c r="H254" s="6"/>
+      <c r="I254" s="48"/>
+      <c r="J254" s="49"/>
+      <c r="K254" s="49"/>
+      <c r="L254" s="65"/>
+      <c r="M254" s="66"/>
+      <c r="N254" s="69"/>
+      <c r="O254" s="69"/>
     </row>
     <row r="255" spans="1:15">
-      <c r="A255" s="12" t="str">
+      <c r="A255" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B255" s="13"/>
-[...12 lines deleted...]
-      <c r="O255" s="58"/>
+      <c r="B255" s="6"/>
+      <c r="C255" s="42"/>
+      <c r="D255" s="42"/>
+      <c r="E255" s="42"/>
+      <c r="F255" s="6"/>
+      <c r="G255" s="6"/>
+      <c r="H255" s="6"/>
+      <c r="I255" s="48"/>
+      <c r="J255" s="49"/>
+      <c r="K255" s="49"/>
+      <c r="L255" s="65"/>
+      <c r="M255" s="66"/>
+      <c r="N255" s="69"/>
+      <c r="O255" s="69"/>
     </row>
     <row r="256" spans="1:15">
-      <c r="A256" s="12" t="str">
+      <c r="A256" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B256" s="13"/>
-[...12 lines deleted...]
-      <c r="O256" s="58"/>
+      <c r="B256" s="6"/>
+      <c r="C256" s="42"/>
+      <c r="D256" s="42"/>
+      <c r="E256" s="42"/>
+      <c r="F256" s="6"/>
+      <c r="G256" s="6"/>
+      <c r="H256" s="6"/>
+      <c r="I256" s="48"/>
+      <c r="J256" s="49"/>
+      <c r="K256" s="49"/>
+      <c r="L256" s="65"/>
+      <c r="M256" s="66"/>
+      <c r="N256" s="69"/>
+      <c r="O256" s="69"/>
     </row>
     <row r="257" spans="1:15">
-      <c r="A257" s="12" t="str">
+      <c r="A257" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B257" s="13"/>
-[...12 lines deleted...]
-      <c r="O257" s="58"/>
+      <c r="B257" s="6"/>
+      <c r="C257" s="42"/>
+      <c r="D257" s="42"/>
+      <c r="E257" s="42"/>
+      <c r="F257" s="6"/>
+      <c r="G257" s="6"/>
+      <c r="H257" s="6"/>
+      <c r="I257" s="48"/>
+      <c r="J257" s="49"/>
+      <c r="K257" s="49"/>
+      <c r="L257" s="65"/>
+      <c r="M257" s="66"/>
+      <c r="N257" s="69"/>
+      <c r="O257" s="69"/>
     </row>
     <row r="258" spans="1:15">
-      <c r="A258" s="12" t="str">
+      <c r="A258" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B258" s="13"/>
-[...12 lines deleted...]
-      <c r="O258" s="58"/>
+      <c r="B258" s="6"/>
+      <c r="C258" s="42"/>
+      <c r="D258" s="42"/>
+      <c r="E258" s="42"/>
+      <c r="F258" s="6"/>
+      <c r="G258" s="6"/>
+      <c r="H258" s="6"/>
+      <c r="I258" s="48"/>
+      <c r="J258" s="49"/>
+      <c r="K258" s="49"/>
+      <c r="L258" s="65"/>
+      <c r="M258" s="66"/>
+      <c r="N258" s="69"/>
+      <c r="O258" s="69"/>
     </row>
     <row r="259" spans="1:15">
-      <c r="A259" s="12" t="str">
+      <c r="A259" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B259" s="13"/>
-[...12 lines deleted...]
-      <c r="O259" s="58"/>
+      <c r="B259" s="6"/>
+      <c r="C259" s="42"/>
+      <c r="D259" s="42"/>
+      <c r="E259" s="42"/>
+      <c r="F259" s="6"/>
+      <c r="G259" s="6"/>
+      <c r="H259" s="6"/>
+      <c r="I259" s="48"/>
+      <c r="J259" s="49"/>
+      <c r="K259" s="49"/>
+      <c r="L259" s="65"/>
+      <c r="M259" s="66"/>
+      <c r="N259" s="69"/>
+      <c r="O259" s="69"/>
     </row>
     <row r="260" spans="1:15">
-      <c r="A260" s="12" t="str">
+      <c r="A260" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B260" s="13"/>
-[...12 lines deleted...]
-      <c r="O260" s="58"/>
+      <c r="B260" s="6"/>
+      <c r="C260" s="42"/>
+      <c r="D260" s="42"/>
+      <c r="E260" s="42"/>
+      <c r="F260" s="6"/>
+      <c r="G260" s="6"/>
+      <c r="H260" s="6"/>
+      <c r="I260" s="48"/>
+      <c r="J260" s="49"/>
+      <c r="K260" s="49"/>
+      <c r="L260" s="65"/>
+      <c r="M260" s="66"/>
+      <c r="N260" s="69"/>
+      <c r="O260" s="69"/>
     </row>
     <row r="261" spans="1:15">
-      <c r="A261" s="12" t="str">
+      <c r="A261" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B261" s="13"/>
-[...12 lines deleted...]
-      <c r="O261" s="58"/>
+      <c r="B261" s="6"/>
+      <c r="C261" s="42"/>
+      <c r="D261" s="42"/>
+      <c r="E261" s="42"/>
+      <c r="F261" s="6"/>
+      <c r="G261" s="6"/>
+      <c r="H261" s="6"/>
+      <c r="I261" s="48"/>
+      <c r="J261" s="49"/>
+      <c r="K261" s="49"/>
+      <c r="L261" s="65"/>
+      <c r="M261" s="66"/>
+      <c r="N261" s="69"/>
+      <c r="O261" s="69"/>
     </row>
     <row r="262" spans="1:15">
-      <c r="A262" s="12" t="str">
+      <c r="A262" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B262" s="13"/>
-[...12 lines deleted...]
-      <c r="O262" s="58"/>
+      <c r="B262" s="6"/>
+      <c r="C262" s="42"/>
+      <c r="D262" s="42"/>
+      <c r="E262" s="42"/>
+      <c r="F262" s="6"/>
+      <c r="G262" s="6"/>
+      <c r="H262" s="6"/>
+      <c r="I262" s="48"/>
+      <c r="J262" s="49"/>
+      <c r="K262" s="49"/>
+      <c r="L262" s="65"/>
+      <c r="M262" s="66"/>
+      <c r="N262" s="69"/>
+      <c r="O262" s="69"/>
     </row>
     <row r="263" spans="1:15">
-      <c r="A263" s="12" t="str">
+      <c r="A263" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B263" s="13"/>
-[...12 lines deleted...]
-      <c r="O263" s="58"/>
+      <c r="B263" s="6"/>
+      <c r="C263" s="42"/>
+      <c r="D263" s="42"/>
+      <c r="E263" s="42"/>
+      <c r="F263" s="6"/>
+      <c r="G263" s="6"/>
+      <c r="H263" s="6"/>
+      <c r="I263" s="48"/>
+      <c r="J263" s="49"/>
+      <c r="K263" s="49"/>
+      <c r="L263" s="65"/>
+      <c r="M263" s="66"/>
+      <c r="N263" s="69"/>
+      <c r="O263" s="69"/>
     </row>
     <row r="264" spans="1:15">
-      <c r="A264" s="12" t="str">
+      <c r="A264" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B264" s="13"/>
-[...12 lines deleted...]
-      <c r="O264" s="58"/>
+      <c r="B264" s="6"/>
+      <c r="C264" s="42"/>
+      <c r="D264" s="42"/>
+      <c r="E264" s="42"/>
+      <c r="F264" s="6"/>
+      <c r="G264" s="6"/>
+      <c r="H264" s="6"/>
+      <c r="I264" s="48"/>
+      <c r="J264" s="49"/>
+      <c r="K264" s="49"/>
+      <c r="L264" s="65"/>
+      <c r="M264" s="66"/>
+      <c r="N264" s="69"/>
+      <c r="O264" s="69"/>
     </row>
     <row r="265" spans="1:15">
-      <c r="A265" s="12" t="str">
+      <c r="A265" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B265" s="13"/>
-[...12 lines deleted...]
-      <c r="O265" s="58"/>
+      <c r="B265" s="6"/>
+      <c r="C265" s="42"/>
+      <c r="D265" s="42"/>
+      <c r="E265" s="42"/>
+      <c r="F265" s="6"/>
+      <c r="G265" s="6"/>
+      <c r="H265" s="6"/>
+      <c r="I265" s="48"/>
+      <c r="J265" s="49"/>
+      <c r="K265" s="49"/>
+      <c r="L265" s="65"/>
+      <c r="M265" s="66"/>
+      <c r="N265" s="69"/>
+      <c r="O265" s="69"/>
     </row>
     <row r="266" spans="1:15">
-      <c r="A266" s="12" t="str">
+      <c r="A266" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B266" s="13"/>
-[...12 lines deleted...]
-      <c r="O266" s="58"/>
+      <c r="B266" s="6"/>
+      <c r="C266" s="42"/>
+      <c r="D266" s="42"/>
+      <c r="E266" s="42"/>
+      <c r="F266" s="6"/>
+      <c r="G266" s="6"/>
+      <c r="H266" s="6"/>
+      <c r="I266" s="48"/>
+      <c r="J266" s="49"/>
+      <c r="K266" s="49"/>
+      <c r="L266" s="65"/>
+      <c r="M266" s="66"/>
+      <c r="N266" s="69"/>
+      <c r="O266" s="69"/>
     </row>
     <row r="267" spans="1:15">
-      <c r="A267" s="12" t="str">
+      <c r="A267" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B267" s="13"/>
-[...12 lines deleted...]
-      <c r="O267" s="58"/>
+      <c r="B267" s="6"/>
+      <c r="C267" s="42"/>
+      <c r="D267" s="42"/>
+      <c r="E267" s="42"/>
+      <c r="F267" s="6"/>
+      <c r="G267" s="6"/>
+      <c r="H267" s="6"/>
+      <c r="I267" s="48"/>
+      <c r="J267" s="49"/>
+      <c r="K267" s="49"/>
+      <c r="L267" s="65"/>
+      <c r="M267" s="66"/>
+      <c r="N267" s="69"/>
+      <c r="O267" s="69"/>
     </row>
     <row r="268" spans="1:15">
-      <c r="A268" s="12" t="str">
+      <c r="A268" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B268" s="13"/>
-[...12 lines deleted...]
-      <c r="O268" s="58"/>
+      <c r="B268" s="6"/>
+      <c r="C268" s="42"/>
+      <c r="D268" s="42"/>
+      <c r="E268" s="42"/>
+      <c r="F268" s="6"/>
+      <c r="G268" s="6"/>
+      <c r="H268" s="6"/>
+      <c r="I268" s="48"/>
+      <c r="J268" s="49"/>
+      <c r="K268" s="49"/>
+      <c r="L268" s="65"/>
+      <c r="M268" s="66"/>
+      <c r="N268" s="69"/>
+      <c r="O268" s="69"/>
     </row>
     <row r="269" spans="1:15">
-      <c r="A269" s="12" t="str">
+      <c r="A269" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B269" s="13"/>
-[...12 lines deleted...]
-      <c r="O269" s="58"/>
+      <c r="B269" s="6"/>
+      <c r="C269" s="42"/>
+      <c r="D269" s="42"/>
+      <c r="E269" s="42"/>
+      <c r="F269" s="6"/>
+      <c r="G269" s="6"/>
+      <c r="H269" s="6"/>
+      <c r="I269" s="48"/>
+      <c r="J269" s="49"/>
+      <c r="K269" s="49"/>
+      <c r="L269" s="65"/>
+      <c r="M269" s="66"/>
+      <c r="N269" s="69"/>
+      <c r="O269" s="69"/>
     </row>
     <row r="270" spans="1:15">
-      <c r="A270" s="12" t="str">
+      <c r="A270" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B270" s="13"/>
-[...12 lines deleted...]
-      <c r="O270" s="58"/>
+      <c r="B270" s="6"/>
+      <c r="C270" s="42"/>
+      <c r="D270" s="42"/>
+      <c r="E270" s="42"/>
+      <c r="F270" s="6"/>
+      <c r="G270" s="6"/>
+      <c r="H270" s="6"/>
+      <c r="I270" s="48"/>
+      <c r="J270" s="49"/>
+      <c r="K270" s="49"/>
+      <c r="L270" s="65"/>
+      <c r="M270" s="66"/>
+      <c r="N270" s="69"/>
+      <c r="O270" s="69"/>
     </row>
     <row r="271" spans="1:15">
-      <c r="A271" s="12" t="str">
+      <c r="A271" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B271" s="13"/>
-[...12 lines deleted...]
-      <c r="O271" s="58"/>
+      <c r="B271" s="6"/>
+      <c r="C271" s="42"/>
+      <c r="D271" s="42"/>
+      <c r="E271" s="42"/>
+      <c r="F271" s="6"/>
+      <c r="G271" s="6"/>
+      <c r="H271" s="6"/>
+      <c r="I271" s="48"/>
+      <c r="J271" s="49"/>
+      <c r="K271" s="49"/>
+      <c r="L271" s="65"/>
+      <c r="M271" s="66"/>
+      <c r="N271" s="69"/>
+      <c r="O271" s="69"/>
     </row>
     <row r="272" spans="1:15">
-      <c r="A272" s="12" t="str">
+      <c r="A272" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B272" s="13"/>
-[...12 lines deleted...]
-      <c r="O272" s="58"/>
+      <c r="B272" s="6"/>
+      <c r="C272" s="42"/>
+      <c r="D272" s="42"/>
+      <c r="E272" s="42"/>
+      <c r="F272" s="6"/>
+      <c r="G272" s="6"/>
+      <c r="H272" s="6"/>
+      <c r="I272" s="48"/>
+      <c r="J272" s="49"/>
+      <c r="K272" s="49"/>
+      <c r="L272" s="65"/>
+      <c r="M272" s="66"/>
+      <c r="N272" s="69"/>
+      <c r="O272" s="69"/>
     </row>
     <row r="273" spans="1:15">
-      <c r="A273" s="12" t="str">
+      <c r="A273" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B273" s="13"/>
-[...12 lines deleted...]
-      <c r="O273" s="58"/>
+      <c r="B273" s="6"/>
+      <c r="C273" s="42"/>
+      <c r="D273" s="42"/>
+      <c r="E273" s="42"/>
+      <c r="F273" s="6"/>
+      <c r="G273" s="6"/>
+      <c r="H273" s="6"/>
+      <c r="I273" s="48"/>
+      <c r="J273" s="49"/>
+      <c r="K273" s="49"/>
+      <c r="L273" s="65"/>
+      <c r="M273" s="66"/>
+      <c r="N273" s="69"/>
+      <c r="O273" s="69"/>
     </row>
     <row r="274" spans="1:15">
-      <c r="A274" s="12" t="str">
+      <c r="A274" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B274" s="13"/>
-[...12 lines deleted...]
-      <c r="O274" s="58"/>
+      <c r="B274" s="6"/>
+      <c r="C274" s="42"/>
+      <c r="D274" s="42"/>
+      <c r="E274" s="42"/>
+      <c r="F274" s="6"/>
+      <c r="G274" s="6"/>
+      <c r="H274" s="6"/>
+      <c r="I274" s="48"/>
+      <c r="J274" s="49"/>
+      <c r="K274" s="49"/>
+      <c r="L274" s="65"/>
+      <c r="M274" s="66"/>
+      <c r="N274" s="69"/>
+      <c r="O274" s="69"/>
     </row>
     <row r="275" spans="1:15">
-      <c r="A275" s="12" t="str">
+      <c r="A275" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B275" s="13"/>
-[...12 lines deleted...]
-      <c r="O275" s="58"/>
+      <c r="B275" s="6"/>
+      <c r="C275" s="42"/>
+      <c r="D275" s="42"/>
+      <c r="E275" s="42"/>
+      <c r="F275" s="6"/>
+      <c r="G275" s="6"/>
+      <c r="H275" s="6"/>
+      <c r="I275" s="48"/>
+      <c r="J275" s="49"/>
+      <c r="K275" s="49"/>
+      <c r="L275" s="65"/>
+      <c r="M275" s="66"/>
+      <c r="N275" s="69"/>
+      <c r="O275" s="69"/>
     </row>
     <row r="276" spans="1:15">
-      <c r="A276" s="12" t="str">
+      <c r="A276" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B276" s="13"/>
-[...12 lines deleted...]
-      <c r="O276" s="58"/>
+      <c r="B276" s="6"/>
+      <c r="C276" s="42"/>
+      <c r="D276" s="42"/>
+      <c r="E276" s="42"/>
+      <c r="F276" s="6"/>
+      <c r="G276" s="6"/>
+      <c r="H276" s="6"/>
+      <c r="I276" s="48"/>
+      <c r="J276" s="49"/>
+      <c r="K276" s="49"/>
+      <c r="L276" s="65"/>
+      <c r="M276" s="66"/>
+      <c r="N276" s="69"/>
+      <c r="O276" s="69"/>
     </row>
     <row r="277" spans="1:15">
-      <c r="A277" s="12" t="str">
+      <c r="A277" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B277" s="13"/>
-[...12 lines deleted...]
-      <c r="O277" s="58"/>
+      <c r="B277" s="6"/>
+      <c r="C277" s="42"/>
+      <c r="D277" s="42"/>
+      <c r="E277" s="42"/>
+      <c r="F277" s="6"/>
+      <c r="G277" s="6"/>
+      <c r="H277" s="6"/>
+      <c r="I277" s="48"/>
+      <c r="J277" s="49"/>
+      <c r="K277" s="49"/>
+      <c r="L277" s="65"/>
+      <c r="M277" s="66"/>
+      <c r="N277" s="69"/>
+      <c r="O277" s="69"/>
     </row>
     <row r="278" spans="1:15">
-      <c r="A278" s="12" t="str">
+      <c r="A278" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B278" s="13"/>
-[...12 lines deleted...]
-      <c r="O278" s="58"/>
+      <c r="B278" s="6"/>
+      <c r="C278" s="42"/>
+      <c r="D278" s="42"/>
+      <c r="E278" s="42"/>
+      <c r="F278" s="6"/>
+      <c r="G278" s="6"/>
+      <c r="H278" s="6"/>
+      <c r="I278" s="48"/>
+      <c r="J278" s="49"/>
+      <c r="K278" s="49"/>
+      <c r="L278" s="65"/>
+      <c r="M278" s="66"/>
+      <c r="N278" s="69"/>
+      <c r="O278" s="69"/>
     </row>
     <row r="279" spans="1:15">
-      <c r="A279" s="12" t="str">
+      <c r="A279" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B279" s="13"/>
-[...12 lines deleted...]
-      <c r="O279" s="58"/>
+      <c r="B279" s="6"/>
+      <c r="C279" s="42"/>
+      <c r="D279" s="42"/>
+      <c r="E279" s="42"/>
+      <c r="F279" s="6"/>
+      <c r="G279" s="6"/>
+      <c r="H279" s="6"/>
+      <c r="I279" s="48"/>
+      <c r="J279" s="49"/>
+      <c r="K279" s="49"/>
+      <c r="L279" s="65"/>
+      <c r="M279" s="66"/>
+      <c r="N279" s="69"/>
+      <c r="O279" s="69"/>
     </row>
     <row r="280" spans="1:15">
-      <c r="A280" s="12" t="str">
+      <c r="A280" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B280" s="13"/>
-[...12 lines deleted...]
-      <c r="O280" s="58"/>
+      <c r="B280" s="6"/>
+      <c r="C280" s="42"/>
+      <c r="D280" s="42"/>
+      <c r="E280" s="42"/>
+      <c r="F280" s="6"/>
+      <c r="G280" s="6"/>
+      <c r="H280" s="6"/>
+      <c r="I280" s="48"/>
+      <c r="J280" s="49"/>
+      <c r="K280" s="49"/>
+      <c r="L280" s="65"/>
+      <c r="M280" s="66"/>
+      <c r="N280" s="69"/>
+      <c r="O280" s="69"/>
     </row>
     <row r="281" spans="1:15">
-      <c r="A281" s="12" t="str">
+      <c r="A281" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B281" s="13"/>
-[...12 lines deleted...]
-      <c r="O281" s="58"/>
+      <c r="B281" s="6"/>
+      <c r="C281" s="42"/>
+      <c r="D281" s="42"/>
+      <c r="E281" s="42"/>
+      <c r="F281" s="6"/>
+      <c r="G281" s="6"/>
+      <c r="H281" s="6"/>
+      <c r="I281" s="48"/>
+      <c r="J281" s="49"/>
+      <c r="K281" s="49"/>
+      <c r="L281" s="65"/>
+      <c r="M281" s="66"/>
+      <c r="N281" s="69"/>
+      <c r="O281" s="69"/>
     </row>
     <row r="282" spans="1:15">
-      <c r="A282" s="12" t="str">
+      <c r="A282" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B282" s="13"/>
-[...12 lines deleted...]
-      <c r="O282" s="58"/>
+      <c r="B282" s="6"/>
+      <c r="C282" s="42"/>
+      <c r="D282" s="42"/>
+      <c r="E282" s="42"/>
+      <c r="F282" s="6"/>
+      <c r="G282" s="6"/>
+      <c r="H282" s="6"/>
+      <c r="I282" s="48"/>
+      <c r="J282" s="49"/>
+      <c r="K282" s="49"/>
+      <c r="L282" s="65"/>
+      <c r="M282" s="66"/>
+      <c r="N282" s="69"/>
+      <c r="O282" s="69"/>
     </row>
     <row r="283" spans="1:15">
-      <c r="A283" s="12" t="str">
+      <c r="A283" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B283" s="13"/>
-[...12 lines deleted...]
-      <c r="O283" s="58"/>
+      <c r="B283" s="6"/>
+      <c r="C283" s="42"/>
+      <c r="D283" s="42"/>
+      <c r="E283" s="42"/>
+      <c r="F283" s="6"/>
+      <c r="G283" s="6"/>
+      <c r="H283" s="6"/>
+      <c r="I283" s="48"/>
+      <c r="J283" s="49"/>
+      <c r="K283" s="49"/>
+      <c r="L283" s="65"/>
+      <c r="M283" s="66"/>
+      <c r="N283" s="69"/>
+      <c r="O283" s="69"/>
     </row>
     <row r="284" spans="1:15">
-      <c r="A284" s="12" t="str">
+      <c r="A284" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B284" s="13"/>
-[...12 lines deleted...]
-      <c r="O284" s="58"/>
+      <c r="B284" s="6"/>
+      <c r="C284" s="42"/>
+      <c r="D284" s="42"/>
+      <c r="E284" s="42"/>
+      <c r="F284" s="6"/>
+      <c r="G284" s="6"/>
+      <c r="H284" s="6"/>
+      <c r="I284" s="48"/>
+      <c r="J284" s="49"/>
+      <c r="K284" s="49"/>
+      <c r="L284" s="65"/>
+      <c r="M284" s="66"/>
+      <c r="N284" s="69"/>
+      <c r="O284" s="69"/>
     </row>
     <row r="285" spans="1:15">
-      <c r="A285" s="12" t="str">
+      <c r="A285" s="5" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="B285" s="13"/>
-[...12 lines deleted...]
-      <c r="O285" s="58"/>
+      <c r="B285" s="6"/>
+      <c r="C285" s="42"/>
+      <c r="D285" s="42"/>
+      <c r="E285" s="42"/>
+      <c r="F285" s="6"/>
+      <c r="G285" s="6"/>
+      <c r="H285" s="6"/>
+      <c r="I285" s="48"/>
+      <c r="J285" s="49"/>
+      <c r="K285" s="49"/>
+      <c r="L285" s="65"/>
+      <c r="M285" s="66"/>
+      <c r="N285" s="69"/>
+      <c r="O285" s="69"/>
     </row>
     <row r="286" spans="1:15">
-      <c r="A286" s="12" t="str">
+      <c r="A286" s="5" t="str">
         <f t="shared" ref="A286:A349" si="4">IF(AND(ISBLANK(B285),ISBLANK(C285),ISBLANK(F285),ISBLANK(G285),ISBLANK(H285),ISBLANK(I285),ISBLANK(J285),ISBLANK(K285),ISBLANK(L285),ISBLANK(M285),ISBLANK(N285),ISBLANK(O285)),"",ROW(A286)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B286" s="13"/>
-[...12 lines deleted...]
-      <c r="O286" s="58"/>
+      <c r="B286" s="6"/>
+      <c r="C286" s="42"/>
+      <c r="D286" s="42"/>
+      <c r="E286" s="42"/>
+      <c r="F286" s="6"/>
+      <c r="G286" s="6"/>
+      <c r="H286" s="6"/>
+      <c r="I286" s="48"/>
+      <c r="J286" s="49"/>
+      <c r="K286" s="49"/>
+      <c r="L286" s="65"/>
+      <c r="M286" s="66"/>
+      <c r="N286" s="69"/>
+      <c r="O286" s="69"/>
     </row>
     <row r="287" spans="1:15">
-      <c r="A287" s="12" t="str">
+      <c r="A287" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B287" s="13"/>
-[...12 lines deleted...]
-      <c r="O287" s="58"/>
+      <c r="B287" s="6"/>
+      <c r="C287" s="42"/>
+      <c r="D287" s="42"/>
+      <c r="E287" s="42"/>
+      <c r="F287" s="6"/>
+      <c r="G287" s="6"/>
+      <c r="H287" s="6"/>
+      <c r="I287" s="48"/>
+      <c r="J287" s="49"/>
+      <c r="K287" s="49"/>
+      <c r="L287" s="65"/>
+      <c r="M287" s="66"/>
+      <c r="N287" s="69"/>
+      <c r="O287" s="69"/>
     </row>
     <row r="288" spans="1:15">
-      <c r="A288" s="12" t="str">
+      <c r="A288" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B288" s="13"/>
-[...12 lines deleted...]
-      <c r="O288" s="58"/>
+      <c r="B288" s="6"/>
+      <c r="C288" s="42"/>
+      <c r="D288" s="42"/>
+      <c r="E288" s="42"/>
+      <c r="F288" s="6"/>
+      <c r="G288" s="6"/>
+      <c r="H288" s="6"/>
+      <c r="I288" s="48"/>
+      <c r="J288" s="49"/>
+      <c r="K288" s="49"/>
+      <c r="L288" s="65"/>
+      <c r="M288" s="66"/>
+      <c r="N288" s="69"/>
+      <c r="O288" s="69"/>
     </row>
     <row r="289" spans="1:15">
-      <c r="A289" s="12" t="str">
+      <c r="A289" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B289" s="13"/>
-[...12 lines deleted...]
-      <c r="O289" s="58"/>
+      <c r="B289" s="6"/>
+      <c r="C289" s="42"/>
+      <c r="D289" s="42"/>
+      <c r="E289" s="42"/>
+      <c r="F289" s="6"/>
+      <c r="G289" s="6"/>
+      <c r="H289" s="6"/>
+      <c r="I289" s="48"/>
+      <c r="J289" s="49"/>
+      <c r="K289" s="49"/>
+      <c r="L289" s="65"/>
+      <c r="M289" s="66"/>
+      <c r="N289" s="69"/>
+      <c r="O289" s="69"/>
     </row>
     <row r="290" spans="1:15">
-      <c r="A290" s="12" t="str">
+      <c r="A290" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B290" s="13"/>
-[...12 lines deleted...]
-      <c r="O290" s="58"/>
+      <c r="B290" s="6"/>
+      <c r="C290" s="42"/>
+      <c r="D290" s="42"/>
+      <c r="E290" s="42"/>
+      <c r="F290" s="6"/>
+      <c r="G290" s="6"/>
+      <c r="H290" s="6"/>
+      <c r="I290" s="48"/>
+      <c r="J290" s="49"/>
+      <c r="K290" s="49"/>
+      <c r="L290" s="65"/>
+      <c r="M290" s="66"/>
+      <c r="N290" s="69"/>
+      <c r="O290" s="69"/>
     </row>
     <row r="291" spans="1:15">
-      <c r="A291" s="12" t="str">
+      <c r="A291" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B291" s="13"/>
-[...12 lines deleted...]
-      <c r="O291" s="58"/>
+      <c r="B291" s="6"/>
+      <c r="C291" s="42"/>
+      <c r="D291" s="42"/>
+      <c r="E291" s="42"/>
+      <c r="F291" s="6"/>
+      <c r="G291" s="6"/>
+      <c r="H291" s="6"/>
+      <c r="I291" s="48"/>
+      <c r="J291" s="49"/>
+      <c r="K291" s="49"/>
+      <c r="L291" s="65"/>
+      <c r="M291" s="66"/>
+      <c r="N291" s="69"/>
+      <c r="O291" s="69"/>
     </row>
     <row r="292" spans="1:15">
-      <c r="A292" s="12" t="str">
+      <c r="A292" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B292" s="13"/>
-[...12 lines deleted...]
-      <c r="O292" s="58"/>
+      <c r="B292" s="6"/>
+      <c r="C292" s="42"/>
+      <c r="D292" s="42"/>
+      <c r="E292" s="42"/>
+      <c r="F292" s="6"/>
+      <c r="G292" s="6"/>
+      <c r="H292" s="6"/>
+      <c r="I292" s="48"/>
+      <c r="J292" s="49"/>
+      <c r="K292" s="49"/>
+      <c r="L292" s="65"/>
+      <c r="M292" s="66"/>
+      <c r="N292" s="69"/>
+      <c r="O292" s="69"/>
     </row>
     <row r="293" spans="1:15">
-      <c r="A293" s="12" t="str">
+      <c r="A293" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B293" s="13"/>
-[...12 lines deleted...]
-      <c r="O293" s="58"/>
+      <c r="B293" s="6"/>
+      <c r="C293" s="42"/>
+      <c r="D293" s="42"/>
+      <c r="E293" s="42"/>
+      <c r="F293" s="6"/>
+      <c r="G293" s="6"/>
+      <c r="H293" s="6"/>
+      <c r="I293" s="48"/>
+      <c r="J293" s="49"/>
+      <c r="K293" s="49"/>
+      <c r="L293" s="65"/>
+      <c r="M293" s="66"/>
+      <c r="N293" s="69"/>
+      <c r="O293" s="69"/>
     </row>
     <row r="294" spans="1:15">
-      <c r="A294" s="12" t="str">
+      <c r="A294" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B294" s="13"/>
-[...12 lines deleted...]
-      <c r="O294" s="58"/>
+      <c r="B294" s="6"/>
+      <c r="C294" s="42"/>
+      <c r="D294" s="42"/>
+      <c r="E294" s="42"/>
+      <c r="F294" s="6"/>
+      <c r="G294" s="6"/>
+      <c r="H294" s="6"/>
+      <c r="I294" s="48"/>
+      <c r="J294" s="49"/>
+      <c r="K294" s="49"/>
+      <c r="L294" s="65"/>
+      <c r="M294" s="66"/>
+      <c r="N294" s="69"/>
+      <c r="O294" s="69"/>
     </row>
     <row r="295" spans="1:15">
-      <c r="A295" s="12" t="str">
+      <c r="A295" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B295" s="13"/>
-[...12 lines deleted...]
-      <c r="O295" s="58"/>
+      <c r="B295" s="6"/>
+      <c r="C295" s="42"/>
+      <c r="D295" s="42"/>
+      <c r="E295" s="42"/>
+      <c r="F295" s="6"/>
+      <c r="G295" s="6"/>
+      <c r="H295" s="6"/>
+      <c r="I295" s="48"/>
+      <c r="J295" s="49"/>
+      <c r="K295" s="49"/>
+      <c r="L295" s="65"/>
+      <c r="M295" s="66"/>
+      <c r="N295" s="69"/>
+      <c r="O295" s="69"/>
     </row>
     <row r="296" spans="1:15">
-      <c r="A296" s="12" t="str">
+      <c r="A296" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B296" s="13"/>
-[...12 lines deleted...]
-      <c r="O296" s="58"/>
+      <c r="B296" s="6"/>
+      <c r="C296" s="42"/>
+      <c r="D296" s="42"/>
+      <c r="E296" s="42"/>
+      <c r="F296" s="6"/>
+      <c r="G296" s="6"/>
+      <c r="H296" s="6"/>
+      <c r="I296" s="48"/>
+      <c r="J296" s="49"/>
+      <c r="K296" s="49"/>
+      <c r="L296" s="65"/>
+      <c r="M296" s="66"/>
+      <c r="N296" s="69"/>
+      <c r="O296" s="69"/>
     </row>
     <row r="297" spans="1:15">
-      <c r="A297" s="12" t="str">
+      <c r="A297" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B297" s="13"/>
-[...12 lines deleted...]
-      <c r="O297" s="58"/>
+      <c r="B297" s="6"/>
+      <c r="C297" s="42"/>
+      <c r="D297" s="42"/>
+      <c r="E297" s="42"/>
+      <c r="F297" s="6"/>
+      <c r="G297" s="6"/>
+      <c r="H297" s="6"/>
+      <c r="I297" s="48"/>
+      <c r="J297" s="49"/>
+      <c r="K297" s="49"/>
+      <c r="L297" s="65"/>
+      <c r="M297" s="66"/>
+      <c r="N297" s="69"/>
+      <c r="O297" s="69"/>
     </row>
     <row r="298" spans="1:15">
-      <c r="A298" s="12" t="str">
+      <c r="A298" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B298" s="13"/>
-[...12 lines deleted...]
-      <c r="O298" s="58"/>
+      <c r="B298" s="6"/>
+      <c r="C298" s="42"/>
+      <c r="D298" s="42"/>
+      <c r="E298" s="42"/>
+      <c r="F298" s="6"/>
+      <c r="G298" s="6"/>
+      <c r="H298" s="6"/>
+      <c r="I298" s="48"/>
+      <c r="J298" s="49"/>
+      <c r="K298" s="49"/>
+      <c r="L298" s="65"/>
+      <c r="M298" s="66"/>
+      <c r="N298" s="69"/>
+      <c r="O298" s="69"/>
     </row>
     <row r="299" spans="1:15">
-      <c r="A299" s="12" t="str">
+      <c r="A299" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B299" s="13"/>
-[...12 lines deleted...]
-      <c r="O299" s="58"/>
+      <c r="B299" s="6"/>
+      <c r="C299" s="42"/>
+      <c r="D299" s="42"/>
+      <c r="E299" s="42"/>
+      <c r="F299" s="6"/>
+      <c r="G299" s="6"/>
+      <c r="H299" s="6"/>
+      <c r="I299" s="48"/>
+      <c r="J299" s="49"/>
+      <c r="K299" s="49"/>
+      <c r="L299" s="65"/>
+      <c r="M299" s="66"/>
+      <c r="N299" s="69"/>
+      <c r="O299" s="69"/>
     </row>
     <row r="300" spans="1:15">
-      <c r="A300" s="12" t="str">
+      <c r="A300" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B300" s="13"/>
-[...12 lines deleted...]
-      <c r="O300" s="58"/>
+      <c r="B300" s="6"/>
+      <c r="C300" s="42"/>
+      <c r="D300" s="42"/>
+      <c r="E300" s="42"/>
+      <c r="F300" s="6"/>
+      <c r="G300" s="6"/>
+      <c r="H300" s="6"/>
+      <c r="I300" s="48"/>
+      <c r="J300" s="49"/>
+      <c r="K300" s="49"/>
+      <c r="L300" s="65"/>
+      <c r="M300" s="66"/>
+      <c r="N300" s="69"/>
+      <c r="O300" s="69"/>
     </row>
     <row r="301" spans="1:15">
-      <c r="A301" s="12" t="str">
+      <c r="A301" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B301" s="13"/>
-[...12 lines deleted...]
-      <c r="O301" s="58"/>
+      <c r="B301" s="6"/>
+      <c r="C301" s="42"/>
+      <c r="D301" s="42"/>
+      <c r="E301" s="42"/>
+      <c r="F301" s="6"/>
+      <c r="G301" s="6"/>
+      <c r="H301" s="6"/>
+      <c r="I301" s="48"/>
+      <c r="J301" s="49"/>
+      <c r="K301" s="49"/>
+      <c r="L301" s="65"/>
+      <c r="M301" s="66"/>
+      <c r="N301" s="69"/>
+      <c r="O301" s="69"/>
     </row>
     <row r="302" spans="1:15">
-      <c r="A302" s="12" t="str">
+      <c r="A302" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B302" s="13"/>
-[...12 lines deleted...]
-      <c r="O302" s="58"/>
+      <c r="B302" s="6"/>
+      <c r="C302" s="42"/>
+      <c r="D302" s="42"/>
+      <c r="E302" s="42"/>
+      <c r="F302" s="6"/>
+      <c r="G302" s="6"/>
+      <c r="H302" s="6"/>
+      <c r="I302" s="48"/>
+      <c r="J302" s="49"/>
+      <c r="K302" s="49"/>
+      <c r="L302" s="65"/>
+      <c r="M302" s="66"/>
+      <c r="N302" s="69"/>
+      <c r="O302" s="69"/>
     </row>
     <row r="303" spans="1:15">
-      <c r="A303" s="12" t="str">
+      <c r="A303" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B303" s="13"/>
-[...12 lines deleted...]
-      <c r="O303" s="58"/>
+      <c r="B303" s="6"/>
+      <c r="C303" s="42"/>
+      <c r="D303" s="42"/>
+      <c r="E303" s="42"/>
+      <c r="F303" s="6"/>
+      <c r="G303" s="6"/>
+      <c r="H303" s="6"/>
+      <c r="I303" s="48"/>
+      <c r="J303" s="49"/>
+      <c r="K303" s="49"/>
+      <c r="L303" s="65"/>
+      <c r="M303" s="66"/>
+      <c r="N303" s="69"/>
+      <c r="O303" s="69"/>
     </row>
     <row r="304" spans="1:15">
-      <c r="A304" s="12" t="str">
+      <c r="A304" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B304" s="13"/>
-[...12 lines deleted...]
-      <c r="O304" s="58"/>
+      <c r="B304" s="6"/>
+      <c r="C304" s="42"/>
+      <c r="D304" s="42"/>
+      <c r="E304" s="42"/>
+      <c r="F304" s="6"/>
+      <c r="G304" s="6"/>
+      <c r="H304" s="6"/>
+      <c r="I304" s="48"/>
+      <c r="J304" s="49"/>
+      <c r="K304" s="49"/>
+      <c r="L304" s="65"/>
+      <c r="M304" s="66"/>
+      <c r="N304" s="69"/>
+      <c r="O304" s="69"/>
     </row>
     <row r="305" spans="1:15">
-      <c r="A305" s="12" t="str">
+      <c r="A305" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B305" s="13"/>
-[...12 lines deleted...]
-      <c r="O305" s="58"/>
+      <c r="B305" s="6"/>
+      <c r="C305" s="42"/>
+      <c r="D305" s="42"/>
+      <c r="E305" s="42"/>
+      <c r="F305" s="6"/>
+      <c r="G305" s="6"/>
+      <c r="H305" s="6"/>
+      <c r="I305" s="48"/>
+      <c r="J305" s="49"/>
+      <c r="K305" s="49"/>
+      <c r="L305" s="65"/>
+      <c r="M305" s="66"/>
+      <c r="N305" s="69"/>
+      <c r="O305" s="69"/>
     </row>
     <row r="306" spans="1:15">
-      <c r="A306" s="12" t="str">
+      <c r="A306" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B306" s="13"/>
-[...12 lines deleted...]
-      <c r="O306" s="58"/>
+      <c r="B306" s="6"/>
+      <c r="C306" s="42"/>
+      <c r="D306" s="42"/>
+      <c r="E306" s="42"/>
+      <c r="F306" s="6"/>
+      <c r="G306" s="6"/>
+      <c r="H306" s="6"/>
+      <c r="I306" s="48"/>
+      <c r="J306" s="49"/>
+      <c r="K306" s="49"/>
+      <c r="L306" s="65"/>
+      <c r="M306" s="66"/>
+      <c r="N306" s="69"/>
+      <c r="O306" s="69"/>
     </row>
     <row r="307" spans="1:15">
-      <c r="A307" s="12" t="str">
+      <c r="A307" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B307" s="13"/>
-[...12 lines deleted...]
-      <c r="O307" s="58"/>
+      <c r="B307" s="6"/>
+      <c r="C307" s="42"/>
+      <c r="D307" s="42"/>
+      <c r="E307" s="42"/>
+      <c r="F307" s="6"/>
+      <c r="G307" s="6"/>
+      <c r="H307" s="6"/>
+      <c r="I307" s="48"/>
+      <c r="J307" s="49"/>
+      <c r="K307" s="49"/>
+      <c r="L307" s="65"/>
+      <c r="M307" s="66"/>
+      <c r="N307" s="69"/>
+      <c r="O307" s="69"/>
     </row>
     <row r="308" spans="1:15">
-      <c r="A308" s="12" t="str">
+      <c r="A308" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B308" s="13"/>
-[...12 lines deleted...]
-      <c r="O308" s="58"/>
+      <c r="B308" s="6"/>
+      <c r="C308" s="42"/>
+      <c r="D308" s="42"/>
+      <c r="E308" s="42"/>
+      <c r="F308" s="6"/>
+      <c r="G308" s="6"/>
+      <c r="H308" s="6"/>
+      <c r="I308" s="48"/>
+      <c r="J308" s="49"/>
+      <c r="K308" s="49"/>
+      <c r="L308" s="65"/>
+      <c r="M308" s="66"/>
+      <c r="N308" s="69"/>
+      <c r="O308" s="69"/>
     </row>
     <row r="309" spans="1:15">
-      <c r="A309" s="12" t="str">
+      <c r="A309" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B309" s="13"/>
-[...12 lines deleted...]
-      <c r="O309" s="58"/>
+      <c r="B309" s="6"/>
+      <c r="C309" s="42"/>
+      <c r="D309" s="42"/>
+      <c r="E309" s="42"/>
+      <c r="F309" s="6"/>
+      <c r="G309" s="6"/>
+      <c r="H309" s="6"/>
+      <c r="I309" s="48"/>
+      <c r="J309" s="49"/>
+      <c r="K309" s="49"/>
+      <c r="L309" s="65"/>
+      <c r="M309" s="66"/>
+      <c r="N309" s="69"/>
+      <c r="O309" s="69"/>
     </row>
     <row r="310" spans="1:15">
-      <c r="A310" s="12" t="str">
+      <c r="A310" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B310" s="13"/>
-[...12 lines deleted...]
-      <c r="O310" s="58"/>
+      <c r="B310" s="6"/>
+      <c r="C310" s="42"/>
+      <c r="D310" s="42"/>
+      <c r="E310" s="42"/>
+      <c r="F310" s="6"/>
+      <c r="G310" s="6"/>
+      <c r="H310" s="6"/>
+      <c r="I310" s="48"/>
+      <c r="J310" s="49"/>
+      <c r="K310" s="49"/>
+      <c r="L310" s="65"/>
+      <c r="M310" s="66"/>
+      <c r="N310" s="69"/>
+      <c r="O310" s="69"/>
     </row>
     <row r="311" spans="1:15">
-      <c r="A311" s="12" t="str">
+      <c r="A311" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B311" s="13"/>
-[...12 lines deleted...]
-      <c r="O311" s="58"/>
+      <c r="B311" s="6"/>
+      <c r="C311" s="42"/>
+      <c r="D311" s="42"/>
+      <c r="E311" s="42"/>
+      <c r="F311" s="6"/>
+      <c r="G311" s="6"/>
+      <c r="H311" s="6"/>
+      <c r="I311" s="48"/>
+      <c r="J311" s="49"/>
+      <c r="K311" s="49"/>
+      <c r="L311" s="65"/>
+      <c r="M311" s="66"/>
+      <c r="N311" s="69"/>
+      <c r="O311" s="69"/>
     </row>
     <row r="312" spans="1:15">
-      <c r="A312" s="12" t="str">
+      <c r="A312" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B312" s="13"/>
-[...12 lines deleted...]
-      <c r="O312" s="58"/>
+      <c r="B312" s="6"/>
+      <c r="C312" s="42"/>
+      <c r="D312" s="42"/>
+      <c r="E312" s="42"/>
+      <c r="F312" s="6"/>
+      <c r="G312" s="6"/>
+      <c r="H312" s="6"/>
+      <c r="I312" s="48"/>
+      <c r="J312" s="49"/>
+      <c r="K312" s="49"/>
+      <c r="L312" s="65"/>
+      <c r="M312" s="66"/>
+      <c r="N312" s="69"/>
+      <c r="O312" s="69"/>
     </row>
     <row r="313" spans="1:15">
-      <c r="A313" s="12" t="str">
+      <c r="A313" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B313" s="13"/>
-[...12 lines deleted...]
-      <c r="O313" s="58"/>
+      <c r="B313" s="6"/>
+      <c r="C313" s="42"/>
+      <c r="D313" s="42"/>
+      <c r="E313" s="42"/>
+      <c r="F313" s="6"/>
+      <c r="G313" s="6"/>
+      <c r="H313" s="6"/>
+      <c r="I313" s="48"/>
+      <c r="J313" s="49"/>
+      <c r="K313" s="49"/>
+      <c r="L313" s="65"/>
+      <c r="M313" s="66"/>
+      <c r="N313" s="69"/>
+      <c r="O313" s="69"/>
     </row>
     <row r="314" spans="1:15">
-      <c r="A314" s="12" t="str">
+      <c r="A314" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B314" s="13"/>
-[...12 lines deleted...]
-      <c r="O314" s="58"/>
+      <c r="B314" s="6"/>
+      <c r="C314" s="42"/>
+      <c r="D314" s="42"/>
+      <c r="E314" s="42"/>
+      <c r="F314" s="6"/>
+      <c r="G314" s="6"/>
+      <c r="H314" s="6"/>
+      <c r="I314" s="48"/>
+      <c r="J314" s="49"/>
+      <c r="K314" s="49"/>
+      <c r="L314" s="65"/>
+      <c r="M314" s="66"/>
+      <c r="N314" s="69"/>
+      <c r="O314" s="69"/>
     </row>
     <row r="315" spans="1:15">
-      <c r="A315" s="12" t="str">
+      <c r="A315" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B315" s="13"/>
-[...12 lines deleted...]
-      <c r="O315" s="58"/>
+      <c r="B315" s="6"/>
+      <c r="C315" s="42"/>
+      <c r="D315" s="42"/>
+      <c r="E315" s="42"/>
+      <c r="F315" s="6"/>
+      <c r="G315" s="6"/>
+      <c r="H315" s="6"/>
+      <c r="I315" s="48"/>
+      <c r="J315" s="49"/>
+      <c r="K315" s="49"/>
+      <c r="L315" s="65"/>
+      <c r="M315" s="66"/>
+      <c r="N315" s="69"/>
+      <c r="O315" s="69"/>
     </row>
     <row r="316" spans="1:15">
-      <c r="A316" s="12" t="str">
+      <c r="A316" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B316" s="13"/>
-[...12 lines deleted...]
-      <c r="O316" s="58"/>
+      <c r="B316" s="6"/>
+      <c r="C316" s="42"/>
+      <c r="D316" s="42"/>
+      <c r="E316" s="42"/>
+      <c r="F316" s="6"/>
+      <c r="G316" s="6"/>
+      <c r="H316" s="6"/>
+      <c r="I316" s="48"/>
+      <c r="J316" s="49"/>
+      <c r="K316" s="49"/>
+      <c r="L316" s="65"/>
+      <c r="M316" s="66"/>
+      <c r="N316" s="69"/>
+      <c r="O316" s="69"/>
     </row>
     <row r="317" spans="1:15">
-      <c r="A317" s="12" t="str">
+      <c r="A317" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B317" s="13"/>
-[...12 lines deleted...]
-      <c r="O317" s="58"/>
+      <c r="B317" s="6"/>
+      <c r="C317" s="42"/>
+      <c r="D317" s="42"/>
+      <c r="E317" s="42"/>
+      <c r="F317" s="6"/>
+      <c r="G317" s="6"/>
+      <c r="H317" s="6"/>
+      <c r="I317" s="48"/>
+      <c r="J317" s="49"/>
+      <c r="K317" s="49"/>
+      <c r="L317" s="65"/>
+      <c r="M317" s="66"/>
+      <c r="N317" s="69"/>
+      <c r="O317" s="69"/>
     </row>
     <row r="318" spans="1:15">
-      <c r="A318" s="12" t="str">
+      <c r="A318" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B318" s="13"/>
-[...12 lines deleted...]
-      <c r="O318" s="58"/>
+      <c r="B318" s="6"/>
+      <c r="C318" s="42"/>
+      <c r="D318" s="42"/>
+      <c r="E318" s="42"/>
+      <c r="F318" s="6"/>
+      <c r="G318" s="6"/>
+      <c r="H318" s="6"/>
+      <c r="I318" s="48"/>
+      <c r="J318" s="49"/>
+      <c r="K318" s="49"/>
+      <c r="L318" s="65"/>
+      <c r="M318" s="66"/>
+      <c r="N318" s="69"/>
+      <c r="O318" s="69"/>
     </row>
     <row r="319" spans="1:15">
-      <c r="A319" s="12" t="str">
+      <c r="A319" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B319" s="13"/>
-[...12 lines deleted...]
-      <c r="O319" s="58"/>
+      <c r="B319" s="6"/>
+      <c r="C319" s="42"/>
+      <c r="D319" s="42"/>
+      <c r="E319" s="42"/>
+      <c r="F319" s="6"/>
+      <c r="G319" s="6"/>
+      <c r="H319" s="6"/>
+      <c r="I319" s="48"/>
+      <c r="J319" s="49"/>
+      <c r="K319" s="49"/>
+      <c r="L319" s="65"/>
+      <c r="M319" s="66"/>
+      <c r="N319" s="69"/>
+      <c r="O319" s="69"/>
     </row>
     <row r="320" spans="1:15">
-      <c r="A320" s="12" t="str">
+      <c r="A320" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B320" s="13"/>
-[...12 lines deleted...]
-      <c r="O320" s="58"/>
+      <c r="B320" s="6"/>
+      <c r="C320" s="42"/>
+      <c r="D320" s="42"/>
+      <c r="E320" s="42"/>
+      <c r="F320" s="6"/>
+      <c r="G320" s="6"/>
+      <c r="H320" s="6"/>
+      <c r="I320" s="48"/>
+      <c r="J320" s="49"/>
+      <c r="K320" s="49"/>
+      <c r="L320" s="65"/>
+      <c r="M320" s="66"/>
+      <c r="N320" s="69"/>
+      <c r="O320" s="69"/>
     </row>
     <row r="321" spans="1:15">
-      <c r="A321" s="12" t="str">
+      <c r="A321" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B321" s="13"/>
-[...12 lines deleted...]
-      <c r="O321" s="58"/>
+      <c r="B321" s="6"/>
+      <c r="C321" s="42"/>
+      <c r="D321" s="42"/>
+      <c r="E321" s="42"/>
+      <c r="F321" s="6"/>
+      <c r="G321" s="6"/>
+      <c r="H321" s="6"/>
+      <c r="I321" s="48"/>
+      <c r="J321" s="49"/>
+      <c r="K321" s="49"/>
+      <c r="L321" s="65"/>
+      <c r="M321" s="66"/>
+      <c r="N321" s="69"/>
+      <c r="O321" s="69"/>
     </row>
     <row r="322" spans="1:15">
-      <c r="A322" s="12" t="str">
+      <c r="A322" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B322" s="13"/>
-[...12 lines deleted...]
-      <c r="O322" s="58"/>
+      <c r="B322" s="6"/>
+      <c r="C322" s="42"/>
+      <c r="D322" s="42"/>
+      <c r="E322" s="42"/>
+      <c r="F322" s="6"/>
+      <c r="G322" s="6"/>
+      <c r="H322" s="6"/>
+      <c r="I322" s="48"/>
+      <c r="J322" s="49"/>
+      <c r="K322" s="49"/>
+      <c r="L322" s="65"/>
+      <c r="M322" s="66"/>
+      <c r="N322" s="69"/>
+      <c r="O322" s="69"/>
     </row>
     <row r="323" spans="1:15">
-      <c r="A323" s="12" t="str">
+      <c r="A323" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B323" s="13"/>
-[...12 lines deleted...]
-      <c r="O323" s="58"/>
+      <c r="B323" s="6"/>
+      <c r="C323" s="42"/>
+      <c r="D323" s="42"/>
+      <c r="E323" s="42"/>
+      <c r="F323" s="6"/>
+      <c r="G323" s="6"/>
+      <c r="H323" s="6"/>
+      <c r="I323" s="48"/>
+      <c r="J323" s="49"/>
+      <c r="K323" s="49"/>
+      <c r="L323" s="65"/>
+      <c r="M323" s="66"/>
+      <c r="N323" s="69"/>
+      <c r="O323" s="69"/>
     </row>
     <row r="324" spans="1:15">
-      <c r="A324" s="12" t="str">
+      <c r="A324" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B324" s="13"/>
-[...12 lines deleted...]
-      <c r="O324" s="58"/>
+      <c r="B324" s="6"/>
+      <c r="C324" s="42"/>
+      <c r="D324" s="42"/>
+      <c r="E324" s="42"/>
+      <c r="F324" s="6"/>
+      <c r="G324" s="6"/>
+      <c r="H324" s="6"/>
+      <c r="I324" s="48"/>
+      <c r="J324" s="49"/>
+      <c r="K324" s="49"/>
+      <c r="L324" s="65"/>
+      <c r="M324" s="66"/>
+      <c r="N324" s="69"/>
+      <c r="O324" s="69"/>
     </row>
     <row r="325" spans="1:15">
-      <c r="A325" s="12" t="str">
+      <c r="A325" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B325" s="13"/>
-[...12 lines deleted...]
-      <c r="O325" s="58"/>
+      <c r="B325" s="6"/>
+      <c r="C325" s="42"/>
+      <c r="D325" s="42"/>
+      <c r="E325" s="42"/>
+      <c r="F325" s="6"/>
+      <c r="G325" s="6"/>
+      <c r="H325" s="6"/>
+      <c r="I325" s="48"/>
+      <c r="J325" s="49"/>
+      <c r="K325" s="49"/>
+      <c r="L325" s="65"/>
+      <c r="M325" s="66"/>
+      <c r="N325" s="69"/>
+      <c r="O325" s="69"/>
     </row>
     <row r="326" spans="1:15">
-      <c r="A326" s="12" t="str">
+      <c r="A326" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B326" s="13"/>
-[...12 lines deleted...]
-      <c r="O326" s="58"/>
+      <c r="B326" s="6"/>
+      <c r="C326" s="42"/>
+      <c r="D326" s="42"/>
+      <c r="E326" s="42"/>
+      <c r="F326" s="6"/>
+      <c r="G326" s="6"/>
+      <c r="H326" s="6"/>
+      <c r="I326" s="48"/>
+      <c r="J326" s="49"/>
+      <c r="K326" s="49"/>
+      <c r="L326" s="65"/>
+      <c r="M326" s="66"/>
+      <c r="N326" s="69"/>
+      <c r="O326" s="69"/>
     </row>
     <row r="327" spans="1:15">
-      <c r="A327" s="12" t="str">
+      <c r="A327" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B327" s="13"/>
-[...12 lines deleted...]
-      <c r="O327" s="58"/>
+      <c r="B327" s="6"/>
+      <c r="C327" s="42"/>
+      <c r="D327" s="42"/>
+      <c r="E327" s="42"/>
+      <c r="F327" s="6"/>
+      <c r="G327" s="6"/>
+      <c r="H327" s="6"/>
+      <c r="I327" s="48"/>
+      <c r="J327" s="49"/>
+      <c r="K327" s="49"/>
+      <c r="L327" s="65"/>
+      <c r="M327" s="66"/>
+      <c r="N327" s="69"/>
+      <c r="O327" s="69"/>
     </row>
     <row r="328" spans="1:15">
-      <c r="A328" s="12" t="str">
+      <c r="A328" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B328" s="13"/>
-[...12 lines deleted...]
-      <c r="O328" s="58"/>
+      <c r="B328" s="6"/>
+      <c r="C328" s="42"/>
+      <c r="D328" s="42"/>
+      <c r="E328" s="42"/>
+      <c r="F328" s="6"/>
+      <c r="G328" s="6"/>
+      <c r="H328" s="6"/>
+      <c r="I328" s="48"/>
+      <c r="J328" s="49"/>
+      <c r="K328" s="49"/>
+      <c r="L328" s="65"/>
+      <c r="M328" s="66"/>
+      <c r="N328" s="69"/>
+      <c r="O328" s="69"/>
     </row>
     <row r="329" spans="1:15">
-      <c r="A329" s="12" t="str">
+      <c r="A329" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B329" s="13"/>
-[...12 lines deleted...]
-      <c r="O329" s="58"/>
+      <c r="B329" s="6"/>
+      <c r="C329" s="42"/>
+      <c r="D329" s="42"/>
+      <c r="E329" s="42"/>
+      <c r="F329" s="6"/>
+      <c r="G329" s="6"/>
+      <c r="H329" s="6"/>
+      <c r="I329" s="48"/>
+      <c r="J329" s="49"/>
+      <c r="K329" s="49"/>
+      <c r="L329" s="65"/>
+      <c r="M329" s="66"/>
+      <c r="N329" s="69"/>
+      <c r="O329" s="69"/>
     </row>
     <row r="330" spans="1:15">
-      <c r="A330" s="12" t="str">
+      <c r="A330" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B330" s="13"/>
-[...12 lines deleted...]
-      <c r="O330" s="58"/>
+      <c r="B330" s="6"/>
+      <c r="C330" s="42"/>
+      <c r="D330" s="42"/>
+      <c r="E330" s="42"/>
+      <c r="F330" s="6"/>
+      <c r="G330" s="6"/>
+      <c r="H330" s="6"/>
+      <c r="I330" s="48"/>
+      <c r="J330" s="49"/>
+      <c r="K330" s="49"/>
+      <c r="L330" s="65"/>
+      <c r="M330" s="66"/>
+      <c r="N330" s="69"/>
+      <c r="O330" s="69"/>
     </row>
     <row r="331" spans="1:15">
-      <c r="A331" s="12" t="str">
+      <c r="A331" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B331" s="13"/>
-[...12 lines deleted...]
-      <c r="O331" s="58"/>
+      <c r="B331" s="6"/>
+      <c r="C331" s="42"/>
+      <c r="D331" s="42"/>
+      <c r="E331" s="42"/>
+      <c r="F331" s="6"/>
+      <c r="G331" s="6"/>
+      <c r="H331" s="6"/>
+      <c r="I331" s="48"/>
+      <c r="J331" s="49"/>
+      <c r="K331" s="49"/>
+      <c r="L331" s="65"/>
+      <c r="M331" s="66"/>
+      <c r="N331" s="69"/>
+      <c r="O331" s="69"/>
     </row>
     <row r="332" spans="1:15">
-      <c r="A332" s="12" t="str">
+      <c r="A332" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B332" s="13"/>
-[...12 lines deleted...]
-      <c r="O332" s="58"/>
+      <c r="B332" s="6"/>
+      <c r="C332" s="42"/>
+      <c r="D332" s="42"/>
+      <c r="E332" s="42"/>
+      <c r="F332" s="6"/>
+      <c r="G332" s="6"/>
+      <c r="H332" s="6"/>
+      <c r="I332" s="48"/>
+      <c r="J332" s="49"/>
+      <c r="K332" s="49"/>
+      <c r="L332" s="65"/>
+      <c r="M332" s="66"/>
+      <c r="N332" s="69"/>
+      <c r="O332" s="69"/>
     </row>
     <row r="333" spans="1:15">
-      <c r="A333" s="12" t="str">
+      <c r="A333" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B333" s="13"/>
-[...12 lines deleted...]
-      <c r="O333" s="58"/>
+      <c r="B333" s="6"/>
+      <c r="C333" s="42"/>
+      <c r="D333" s="42"/>
+      <c r="E333" s="42"/>
+      <c r="F333" s="6"/>
+      <c r="G333" s="6"/>
+      <c r="H333" s="6"/>
+      <c r="I333" s="48"/>
+      <c r="J333" s="49"/>
+      <c r="K333" s="49"/>
+      <c r="L333" s="65"/>
+      <c r="M333" s="66"/>
+      <c r="N333" s="69"/>
+      <c r="O333" s="69"/>
     </row>
     <row r="334" spans="1:15">
-      <c r="A334" s="12" t="str">
+      <c r="A334" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B334" s="13"/>
-[...12 lines deleted...]
-      <c r="O334" s="58"/>
+      <c r="B334" s="6"/>
+      <c r="C334" s="42"/>
+      <c r="D334" s="42"/>
+      <c r="E334" s="42"/>
+      <c r="F334" s="6"/>
+      <c r="G334" s="6"/>
+      <c r="H334" s="6"/>
+      <c r="I334" s="48"/>
+      <c r="J334" s="49"/>
+      <c r="K334" s="49"/>
+      <c r="L334" s="65"/>
+      <c r="M334" s="66"/>
+      <c r="N334" s="69"/>
+      <c r="O334" s="69"/>
     </row>
     <row r="335" spans="1:15">
-      <c r="A335" s="12" t="str">
+      <c r="A335" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B335" s="13"/>
-[...12 lines deleted...]
-      <c r="O335" s="58"/>
+      <c r="B335" s="6"/>
+      <c r="C335" s="42"/>
+      <c r="D335" s="42"/>
+      <c r="E335" s="42"/>
+      <c r="F335" s="6"/>
+      <c r="G335" s="6"/>
+      <c r="H335" s="6"/>
+      <c r="I335" s="48"/>
+      <c r="J335" s="49"/>
+      <c r="K335" s="49"/>
+      <c r="L335" s="65"/>
+      <c r="M335" s="66"/>
+      <c r="N335" s="69"/>
+      <c r="O335" s="69"/>
     </row>
     <row r="336" spans="1:15">
-      <c r="A336" s="12" t="str">
+      <c r="A336" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B336" s="13"/>
-[...12 lines deleted...]
-      <c r="O336" s="58"/>
+      <c r="B336" s="6"/>
+      <c r="C336" s="42"/>
+      <c r="D336" s="42"/>
+      <c r="E336" s="42"/>
+      <c r="F336" s="6"/>
+      <c r="G336" s="6"/>
+      <c r="H336" s="6"/>
+      <c r="I336" s="48"/>
+      <c r="J336" s="49"/>
+      <c r="K336" s="49"/>
+      <c r="L336" s="65"/>
+      <c r="M336" s="66"/>
+      <c r="N336" s="69"/>
+      <c r="O336" s="69"/>
     </row>
     <row r="337" spans="1:15">
-      <c r="A337" s="12" t="str">
+      <c r="A337" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B337" s="13"/>
-[...12 lines deleted...]
-      <c r="O337" s="58"/>
+      <c r="B337" s="6"/>
+      <c r="C337" s="42"/>
+      <c r="D337" s="42"/>
+      <c r="E337" s="42"/>
+      <c r="F337" s="6"/>
+      <c r="G337" s="6"/>
+      <c r="H337" s="6"/>
+      <c r="I337" s="48"/>
+      <c r="J337" s="49"/>
+      <c r="K337" s="49"/>
+      <c r="L337" s="65"/>
+      <c r="M337" s="66"/>
+      <c r="N337" s="69"/>
+      <c r="O337" s="69"/>
     </row>
     <row r="338" spans="1:15">
-      <c r="A338" s="12" t="str">
+      <c r="A338" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B338" s="13"/>
-[...12 lines deleted...]
-      <c r="O338" s="58"/>
+      <c r="B338" s="6"/>
+      <c r="C338" s="42"/>
+      <c r="D338" s="42"/>
+      <c r="E338" s="42"/>
+      <c r="F338" s="6"/>
+      <c r="G338" s="6"/>
+      <c r="H338" s="6"/>
+      <c r="I338" s="48"/>
+      <c r="J338" s="49"/>
+      <c r="K338" s="49"/>
+      <c r="L338" s="65"/>
+      <c r="M338" s="66"/>
+      <c r="N338" s="69"/>
+      <c r="O338" s="69"/>
     </row>
     <row r="339" spans="1:15">
-      <c r="A339" s="12" t="str">
+      <c r="A339" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B339" s="13"/>
-[...12 lines deleted...]
-      <c r="O339" s="58"/>
+      <c r="B339" s="6"/>
+      <c r="C339" s="42"/>
+      <c r="D339" s="42"/>
+      <c r="E339" s="42"/>
+      <c r="F339" s="6"/>
+      <c r="G339" s="6"/>
+      <c r="H339" s="6"/>
+      <c r="I339" s="48"/>
+      <c r="J339" s="49"/>
+      <c r="K339" s="49"/>
+      <c r="L339" s="65"/>
+      <c r="M339" s="66"/>
+      <c r="N339" s="69"/>
+      <c r="O339" s="69"/>
     </row>
     <row r="340" spans="1:15">
-      <c r="A340" s="12" t="str">
+      <c r="A340" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B340" s="13"/>
-[...12 lines deleted...]
-      <c r="O340" s="58"/>
+      <c r="B340" s="6"/>
+      <c r="C340" s="42"/>
+      <c r="D340" s="42"/>
+      <c r="E340" s="42"/>
+      <c r="F340" s="6"/>
+      <c r="G340" s="6"/>
+      <c r="H340" s="6"/>
+      <c r="I340" s="48"/>
+      <c r="J340" s="49"/>
+      <c r="K340" s="49"/>
+      <c r="L340" s="65"/>
+      <c r="M340" s="66"/>
+      <c r="N340" s="69"/>
+      <c r="O340" s="69"/>
     </row>
     <row r="341" spans="1:15">
-      <c r="A341" s="12" t="str">
+      <c r="A341" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B341" s="13"/>
-[...12 lines deleted...]
-      <c r="O341" s="58"/>
+      <c r="B341" s="6"/>
+      <c r="C341" s="42"/>
+      <c r="D341" s="42"/>
+      <c r="E341" s="42"/>
+      <c r="F341" s="6"/>
+      <c r="G341" s="6"/>
+      <c r="H341" s="6"/>
+      <c r="I341" s="48"/>
+      <c r="J341" s="49"/>
+      <c r="K341" s="49"/>
+      <c r="L341" s="65"/>
+      <c r="M341" s="66"/>
+      <c r="N341" s="69"/>
+      <c r="O341" s="69"/>
     </row>
     <row r="342" spans="1:15">
-      <c r="A342" s="12" t="str">
+      <c r="A342" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B342" s="13"/>
-[...12 lines deleted...]
-      <c r="O342" s="58"/>
+      <c r="B342" s="6"/>
+      <c r="C342" s="42"/>
+      <c r="D342" s="42"/>
+      <c r="E342" s="42"/>
+      <c r="F342" s="6"/>
+      <c r="G342" s="6"/>
+      <c r="H342" s="6"/>
+      <c r="I342" s="48"/>
+      <c r="J342" s="49"/>
+      <c r="K342" s="49"/>
+      <c r="L342" s="65"/>
+      <c r="M342" s="66"/>
+      <c r="N342" s="69"/>
+      <c r="O342" s="69"/>
     </row>
     <row r="343" spans="1:15">
-      <c r="A343" s="12" t="str">
+      <c r="A343" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B343" s="13"/>
-[...12 lines deleted...]
-      <c r="O343" s="58"/>
+      <c r="B343" s="6"/>
+      <c r="C343" s="42"/>
+      <c r="D343" s="42"/>
+      <c r="E343" s="42"/>
+      <c r="F343" s="6"/>
+      <c r="G343" s="6"/>
+      <c r="H343" s="6"/>
+      <c r="I343" s="48"/>
+      <c r="J343" s="49"/>
+      <c r="K343" s="49"/>
+      <c r="L343" s="65"/>
+      <c r="M343" s="66"/>
+      <c r="N343" s="69"/>
+      <c r="O343" s="69"/>
     </row>
     <row r="344" spans="1:15">
-      <c r="A344" s="12" t="str">
+      <c r="A344" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B344" s="13"/>
-[...12 lines deleted...]
-      <c r="O344" s="58"/>
+      <c r="B344" s="6"/>
+      <c r="C344" s="42"/>
+      <c r="D344" s="42"/>
+      <c r="E344" s="42"/>
+      <c r="F344" s="6"/>
+      <c r="G344" s="6"/>
+      <c r="H344" s="6"/>
+      <c r="I344" s="48"/>
+      <c r="J344" s="49"/>
+      <c r="K344" s="49"/>
+      <c r="L344" s="65"/>
+      <c r="M344" s="66"/>
+      <c r="N344" s="69"/>
+      <c r="O344" s="69"/>
     </row>
     <row r="345" spans="1:15">
-      <c r="A345" s="12" t="str">
+      <c r="A345" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B345" s="13"/>
-[...12 lines deleted...]
-      <c r="O345" s="58"/>
+      <c r="B345" s="6"/>
+      <c r="C345" s="42"/>
+      <c r="D345" s="42"/>
+      <c r="E345" s="42"/>
+      <c r="F345" s="6"/>
+      <c r="G345" s="6"/>
+      <c r="H345" s="6"/>
+      <c r="I345" s="48"/>
+      <c r="J345" s="49"/>
+      <c r="K345" s="49"/>
+      <c r="L345" s="65"/>
+      <c r="M345" s="66"/>
+      <c r="N345" s="69"/>
+      <c r="O345" s="69"/>
     </row>
     <row r="346" spans="1:15">
-      <c r="A346" s="12" t="str">
+      <c r="A346" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B346" s="13"/>
-[...12 lines deleted...]
-      <c r="O346" s="58"/>
+      <c r="B346" s="6"/>
+      <c r="C346" s="42"/>
+      <c r="D346" s="42"/>
+      <c r="E346" s="42"/>
+      <c r="F346" s="6"/>
+      <c r="G346" s="6"/>
+      <c r="H346" s="6"/>
+      <c r="I346" s="48"/>
+      <c r="J346" s="49"/>
+      <c r="K346" s="49"/>
+      <c r="L346" s="65"/>
+      <c r="M346" s="66"/>
+      <c r="N346" s="69"/>
+      <c r="O346" s="69"/>
     </row>
     <row r="347" spans="1:15">
-      <c r="A347" s="12" t="str">
+      <c r="A347" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B347" s="13"/>
-[...12 lines deleted...]
-      <c r="O347" s="58"/>
+      <c r="B347" s="6"/>
+      <c r="C347" s="42"/>
+      <c r="D347" s="42"/>
+      <c r="E347" s="42"/>
+      <c r="F347" s="6"/>
+      <c r="G347" s="6"/>
+      <c r="H347" s="6"/>
+      <c r="I347" s="48"/>
+      <c r="J347" s="49"/>
+      <c r="K347" s="49"/>
+      <c r="L347" s="65"/>
+      <c r="M347" s="66"/>
+      <c r="N347" s="69"/>
+      <c r="O347" s="69"/>
     </row>
     <row r="348" spans="1:15">
-      <c r="A348" s="12" t="str">
+      <c r="A348" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B348" s="13"/>
-[...12 lines deleted...]
-      <c r="O348" s="58"/>
+      <c r="B348" s="6"/>
+      <c r="C348" s="42"/>
+      <c r="D348" s="42"/>
+      <c r="E348" s="42"/>
+      <c r="F348" s="6"/>
+      <c r="G348" s="6"/>
+      <c r="H348" s="6"/>
+      <c r="I348" s="48"/>
+      <c r="J348" s="49"/>
+      <c r="K348" s="49"/>
+      <c r="L348" s="65"/>
+      <c r="M348" s="66"/>
+      <c r="N348" s="69"/>
+      <c r="O348" s="69"/>
     </row>
     <row r="349" spans="1:15">
-      <c r="A349" s="12" t="str">
+      <c r="A349" s="5" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="B349" s="13"/>
-[...12 lines deleted...]
-      <c r="O349" s="58"/>
+      <c r="B349" s="6"/>
+      <c r="C349" s="42"/>
+      <c r="D349" s="42"/>
+      <c r="E349" s="42"/>
+      <c r="F349" s="6"/>
+      <c r="G349" s="6"/>
+      <c r="H349" s="6"/>
+      <c r="I349" s="48"/>
+      <c r="J349" s="49"/>
+      <c r="K349" s="49"/>
+      <c r="L349" s="65"/>
+      <c r="M349" s="66"/>
+      <c r="N349" s="69"/>
+      <c r="O349" s="69"/>
     </row>
     <row r="350" spans="1:15">
-      <c r="A350" s="12" t="str">
+      <c r="A350" s="5" t="str">
         <f t="shared" ref="A350:A413" si="5">IF(AND(ISBLANK(B349),ISBLANK(C349),ISBLANK(F349),ISBLANK(G349),ISBLANK(H349),ISBLANK(I349),ISBLANK(J349),ISBLANK(K349),ISBLANK(L349),ISBLANK(M349),ISBLANK(N349),ISBLANK(O349)),"",ROW(A350)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B350" s="13"/>
-[...12 lines deleted...]
-      <c r="O350" s="58"/>
+      <c r="B350" s="6"/>
+      <c r="C350" s="42"/>
+      <c r="D350" s="42"/>
+      <c r="E350" s="42"/>
+      <c r="F350" s="6"/>
+      <c r="G350" s="6"/>
+      <c r="H350" s="6"/>
+      <c r="I350" s="48"/>
+      <c r="J350" s="49"/>
+      <c r="K350" s="49"/>
+      <c r="L350" s="65"/>
+      <c r="M350" s="66"/>
+      <c r="N350" s="69"/>
+      <c r="O350" s="69"/>
     </row>
     <row r="351" spans="1:15">
-      <c r="A351" s="12" t="str">
+      <c r="A351" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B351" s="13"/>
-[...12 lines deleted...]
-      <c r="O351" s="58"/>
+      <c r="B351" s="6"/>
+      <c r="C351" s="42"/>
+      <c r="D351" s="42"/>
+      <c r="E351" s="42"/>
+      <c r="F351" s="6"/>
+      <c r="G351" s="6"/>
+      <c r="H351" s="6"/>
+      <c r="I351" s="48"/>
+      <c r="J351" s="49"/>
+      <c r="K351" s="49"/>
+      <c r="L351" s="65"/>
+      <c r="M351" s="66"/>
+      <c r="N351" s="69"/>
+      <c r="O351" s="69"/>
     </row>
     <row r="352" spans="1:15">
-      <c r="A352" s="12" t="str">
+      <c r="A352" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B352" s="13"/>
-[...12 lines deleted...]
-      <c r="O352" s="58"/>
+      <c r="B352" s="6"/>
+      <c r="C352" s="42"/>
+      <c r="D352" s="42"/>
+      <c r="E352" s="42"/>
+      <c r="F352" s="6"/>
+      <c r="G352" s="6"/>
+      <c r="H352" s="6"/>
+      <c r="I352" s="48"/>
+      <c r="J352" s="49"/>
+      <c r="K352" s="49"/>
+      <c r="L352" s="65"/>
+      <c r="M352" s="66"/>
+      <c r="N352" s="69"/>
+      <c r="O352" s="69"/>
     </row>
     <row r="353" spans="1:15">
-      <c r="A353" s="12" t="str">
+      <c r="A353" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B353" s="13"/>
-[...12 lines deleted...]
-      <c r="O353" s="58"/>
+      <c r="B353" s="6"/>
+      <c r="C353" s="42"/>
+      <c r="D353" s="42"/>
+      <c r="E353" s="42"/>
+      <c r="F353" s="6"/>
+      <c r="G353" s="6"/>
+      <c r="H353" s="6"/>
+      <c r="I353" s="48"/>
+      <c r="J353" s="49"/>
+      <c r="K353" s="49"/>
+      <c r="L353" s="65"/>
+      <c r="M353" s="66"/>
+      <c r="N353" s="69"/>
+      <c r="O353" s="69"/>
     </row>
     <row r="354" spans="1:15">
-      <c r="A354" s="12" t="str">
+      <c r="A354" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B354" s="13"/>
-[...12 lines deleted...]
-      <c r="O354" s="58"/>
+      <c r="B354" s="6"/>
+      <c r="C354" s="42"/>
+      <c r="D354" s="42"/>
+      <c r="E354" s="42"/>
+      <c r="F354" s="6"/>
+      <c r="G354" s="6"/>
+      <c r="H354" s="6"/>
+      <c r="I354" s="48"/>
+      <c r="J354" s="49"/>
+      <c r="K354" s="49"/>
+      <c r="L354" s="65"/>
+      <c r="M354" s="66"/>
+      <c r="N354" s="69"/>
+      <c r="O354" s="69"/>
     </row>
     <row r="355" spans="1:15">
-      <c r="A355" s="12" t="str">
+      <c r="A355" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B355" s="13"/>
-[...12 lines deleted...]
-      <c r="O355" s="58"/>
+      <c r="B355" s="6"/>
+      <c r="C355" s="42"/>
+      <c r="D355" s="42"/>
+      <c r="E355" s="42"/>
+      <c r="F355" s="6"/>
+      <c r="G355" s="6"/>
+      <c r="H355" s="6"/>
+      <c r="I355" s="48"/>
+      <c r="J355" s="49"/>
+      <c r="K355" s="49"/>
+      <c r="L355" s="65"/>
+      <c r="M355" s="66"/>
+      <c r="N355" s="69"/>
+      <c r="O355" s="69"/>
     </row>
     <row r="356" spans="1:15">
-      <c r="A356" s="12" t="str">
+      <c r="A356" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B356" s="13"/>
-[...12 lines deleted...]
-      <c r="O356" s="58"/>
+      <c r="B356" s="6"/>
+      <c r="C356" s="42"/>
+      <c r="D356" s="42"/>
+      <c r="E356" s="42"/>
+      <c r="F356" s="6"/>
+      <c r="G356" s="6"/>
+      <c r="H356" s="6"/>
+      <c r="I356" s="48"/>
+      <c r="J356" s="49"/>
+      <c r="K356" s="49"/>
+      <c r="L356" s="65"/>
+      <c r="M356" s="66"/>
+      <c r="N356" s="69"/>
+      <c r="O356" s="69"/>
     </row>
     <row r="357" spans="1:15">
-      <c r="A357" s="12" t="str">
+      <c r="A357" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B357" s="13"/>
-[...12 lines deleted...]
-      <c r="O357" s="58"/>
+      <c r="B357" s="6"/>
+      <c r="C357" s="42"/>
+      <c r="D357" s="42"/>
+      <c r="E357" s="42"/>
+      <c r="F357" s="6"/>
+      <c r="G357" s="6"/>
+      <c r="H357" s="6"/>
+      <c r="I357" s="48"/>
+      <c r="J357" s="49"/>
+      <c r="K357" s="49"/>
+      <c r="L357" s="65"/>
+      <c r="M357" s="66"/>
+      <c r="N357" s="69"/>
+      <c r="O357" s="69"/>
     </row>
     <row r="358" spans="1:15">
-      <c r="A358" s="12" t="str">
+      <c r="A358" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B358" s="13"/>
-[...12 lines deleted...]
-      <c r="O358" s="58"/>
+      <c r="B358" s="6"/>
+      <c r="C358" s="42"/>
+      <c r="D358" s="42"/>
+      <c r="E358" s="42"/>
+      <c r="F358" s="6"/>
+      <c r="G358" s="6"/>
+      <c r="H358" s="6"/>
+      <c r="I358" s="48"/>
+      <c r="J358" s="49"/>
+      <c r="K358" s="49"/>
+      <c r="L358" s="65"/>
+      <c r="M358" s="66"/>
+      <c r="N358" s="69"/>
+      <c r="O358" s="69"/>
     </row>
     <row r="359" spans="1:15">
-      <c r="A359" s="12" t="str">
+      <c r="A359" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B359" s="13"/>
-[...12 lines deleted...]
-      <c r="O359" s="58"/>
+      <c r="B359" s="6"/>
+      <c r="C359" s="42"/>
+      <c r="D359" s="42"/>
+      <c r="E359" s="42"/>
+      <c r="F359" s="6"/>
+      <c r="G359" s="6"/>
+      <c r="H359" s="6"/>
+      <c r="I359" s="48"/>
+      <c r="J359" s="49"/>
+      <c r="K359" s="49"/>
+      <c r="L359" s="65"/>
+      <c r="M359" s="66"/>
+      <c r="N359" s="69"/>
+      <c r="O359" s="69"/>
     </row>
     <row r="360" spans="1:15">
-      <c r="A360" s="12" t="str">
+      <c r="A360" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B360" s="13"/>
-[...12 lines deleted...]
-      <c r="O360" s="58"/>
+      <c r="B360" s="6"/>
+      <c r="C360" s="42"/>
+      <c r="D360" s="42"/>
+      <c r="E360" s="42"/>
+      <c r="F360" s="6"/>
+      <c r="G360" s="6"/>
+      <c r="H360" s="6"/>
+      <c r="I360" s="48"/>
+      <c r="J360" s="49"/>
+      <c r="K360" s="49"/>
+      <c r="L360" s="65"/>
+      <c r="M360" s="66"/>
+      <c r="N360" s="69"/>
+      <c r="O360" s="69"/>
     </row>
     <row r="361" spans="1:15">
-      <c r="A361" s="12" t="str">
+      <c r="A361" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B361" s="13"/>
-[...12 lines deleted...]
-      <c r="O361" s="58"/>
+      <c r="B361" s="6"/>
+      <c r="C361" s="42"/>
+      <c r="D361" s="42"/>
+      <c r="E361" s="42"/>
+      <c r="F361" s="6"/>
+      <c r="G361" s="6"/>
+      <c r="H361" s="6"/>
+      <c r="I361" s="48"/>
+      <c r="J361" s="49"/>
+      <c r="K361" s="49"/>
+      <c r="L361" s="65"/>
+      <c r="M361" s="66"/>
+      <c r="N361" s="69"/>
+      <c r="O361" s="69"/>
     </row>
     <row r="362" spans="1:15">
-      <c r="A362" s="12" t="str">
+      <c r="A362" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B362" s="13"/>
-[...12 lines deleted...]
-      <c r="O362" s="58"/>
+      <c r="B362" s="6"/>
+      <c r="C362" s="42"/>
+      <c r="D362" s="42"/>
+      <c r="E362" s="42"/>
+      <c r="F362" s="6"/>
+      <c r="G362" s="6"/>
+      <c r="H362" s="6"/>
+      <c r="I362" s="48"/>
+      <c r="J362" s="49"/>
+      <c r="K362" s="49"/>
+      <c r="L362" s="65"/>
+      <c r="M362" s="66"/>
+      <c r="N362" s="69"/>
+      <c r="O362" s="69"/>
     </row>
     <row r="363" spans="1:15">
-      <c r="A363" s="12" t="str">
+      <c r="A363" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B363" s="13"/>
-[...12 lines deleted...]
-      <c r="O363" s="58"/>
+      <c r="B363" s="6"/>
+      <c r="C363" s="42"/>
+      <c r="D363" s="42"/>
+      <c r="E363" s="42"/>
+      <c r="F363" s="6"/>
+      <c r="G363" s="6"/>
+      <c r="H363" s="6"/>
+      <c r="I363" s="48"/>
+      <c r="J363" s="49"/>
+      <c r="K363" s="49"/>
+      <c r="L363" s="65"/>
+      <c r="M363" s="66"/>
+      <c r="N363" s="69"/>
+      <c r="O363" s="69"/>
     </row>
     <row r="364" spans="1:15">
-      <c r="A364" s="12" t="str">
+      <c r="A364" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B364" s="13"/>
-[...12 lines deleted...]
-      <c r="O364" s="58"/>
+      <c r="B364" s="6"/>
+      <c r="C364" s="42"/>
+      <c r="D364" s="42"/>
+      <c r="E364" s="42"/>
+      <c r="F364" s="6"/>
+      <c r="G364" s="6"/>
+      <c r="H364" s="6"/>
+      <c r="I364" s="48"/>
+      <c r="J364" s="49"/>
+      <c r="K364" s="49"/>
+      <c r="L364" s="65"/>
+      <c r="M364" s="66"/>
+      <c r="N364" s="69"/>
+      <c r="O364" s="69"/>
     </row>
     <row r="365" spans="1:15">
-      <c r="A365" s="12" t="str">
+      <c r="A365" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B365" s="13"/>
-[...12 lines deleted...]
-      <c r="O365" s="58"/>
+      <c r="B365" s="6"/>
+      <c r="C365" s="42"/>
+      <c r="D365" s="42"/>
+      <c r="E365" s="42"/>
+      <c r="F365" s="6"/>
+      <c r="G365" s="6"/>
+      <c r="H365" s="6"/>
+      <c r="I365" s="48"/>
+      <c r="J365" s="49"/>
+      <c r="K365" s="49"/>
+      <c r="L365" s="65"/>
+      <c r="M365" s="66"/>
+      <c r="N365" s="69"/>
+      <c r="O365" s="69"/>
     </row>
     <row r="366" spans="1:15">
-      <c r="A366" s="12" t="str">
+      <c r="A366" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B366" s="13"/>
-[...12 lines deleted...]
-      <c r="O366" s="58"/>
+      <c r="B366" s="6"/>
+      <c r="C366" s="42"/>
+      <c r="D366" s="42"/>
+      <c r="E366" s="42"/>
+      <c r="F366" s="6"/>
+      <c r="G366" s="6"/>
+      <c r="H366" s="6"/>
+      <c r="I366" s="48"/>
+      <c r="J366" s="49"/>
+      <c r="K366" s="49"/>
+      <c r="L366" s="65"/>
+      <c r="M366" s="66"/>
+      <c r="N366" s="69"/>
+      <c r="O366" s="69"/>
     </row>
     <row r="367" spans="1:15">
-      <c r="A367" s="12" t="str">
+      <c r="A367" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B367" s="13"/>
-[...12 lines deleted...]
-      <c r="O367" s="58"/>
+      <c r="B367" s="6"/>
+      <c r="C367" s="42"/>
+      <c r="D367" s="42"/>
+      <c r="E367" s="42"/>
+      <c r="F367" s="6"/>
+      <c r="G367" s="6"/>
+      <c r="H367" s="6"/>
+      <c r="I367" s="48"/>
+      <c r="J367" s="49"/>
+      <c r="K367" s="49"/>
+      <c r="L367" s="65"/>
+      <c r="M367" s="66"/>
+      <c r="N367" s="69"/>
+      <c r="O367" s="69"/>
     </row>
     <row r="368" spans="1:15">
-      <c r="A368" s="12" t="str">
+      <c r="A368" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B368" s="13"/>
-[...12 lines deleted...]
-      <c r="O368" s="58"/>
+      <c r="B368" s="6"/>
+      <c r="C368" s="42"/>
+      <c r="D368" s="42"/>
+      <c r="E368" s="42"/>
+      <c r="F368" s="6"/>
+      <c r="G368" s="6"/>
+      <c r="H368" s="6"/>
+      <c r="I368" s="48"/>
+      <c r="J368" s="49"/>
+      <c r="K368" s="49"/>
+      <c r="L368" s="65"/>
+      <c r="M368" s="66"/>
+      <c r="N368" s="69"/>
+      <c r="O368" s="69"/>
     </row>
     <row r="369" spans="1:15">
-      <c r="A369" s="12" t="str">
+      <c r="A369" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B369" s="13"/>
-[...12 lines deleted...]
-      <c r="O369" s="58"/>
+      <c r="B369" s="6"/>
+      <c r="C369" s="42"/>
+      <c r="D369" s="42"/>
+      <c r="E369" s="42"/>
+      <c r="F369" s="6"/>
+      <c r="G369" s="6"/>
+      <c r="H369" s="6"/>
+      <c r="I369" s="48"/>
+      <c r="J369" s="49"/>
+      <c r="K369" s="49"/>
+      <c r="L369" s="65"/>
+      <c r="M369" s="66"/>
+      <c r="N369" s="69"/>
+      <c r="O369" s="69"/>
     </row>
     <row r="370" spans="1:15">
-      <c r="A370" s="12" t="str">
+      <c r="A370" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B370" s="13"/>
-[...12 lines deleted...]
-      <c r="O370" s="58"/>
+      <c r="B370" s="6"/>
+      <c r="C370" s="42"/>
+      <c r="D370" s="42"/>
+      <c r="E370" s="42"/>
+      <c r="F370" s="6"/>
+      <c r="G370" s="6"/>
+      <c r="H370" s="6"/>
+      <c r="I370" s="48"/>
+      <c r="J370" s="49"/>
+      <c r="K370" s="49"/>
+      <c r="L370" s="65"/>
+      <c r="M370" s="66"/>
+      <c r="N370" s="69"/>
+      <c r="O370" s="69"/>
     </row>
     <row r="371" spans="1:15">
-      <c r="A371" s="12" t="str">
+      <c r="A371" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B371" s="13"/>
-[...12 lines deleted...]
-      <c r="O371" s="58"/>
+      <c r="B371" s="6"/>
+      <c r="C371" s="42"/>
+      <c r="D371" s="42"/>
+      <c r="E371" s="42"/>
+      <c r="F371" s="6"/>
+      <c r="G371" s="6"/>
+      <c r="H371" s="6"/>
+      <c r="I371" s="48"/>
+      <c r="J371" s="49"/>
+      <c r="K371" s="49"/>
+      <c r="L371" s="65"/>
+      <c r="M371" s="66"/>
+      <c r="N371" s="69"/>
+      <c r="O371" s="69"/>
     </row>
     <row r="372" spans="1:15">
-      <c r="A372" s="12" t="str">
+      <c r="A372" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B372" s="13"/>
-[...12 lines deleted...]
-      <c r="O372" s="58"/>
+      <c r="B372" s="6"/>
+      <c r="C372" s="42"/>
+      <c r="D372" s="42"/>
+      <c r="E372" s="42"/>
+      <c r="F372" s="6"/>
+      <c r="G372" s="6"/>
+      <c r="H372" s="6"/>
+      <c r="I372" s="48"/>
+      <c r="J372" s="49"/>
+      <c r="K372" s="49"/>
+      <c r="L372" s="65"/>
+      <c r="M372" s="66"/>
+      <c r="N372" s="69"/>
+      <c r="O372" s="69"/>
     </row>
     <row r="373" spans="1:15">
-      <c r="A373" s="12" t="str">
+      <c r="A373" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B373" s="13"/>
-[...12 lines deleted...]
-      <c r="O373" s="58"/>
+      <c r="B373" s="6"/>
+      <c r="C373" s="42"/>
+      <c r="D373" s="42"/>
+      <c r="E373" s="42"/>
+      <c r="F373" s="6"/>
+      <c r="G373" s="6"/>
+      <c r="H373" s="6"/>
+      <c r="I373" s="48"/>
+      <c r="J373" s="49"/>
+      <c r="K373" s="49"/>
+      <c r="L373" s="65"/>
+      <c r="M373" s="66"/>
+      <c r="N373" s="69"/>
+      <c r="O373" s="69"/>
     </row>
     <row r="374" spans="1:15">
-      <c r="A374" s="12" t="str">
+      <c r="A374" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B374" s="13"/>
-[...12 lines deleted...]
-      <c r="O374" s="58"/>
+      <c r="B374" s="6"/>
+      <c r="C374" s="42"/>
+      <c r="D374" s="42"/>
+      <c r="E374" s="42"/>
+      <c r="F374" s="6"/>
+      <c r="G374" s="6"/>
+      <c r="H374" s="6"/>
+      <c r="I374" s="48"/>
+      <c r="J374" s="49"/>
+      <c r="K374" s="49"/>
+      <c r="L374" s="65"/>
+      <c r="M374" s="66"/>
+      <c r="N374" s="69"/>
+      <c r="O374" s="69"/>
     </row>
     <row r="375" spans="1:15">
-      <c r="A375" s="12" t="str">
+      <c r="A375" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B375" s="13"/>
-[...12 lines deleted...]
-      <c r="O375" s="58"/>
+      <c r="B375" s="6"/>
+      <c r="C375" s="42"/>
+      <c r="D375" s="42"/>
+      <c r="E375" s="42"/>
+      <c r="F375" s="6"/>
+      <c r="G375" s="6"/>
+      <c r="H375" s="6"/>
+      <c r="I375" s="48"/>
+      <c r="J375" s="49"/>
+      <c r="K375" s="49"/>
+      <c r="L375" s="65"/>
+      <c r="M375" s="66"/>
+      <c r="N375" s="69"/>
+      <c r="O375" s="69"/>
     </row>
     <row r="376" spans="1:15">
-      <c r="A376" s="12" t="str">
+      <c r="A376" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B376" s="13"/>
-[...12 lines deleted...]
-      <c r="O376" s="58"/>
+      <c r="B376" s="6"/>
+      <c r="C376" s="42"/>
+      <c r="D376" s="42"/>
+      <c r="E376" s="42"/>
+      <c r="F376" s="6"/>
+      <c r="G376" s="6"/>
+      <c r="H376" s="6"/>
+      <c r="I376" s="48"/>
+      <c r="J376" s="49"/>
+      <c r="K376" s="49"/>
+      <c r="L376" s="65"/>
+      <c r="M376" s="66"/>
+      <c r="N376" s="69"/>
+      <c r="O376" s="69"/>
     </row>
     <row r="377" spans="1:15">
-      <c r="A377" s="12" t="str">
+      <c r="A377" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B377" s="13"/>
-[...12 lines deleted...]
-      <c r="O377" s="58"/>
+      <c r="B377" s="6"/>
+      <c r="C377" s="42"/>
+      <c r="D377" s="42"/>
+      <c r="E377" s="42"/>
+      <c r="F377" s="6"/>
+      <c r="G377" s="6"/>
+      <c r="H377" s="6"/>
+      <c r="I377" s="48"/>
+      <c r="J377" s="49"/>
+      <c r="K377" s="49"/>
+      <c r="L377" s="65"/>
+      <c r="M377" s="66"/>
+      <c r="N377" s="69"/>
+      <c r="O377" s="69"/>
     </row>
     <row r="378" spans="1:15">
-      <c r="A378" s="12" t="str">
+      <c r="A378" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B378" s="13"/>
-[...12 lines deleted...]
-      <c r="O378" s="58"/>
+      <c r="B378" s="6"/>
+      <c r="C378" s="42"/>
+      <c r="D378" s="42"/>
+      <c r="E378" s="42"/>
+      <c r="F378" s="6"/>
+      <c r="G378" s="6"/>
+      <c r="H378" s="6"/>
+      <c r="I378" s="48"/>
+      <c r="J378" s="49"/>
+      <c r="K378" s="49"/>
+      <c r="L378" s="65"/>
+      <c r="M378" s="66"/>
+      <c r="N378" s="69"/>
+      <c r="O378" s="69"/>
     </row>
     <row r="379" spans="1:15">
-      <c r="A379" s="12" t="str">
+      <c r="A379" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B379" s="13"/>
-[...12 lines deleted...]
-      <c r="O379" s="58"/>
+      <c r="B379" s="6"/>
+      <c r="C379" s="42"/>
+      <c r="D379" s="42"/>
+      <c r="E379" s="42"/>
+      <c r="F379" s="6"/>
+      <c r="G379" s="6"/>
+      <c r="H379" s="6"/>
+      <c r="I379" s="48"/>
+      <c r="J379" s="49"/>
+      <c r="K379" s="49"/>
+      <c r="L379" s="65"/>
+      <c r="M379" s="66"/>
+      <c r="N379" s="69"/>
+      <c r="O379" s="69"/>
     </row>
     <row r="380" spans="1:15">
-      <c r="A380" s="12" t="str">
+      <c r="A380" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B380" s="13"/>
-[...12 lines deleted...]
-      <c r="O380" s="58"/>
+      <c r="B380" s="6"/>
+      <c r="C380" s="42"/>
+      <c r="D380" s="42"/>
+      <c r="E380" s="42"/>
+      <c r="F380" s="6"/>
+      <c r="G380" s="6"/>
+      <c r="H380" s="6"/>
+      <c r="I380" s="48"/>
+      <c r="J380" s="49"/>
+      <c r="K380" s="49"/>
+      <c r="L380" s="65"/>
+      <c r="M380" s="66"/>
+      <c r="N380" s="69"/>
+      <c r="O380" s="69"/>
     </row>
     <row r="381" spans="1:15">
-      <c r="A381" s="12" t="str">
+      <c r="A381" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B381" s="13"/>
-[...12 lines deleted...]
-      <c r="O381" s="58"/>
+      <c r="B381" s="6"/>
+      <c r="C381" s="42"/>
+      <c r="D381" s="42"/>
+      <c r="E381" s="42"/>
+      <c r="F381" s="6"/>
+      <c r="G381" s="6"/>
+      <c r="H381" s="6"/>
+      <c r="I381" s="48"/>
+      <c r="J381" s="49"/>
+      <c r="K381" s="49"/>
+      <c r="L381" s="65"/>
+      <c r="M381" s="66"/>
+      <c r="N381" s="69"/>
+      <c r="O381" s="69"/>
     </row>
     <row r="382" spans="1:15">
-      <c r="A382" s="12" t="str">
+      <c r="A382" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B382" s="13"/>
-[...12 lines deleted...]
-      <c r="O382" s="58"/>
+      <c r="B382" s="6"/>
+      <c r="C382" s="42"/>
+      <c r="D382" s="42"/>
+      <c r="E382" s="42"/>
+      <c r="F382" s="6"/>
+      <c r="G382" s="6"/>
+      <c r="H382" s="6"/>
+      <c r="I382" s="48"/>
+      <c r="J382" s="49"/>
+      <c r="K382" s="49"/>
+      <c r="L382" s="65"/>
+      <c r="M382" s="66"/>
+      <c r="N382" s="69"/>
+      <c r="O382" s="69"/>
     </row>
     <row r="383" spans="1:15">
-      <c r="A383" s="12" t="str">
+      <c r="A383" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B383" s="13"/>
-[...12 lines deleted...]
-      <c r="O383" s="58"/>
+      <c r="B383" s="6"/>
+      <c r="C383" s="42"/>
+      <c r="D383" s="42"/>
+      <c r="E383" s="42"/>
+      <c r="F383" s="6"/>
+      <c r="G383" s="6"/>
+      <c r="H383" s="6"/>
+      <c r="I383" s="48"/>
+      <c r="J383" s="49"/>
+      <c r="K383" s="49"/>
+      <c r="L383" s="65"/>
+      <c r="M383" s="66"/>
+      <c r="N383" s="69"/>
+      <c r="O383" s="69"/>
     </row>
     <row r="384" spans="1:15">
-      <c r="A384" s="12" t="str">
+      <c r="A384" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B384" s="13"/>
-[...12 lines deleted...]
-      <c r="O384" s="58"/>
+      <c r="B384" s="6"/>
+      <c r="C384" s="42"/>
+      <c r="D384" s="42"/>
+      <c r="E384" s="42"/>
+      <c r="F384" s="6"/>
+      <c r="G384" s="6"/>
+      <c r="H384" s="6"/>
+      <c r="I384" s="48"/>
+      <c r="J384" s="49"/>
+      <c r="K384" s="49"/>
+      <c r="L384" s="65"/>
+      <c r="M384" s="66"/>
+      <c r="N384" s="69"/>
+      <c r="O384" s="69"/>
     </row>
     <row r="385" spans="1:15">
-      <c r="A385" s="12" t="str">
+      <c r="A385" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B385" s="13"/>
-[...12 lines deleted...]
-      <c r="O385" s="58"/>
+      <c r="B385" s="6"/>
+      <c r="C385" s="42"/>
+      <c r="D385" s="42"/>
+      <c r="E385" s="42"/>
+      <c r="F385" s="6"/>
+      <c r="G385" s="6"/>
+      <c r="H385" s="6"/>
+      <c r="I385" s="48"/>
+      <c r="J385" s="49"/>
+      <c r="K385" s="49"/>
+      <c r="L385" s="65"/>
+      <c r="M385" s="66"/>
+      <c r="N385" s="69"/>
+      <c r="O385" s="69"/>
     </row>
     <row r="386" spans="1:15">
-      <c r="A386" s="12" t="str">
+      <c r="A386" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B386" s="13"/>
-[...12 lines deleted...]
-      <c r="O386" s="58"/>
+      <c r="B386" s="6"/>
+      <c r="C386" s="42"/>
+      <c r="D386" s="42"/>
+      <c r="E386" s="42"/>
+      <c r="F386" s="6"/>
+      <c r="G386" s="6"/>
+      <c r="H386" s="6"/>
+      <c r="I386" s="48"/>
+      <c r="J386" s="49"/>
+      <c r="K386" s="49"/>
+      <c r="L386" s="65"/>
+      <c r="M386" s="66"/>
+      <c r="N386" s="69"/>
+      <c r="O386" s="69"/>
     </row>
     <row r="387" spans="1:15">
-      <c r="A387" s="12" t="str">
+      <c r="A387" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B387" s="13"/>
-[...12 lines deleted...]
-      <c r="O387" s="58"/>
+      <c r="B387" s="6"/>
+      <c r="C387" s="42"/>
+      <c r="D387" s="42"/>
+      <c r="E387" s="42"/>
+      <c r="F387" s="6"/>
+      <c r="G387" s="6"/>
+      <c r="H387" s="6"/>
+      <c r="I387" s="48"/>
+      <c r="J387" s="49"/>
+      <c r="K387" s="49"/>
+      <c r="L387" s="65"/>
+      <c r="M387" s="66"/>
+      <c r="N387" s="69"/>
+      <c r="O387" s="69"/>
     </row>
     <row r="388" spans="1:15">
-      <c r="A388" s="12" t="str">
+      <c r="A388" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B388" s="13"/>
-[...12 lines deleted...]
-      <c r="O388" s="58"/>
+      <c r="B388" s="6"/>
+      <c r="C388" s="42"/>
+      <c r="D388" s="42"/>
+      <c r="E388" s="42"/>
+      <c r="F388" s="6"/>
+      <c r="G388" s="6"/>
+      <c r="H388" s="6"/>
+      <c r="I388" s="48"/>
+      <c r="J388" s="49"/>
+      <c r="K388" s="49"/>
+      <c r="L388" s="65"/>
+      <c r="M388" s="66"/>
+      <c r="N388" s="69"/>
+      <c r="O388" s="69"/>
     </row>
     <row r="389" spans="1:15">
-      <c r="A389" s="12" t="str">
+      <c r="A389" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B389" s="13"/>
-[...12 lines deleted...]
-      <c r="O389" s="58"/>
+      <c r="B389" s="6"/>
+      <c r="C389" s="42"/>
+      <c r="D389" s="42"/>
+      <c r="E389" s="42"/>
+      <c r="F389" s="6"/>
+      <c r="G389" s="6"/>
+      <c r="H389" s="6"/>
+      <c r="I389" s="48"/>
+      <c r="J389" s="49"/>
+      <c r="K389" s="49"/>
+      <c r="L389" s="65"/>
+      <c r="M389" s="66"/>
+      <c r="N389" s="69"/>
+      <c r="O389" s="69"/>
     </row>
     <row r="390" spans="1:15">
-      <c r="A390" s="12" t="str">
+      <c r="A390" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B390" s="13"/>
-[...12 lines deleted...]
-      <c r="O390" s="58"/>
+      <c r="B390" s="6"/>
+      <c r="C390" s="42"/>
+      <c r="D390" s="42"/>
+      <c r="E390" s="42"/>
+      <c r="F390" s="6"/>
+      <c r="G390" s="6"/>
+      <c r="H390" s="6"/>
+      <c r="I390" s="48"/>
+      <c r="J390" s="49"/>
+      <c r="K390" s="49"/>
+      <c r="L390" s="65"/>
+      <c r="M390" s="66"/>
+      <c r="N390" s="69"/>
+      <c r="O390" s="69"/>
     </row>
     <row r="391" spans="1:15">
-      <c r="A391" s="12" t="str">
+      <c r="A391" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B391" s="13"/>
-[...12 lines deleted...]
-      <c r="O391" s="58"/>
+      <c r="B391" s="6"/>
+      <c r="C391" s="42"/>
+      <c r="D391" s="42"/>
+      <c r="E391" s="42"/>
+      <c r="F391" s="6"/>
+      <c r="G391" s="6"/>
+      <c r="H391" s="6"/>
+      <c r="I391" s="48"/>
+      <c r="J391" s="49"/>
+      <c r="K391" s="49"/>
+      <c r="L391" s="65"/>
+      <c r="M391" s="66"/>
+      <c r="N391" s="69"/>
+      <c r="O391" s="69"/>
     </row>
     <row r="392" spans="1:15">
-      <c r="A392" s="12" t="str">
+      <c r="A392" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B392" s="13"/>
-[...12 lines deleted...]
-      <c r="O392" s="58"/>
+      <c r="B392" s="6"/>
+      <c r="C392" s="42"/>
+      <c r="D392" s="42"/>
+      <c r="E392" s="42"/>
+      <c r="F392" s="6"/>
+      <c r="G392" s="6"/>
+      <c r="H392" s="6"/>
+      <c r="I392" s="48"/>
+      <c r="J392" s="49"/>
+      <c r="K392" s="49"/>
+      <c r="L392" s="65"/>
+      <c r="M392" s="66"/>
+      <c r="N392" s="69"/>
+      <c r="O392" s="69"/>
     </row>
     <row r="393" spans="1:15">
-      <c r="A393" s="12" t="str">
+      <c r="A393" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B393" s="13"/>
-[...12 lines deleted...]
-      <c r="O393" s="58"/>
+      <c r="B393" s="6"/>
+      <c r="C393" s="42"/>
+      <c r="D393" s="42"/>
+      <c r="E393" s="42"/>
+      <c r="F393" s="6"/>
+      <c r="G393" s="6"/>
+      <c r="H393" s="6"/>
+      <c r="I393" s="48"/>
+      <c r="J393" s="49"/>
+      <c r="K393" s="49"/>
+      <c r="L393" s="65"/>
+      <c r="M393" s="66"/>
+      <c r="N393" s="69"/>
+      <c r="O393" s="69"/>
     </row>
     <row r="394" spans="1:15">
-      <c r="A394" s="12" t="str">
+      <c r="A394" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B394" s="13"/>
-[...12 lines deleted...]
-      <c r="O394" s="58"/>
+      <c r="B394" s="6"/>
+      <c r="C394" s="42"/>
+      <c r="D394" s="42"/>
+      <c r="E394" s="42"/>
+      <c r="F394" s="6"/>
+      <c r="G394" s="6"/>
+      <c r="H394" s="6"/>
+      <c r="I394" s="48"/>
+      <c r="J394" s="49"/>
+      <c r="K394" s="49"/>
+      <c r="L394" s="65"/>
+      <c r="M394" s="66"/>
+      <c r="N394" s="69"/>
+      <c r="O394" s="69"/>
     </row>
     <row r="395" spans="1:15">
-      <c r="A395" s="12" t="str">
+      <c r="A395" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B395" s="13"/>
-[...12 lines deleted...]
-      <c r="O395" s="58"/>
+      <c r="B395" s="6"/>
+      <c r="C395" s="42"/>
+      <c r="D395" s="42"/>
+      <c r="E395" s="42"/>
+      <c r="F395" s="6"/>
+      <c r="G395" s="6"/>
+      <c r="H395" s="6"/>
+      <c r="I395" s="48"/>
+      <c r="J395" s="49"/>
+      <c r="K395" s="49"/>
+      <c r="L395" s="65"/>
+      <c r="M395" s="66"/>
+      <c r="N395" s="69"/>
+      <c r="O395" s="69"/>
     </row>
     <row r="396" spans="1:15">
-      <c r="A396" s="12" t="str">
+      <c r="A396" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B396" s="13"/>
-[...12 lines deleted...]
-      <c r="O396" s="58"/>
+      <c r="B396" s="6"/>
+      <c r="C396" s="42"/>
+      <c r="D396" s="42"/>
+      <c r="E396" s="42"/>
+      <c r="F396" s="6"/>
+      <c r="G396" s="6"/>
+      <c r="H396" s="6"/>
+      <c r="I396" s="48"/>
+      <c r="J396" s="49"/>
+      <c r="K396" s="49"/>
+      <c r="L396" s="65"/>
+      <c r="M396" s="66"/>
+      <c r="N396" s="69"/>
+      <c r="O396" s="69"/>
     </row>
     <row r="397" spans="1:15">
-      <c r="A397" s="12" t="str">
+      <c r="A397" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B397" s="13"/>
-[...12 lines deleted...]
-      <c r="O397" s="58"/>
+      <c r="B397" s="6"/>
+      <c r="C397" s="42"/>
+      <c r="D397" s="42"/>
+      <c r="E397" s="42"/>
+      <c r="F397" s="6"/>
+      <c r="G397" s="6"/>
+      <c r="H397" s="6"/>
+      <c r="I397" s="48"/>
+      <c r="J397" s="49"/>
+      <c r="K397" s="49"/>
+      <c r="L397" s="65"/>
+      <c r="M397" s="66"/>
+      <c r="N397" s="69"/>
+      <c r="O397" s="69"/>
     </row>
     <row r="398" spans="1:15">
-      <c r="A398" s="12" t="str">
+      <c r="A398" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B398" s="13"/>
-[...12 lines deleted...]
-      <c r="O398" s="58"/>
+      <c r="B398" s="6"/>
+      <c r="C398" s="42"/>
+      <c r="D398" s="42"/>
+      <c r="E398" s="42"/>
+      <c r="F398" s="6"/>
+      <c r="G398" s="6"/>
+      <c r="H398" s="6"/>
+      <c r="I398" s="48"/>
+      <c r="J398" s="49"/>
+      <c r="K398" s="49"/>
+      <c r="L398" s="65"/>
+      <c r="M398" s="66"/>
+      <c r="N398" s="69"/>
+      <c r="O398" s="69"/>
     </row>
     <row r="399" spans="1:15">
-      <c r="A399" s="12" t="str">
+      <c r="A399" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B399" s="13"/>
-[...12 lines deleted...]
-      <c r="O399" s="58"/>
+      <c r="B399" s="6"/>
+      <c r="C399" s="42"/>
+      <c r="D399" s="42"/>
+      <c r="E399" s="42"/>
+      <c r="F399" s="6"/>
+      <c r="G399" s="6"/>
+      <c r="H399" s="6"/>
+      <c r="I399" s="48"/>
+      <c r="J399" s="49"/>
+      <c r="K399" s="49"/>
+      <c r="L399" s="65"/>
+      <c r="M399" s="66"/>
+      <c r="N399" s="69"/>
+      <c r="O399" s="69"/>
     </row>
     <row r="400" spans="1:15">
-      <c r="A400" s="12" t="str">
+      <c r="A400" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B400" s="13"/>
-[...12 lines deleted...]
-      <c r="O400" s="58"/>
+      <c r="B400" s="6"/>
+      <c r="C400" s="42"/>
+      <c r="D400" s="42"/>
+      <c r="E400" s="42"/>
+      <c r="F400" s="6"/>
+      <c r="G400" s="6"/>
+      <c r="H400" s="6"/>
+      <c r="I400" s="48"/>
+      <c r="J400" s="49"/>
+      <c r="K400" s="49"/>
+      <c r="L400" s="65"/>
+      <c r="M400" s="66"/>
+      <c r="N400" s="69"/>
+      <c r="O400" s="69"/>
     </row>
     <row r="401" spans="1:15">
-      <c r="A401" s="12" t="str">
+      <c r="A401" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B401" s="13"/>
-[...12 lines deleted...]
-      <c r="O401" s="58"/>
+      <c r="B401" s="6"/>
+      <c r="C401" s="42"/>
+      <c r="D401" s="42"/>
+      <c r="E401" s="42"/>
+      <c r="F401" s="6"/>
+      <c r="G401" s="6"/>
+      <c r="H401" s="6"/>
+      <c r="I401" s="48"/>
+      <c r="J401" s="49"/>
+      <c r="K401" s="49"/>
+      <c r="L401" s="65"/>
+      <c r="M401" s="66"/>
+      <c r="N401" s="69"/>
+      <c r="O401" s="69"/>
     </row>
     <row r="402" spans="1:15">
-      <c r="A402" s="12" t="str">
+      <c r="A402" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B402" s="13"/>
-[...12 lines deleted...]
-      <c r="O402" s="58"/>
+      <c r="B402" s="6"/>
+      <c r="C402" s="42"/>
+      <c r="D402" s="42"/>
+      <c r="E402" s="42"/>
+      <c r="F402" s="6"/>
+      <c r="G402" s="6"/>
+      <c r="H402" s="6"/>
+      <c r="I402" s="48"/>
+      <c r="J402" s="49"/>
+      <c r="K402" s="49"/>
+      <c r="L402" s="65"/>
+      <c r="M402" s="66"/>
+      <c r="N402" s="69"/>
+      <c r="O402" s="69"/>
     </row>
     <row r="403" spans="1:15">
-      <c r="A403" s="12" t="str">
+      <c r="A403" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B403" s="13"/>
-[...12 lines deleted...]
-      <c r="O403" s="58"/>
+      <c r="B403" s="6"/>
+      <c r="C403" s="42"/>
+      <c r="D403" s="42"/>
+      <c r="E403" s="42"/>
+      <c r="F403" s="6"/>
+      <c r="G403" s="6"/>
+      <c r="H403" s="6"/>
+      <c r="I403" s="48"/>
+      <c r="J403" s="49"/>
+      <c r="K403" s="49"/>
+      <c r="L403" s="65"/>
+      <c r="M403" s="66"/>
+      <c r="N403" s="69"/>
+      <c r="O403" s="69"/>
     </row>
     <row r="404" spans="1:15">
-      <c r="A404" s="12" t="str">
+      <c r="A404" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B404" s="13"/>
-[...12 lines deleted...]
-      <c r="O404" s="58"/>
+      <c r="B404" s="6"/>
+      <c r="C404" s="42"/>
+      <c r="D404" s="42"/>
+      <c r="E404" s="42"/>
+      <c r="F404" s="6"/>
+      <c r="G404" s="6"/>
+      <c r="H404" s="6"/>
+      <c r="I404" s="48"/>
+      <c r="J404" s="49"/>
+      <c r="K404" s="49"/>
+      <c r="L404" s="65"/>
+      <c r="M404" s="66"/>
+      <c r="N404" s="69"/>
+      <c r="O404" s="69"/>
     </row>
     <row r="405" spans="1:15">
-      <c r="A405" s="12" t="str">
+      <c r="A405" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B405" s="13"/>
-[...12 lines deleted...]
-      <c r="O405" s="58"/>
+      <c r="B405" s="6"/>
+      <c r="C405" s="42"/>
+      <c r="D405" s="42"/>
+      <c r="E405" s="42"/>
+      <c r="F405" s="6"/>
+      <c r="G405" s="6"/>
+      <c r="H405" s="6"/>
+      <c r="I405" s="48"/>
+      <c r="J405" s="49"/>
+      <c r="K405" s="49"/>
+      <c r="L405" s="65"/>
+      <c r="M405" s="66"/>
+      <c r="N405" s="69"/>
+      <c r="O405" s="69"/>
     </row>
     <row r="406" spans="1:15">
-      <c r="A406" s="12" t="str">
+      <c r="A406" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B406" s="13"/>
-[...12 lines deleted...]
-      <c r="O406" s="58"/>
+      <c r="B406" s="6"/>
+      <c r="C406" s="42"/>
+      <c r="D406" s="42"/>
+      <c r="E406" s="42"/>
+      <c r="F406" s="6"/>
+      <c r="G406" s="6"/>
+      <c r="H406" s="6"/>
+      <c r="I406" s="48"/>
+      <c r="J406" s="49"/>
+      <c r="K406" s="49"/>
+      <c r="L406" s="65"/>
+      <c r="M406" s="66"/>
+      <c r="N406" s="69"/>
+      <c r="O406" s="69"/>
     </row>
     <row r="407" spans="1:15">
-      <c r="A407" s="12" t="str">
+      <c r="A407" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B407" s="13"/>
-[...12 lines deleted...]
-      <c r="O407" s="58"/>
+      <c r="B407" s="6"/>
+      <c r="C407" s="42"/>
+      <c r="D407" s="42"/>
+      <c r="E407" s="42"/>
+      <c r="F407" s="6"/>
+      <c r="G407" s="6"/>
+      <c r="H407" s="6"/>
+      <c r="I407" s="48"/>
+      <c r="J407" s="49"/>
+      <c r="K407" s="49"/>
+      <c r="L407" s="65"/>
+      <c r="M407" s="66"/>
+      <c r="N407" s="69"/>
+      <c r="O407" s="69"/>
     </row>
     <row r="408" spans="1:15">
-      <c r="A408" s="12" t="str">
+      <c r="A408" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B408" s="13"/>
-[...12 lines deleted...]
-      <c r="O408" s="58"/>
+      <c r="B408" s="6"/>
+      <c r="C408" s="42"/>
+      <c r="D408" s="42"/>
+      <c r="E408" s="42"/>
+      <c r="F408" s="6"/>
+      <c r="G408" s="6"/>
+      <c r="H408" s="6"/>
+      <c r="I408" s="48"/>
+      <c r="J408" s="49"/>
+      <c r="K408" s="49"/>
+      <c r="L408" s="65"/>
+      <c r="M408" s="66"/>
+      <c r="N408" s="69"/>
+      <c r="O408" s="69"/>
     </row>
     <row r="409" spans="1:15">
-      <c r="A409" s="12" t="str">
+      <c r="A409" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B409" s="13"/>
-[...12 lines deleted...]
-      <c r="O409" s="58"/>
+      <c r="B409" s="6"/>
+      <c r="C409" s="42"/>
+      <c r="D409" s="42"/>
+      <c r="E409" s="42"/>
+      <c r="F409" s="6"/>
+      <c r="G409" s="6"/>
+      <c r="H409" s="6"/>
+      <c r="I409" s="48"/>
+      <c r="J409" s="49"/>
+      <c r="K409" s="49"/>
+      <c r="L409" s="65"/>
+      <c r="M409" s="66"/>
+      <c r="N409" s="69"/>
+      <c r="O409" s="69"/>
     </row>
     <row r="410" spans="1:15">
-      <c r="A410" s="12" t="str">
+      <c r="A410" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B410" s="13"/>
-[...12 lines deleted...]
-      <c r="O410" s="58"/>
+      <c r="B410" s="6"/>
+      <c r="C410" s="42"/>
+      <c r="D410" s="42"/>
+      <c r="E410" s="42"/>
+      <c r="F410" s="6"/>
+      <c r="G410" s="6"/>
+      <c r="H410" s="6"/>
+      <c r="I410" s="48"/>
+      <c r="J410" s="49"/>
+      <c r="K410" s="49"/>
+      <c r="L410" s="65"/>
+      <c r="M410" s="66"/>
+      <c r="N410" s="69"/>
+      <c r="O410" s="69"/>
     </row>
     <row r="411" spans="1:15">
-      <c r="A411" s="12" t="str">
+      <c r="A411" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B411" s="13"/>
-[...12 lines deleted...]
-      <c r="O411" s="58"/>
+      <c r="B411" s="6"/>
+      <c r="C411" s="42"/>
+      <c r="D411" s="42"/>
+      <c r="E411" s="42"/>
+      <c r="F411" s="6"/>
+      <c r="G411" s="6"/>
+      <c r="H411" s="6"/>
+      <c r="I411" s="48"/>
+      <c r="J411" s="49"/>
+      <c r="K411" s="49"/>
+      <c r="L411" s="65"/>
+      <c r="M411" s="66"/>
+      <c r="N411" s="69"/>
+      <c r="O411" s="69"/>
     </row>
     <row r="412" spans="1:15">
-      <c r="A412" s="12" t="str">
+      <c r="A412" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B412" s="13"/>
-[...12 lines deleted...]
-      <c r="O412" s="58"/>
+      <c r="B412" s="6"/>
+      <c r="C412" s="42"/>
+      <c r="D412" s="42"/>
+      <c r="E412" s="42"/>
+      <c r="F412" s="6"/>
+      <c r="G412" s="6"/>
+      <c r="H412" s="6"/>
+      <c r="I412" s="48"/>
+      <c r="J412" s="49"/>
+      <c r="K412" s="49"/>
+      <c r="L412" s="65"/>
+      <c r="M412" s="66"/>
+      <c r="N412" s="69"/>
+      <c r="O412" s="69"/>
     </row>
     <row r="413" spans="1:15">
-      <c r="A413" s="12" t="str">
+      <c r="A413" s="5" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B413" s="13"/>
-[...12 lines deleted...]
-      <c r="O413" s="58"/>
+      <c r="B413" s="6"/>
+      <c r="C413" s="42"/>
+      <c r="D413" s="42"/>
+      <c r="E413" s="42"/>
+      <c r="F413" s="6"/>
+      <c r="G413" s="6"/>
+      <c r="H413" s="6"/>
+      <c r="I413" s="48"/>
+      <c r="J413" s="49"/>
+      <c r="K413" s="49"/>
+      <c r="L413" s="65"/>
+      <c r="M413" s="66"/>
+      <c r="N413" s="69"/>
+      <c r="O413" s="69"/>
     </row>
     <row r="414" spans="1:15">
-      <c r="A414" s="12" t="str">
+      <c r="A414" s="5" t="str">
         <f t="shared" ref="A414:A477" si="6">IF(AND(ISBLANK(B413),ISBLANK(C413),ISBLANK(F413),ISBLANK(G413),ISBLANK(H413),ISBLANK(I413),ISBLANK(J413),ISBLANK(K413),ISBLANK(L413),ISBLANK(M413),ISBLANK(N413),ISBLANK(O413)),"",ROW(A414)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B414" s="13"/>
-[...12 lines deleted...]
-      <c r="O414" s="58"/>
+      <c r="B414" s="6"/>
+      <c r="C414" s="42"/>
+      <c r="D414" s="42"/>
+      <c r="E414" s="42"/>
+      <c r="F414" s="6"/>
+      <c r="G414" s="6"/>
+      <c r="H414" s="6"/>
+      <c r="I414" s="48"/>
+      <c r="J414" s="49"/>
+      <c r="K414" s="49"/>
+      <c r="L414" s="65"/>
+      <c r="M414" s="66"/>
+      <c r="N414" s="69"/>
+      <c r="O414" s="69"/>
     </row>
     <row r="415" spans="1:15">
-      <c r="A415" s="12" t="str">
+      <c r="A415" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B415" s="13"/>
-[...12 lines deleted...]
-      <c r="O415" s="58"/>
+      <c r="B415" s="6"/>
+      <c r="C415" s="42"/>
+      <c r="D415" s="42"/>
+      <c r="E415" s="42"/>
+      <c r="F415" s="6"/>
+      <c r="G415" s="6"/>
+      <c r="H415" s="6"/>
+      <c r="I415" s="48"/>
+      <c r="J415" s="49"/>
+      <c r="K415" s="49"/>
+      <c r="L415" s="65"/>
+      <c r="M415" s="66"/>
+      <c r="N415" s="69"/>
+      <c r="O415" s="69"/>
     </row>
     <row r="416" spans="1:15">
-      <c r="A416" s="12" t="str">
+      <c r="A416" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B416" s="13"/>
-[...12 lines deleted...]
-      <c r="O416" s="58"/>
+      <c r="B416" s="6"/>
+      <c r="C416" s="42"/>
+      <c r="D416" s="42"/>
+      <c r="E416" s="42"/>
+      <c r="F416" s="6"/>
+      <c r="G416" s="6"/>
+      <c r="H416" s="6"/>
+      <c r="I416" s="48"/>
+      <c r="J416" s="49"/>
+      <c r="K416" s="49"/>
+      <c r="L416" s="65"/>
+      <c r="M416" s="66"/>
+      <c r="N416" s="69"/>
+      <c r="O416" s="69"/>
     </row>
     <row r="417" spans="1:15">
-      <c r="A417" s="12" t="str">
+      <c r="A417" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B417" s="13"/>
-[...12 lines deleted...]
-      <c r="O417" s="58"/>
+      <c r="B417" s="6"/>
+      <c r="C417" s="42"/>
+      <c r="D417" s="42"/>
+      <c r="E417" s="42"/>
+      <c r="F417" s="6"/>
+      <c r="G417" s="6"/>
+      <c r="H417" s="6"/>
+      <c r="I417" s="48"/>
+      <c r="J417" s="49"/>
+      <c r="K417" s="49"/>
+      <c r="L417" s="65"/>
+      <c r="M417" s="66"/>
+      <c r="N417" s="69"/>
+      <c r="O417" s="69"/>
     </row>
     <row r="418" spans="1:15">
-      <c r="A418" s="12" t="str">
+      <c r="A418" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B418" s="13"/>
-[...12 lines deleted...]
-      <c r="O418" s="58"/>
+      <c r="B418" s="6"/>
+      <c r="C418" s="42"/>
+      <c r="D418" s="42"/>
+      <c r="E418" s="42"/>
+      <c r="F418" s="6"/>
+      <c r="G418" s="6"/>
+      <c r="H418" s="6"/>
+      <c r="I418" s="48"/>
+      <c r="J418" s="49"/>
+      <c r="K418" s="49"/>
+      <c r="L418" s="65"/>
+      <c r="M418" s="66"/>
+      <c r="N418" s="69"/>
+      <c r="O418" s="69"/>
     </row>
     <row r="419" spans="1:15">
-      <c r="A419" s="12" t="str">
+      <c r="A419" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B419" s="13"/>
-[...12 lines deleted...]
-      <c r="O419" s="58"/>
+      <c r="B419" s="6"/>
+      <c r="C419" s="42"/>
+      <c r="D419" s="42"/>
+      <c r="E419" s="42"/>
+      <c r="F419" s="6"/>
+      <c r="G419" s="6"/>
+      <c r="H419" s="6"/>
+      <c r="I419" s="48"/>
+      <c r="J419" s="49"/>
+      <c r="K419" s="49"/>
+      <c r="L419" s="65"/>
+      <c r="M419" s="66"/>
+      <c r="N419" s="69"/>
+      <c r="O419" s="69"/>
     </row>
     <row r="420" spans="1:15">
-      <c r="A420" s="12" t="str">
+      <c r="A420" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B420" s="13"/>
-[...12 lines deleted...]
-      <c r="O420" s="58"/>
+      <c r="B420" s="6"/>
+      <c r="C420" s="42"/>
+      <c r="D420" s="42"/>
+      <c r="E420" s="42"/>
+      <c r="F420" s="6"/>
+      <c r="G420" s="6"/>
+      <c r="H420" s="6"/>
+      <c r="I420" s="48"/>
+      <c r="J420" s="49"/>
+      <c r="K420" s="49"/>
+      <c r="L420" s="65"/>
+      <c r="M420" s="66"/>
+      <c r="N420" s="69"/>
+      <c r="O420" s="69"/>
     </row>
     <row r="421" spans="1:15">
-      <c r="A421" s="12" t="str">
+      <c r="A421" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B421" s="13"/>
-[...12 lines deleted...]
-      <c r="O421" s="58"/>
+      <c r="B421" s="6"/>
+      <c r="C421" s="42"/>
+      <c r="D421" s="42"/>
+      <c r="E421" s="42"/>
+      <c r="F421" s="6"/>
+      <c r="G421" s="6"/>
+      <c r="H421" s="6"/>
+      <c r="I421" s="48"/>
+      <c r="J421" s="49"/>
+      <c r="K421" s="49"/>
+      <c r="L421" s="65"/>
+      <c r="M421" s="66"/>
+      <c r="N421" s="69"/>
+      <c r="O421" s="69"/>
     </row>
     <row r="422" spans="1:15">
-      <c r="A422" s="12" t="str">
+      <c r="A422" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B422" s="13"/>
-[...12 lines deleted...]
-      <c r="O422" s="58"/>
+      <c r="B422" s="6"/>
+      <c r="C422" s="42"/>
+      <c r="D422" s="42"/>
+      <c r="E422" s="42"/>
+      <c r="F422" s="6"/>
+      <c r="G422" s="6"/>
+      <c r="H422" s="6"/>
+      <c r="I422" s="48"/>
+      <c r="J422" s="49"/>
+      <c r="K422" s="49"/>
+      <c r="L422" s="65"/>
+      <c r="M422" s="66"/>
+      <c r="N422" s="69"/>
+      <c r="O422" s="69"/>
     </row>
     <row r="423" spans="1:15">
-      <c r="A423" s="12" t="str">
+      <c r="A423" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B423" s="13"/>
-[...12 lines deleted...]
-      <c r="O423" s="58"/>
+      <c r="B423" s="6"/>
+      <c r="C423" s="42"/>
+      <c r="D423" s="42"/>
+      <c r="E423" s="42"/>
+      <c r="F423" s="6"/>
+      <c r="G423" s="6"/>
+      <c r="H423" s="6"/>
+      <c r="I423" s="48"/>
+      <c r="J423" s="49"/>
+      <c r="K423" s="49"/>
+      <c r="L423" s="65"/>
+      <c r="M423" s="66"/>
+      <c r="N423" s="69"/>
+      <c r="O423" s="69"/>
     </row>
     <row r="424" spans="1:15">
-      <c r="A424" s="12" t="str">
+      <c r="A424" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B424" s="13"/>
-[...12 lines deleted...]
-      <c r="O424" s="58"/>
+      <c r="B424" s="6"/>
+      <c r="C424" s="42"/>
+      <c r="D424" s="42"/>
+      <c r="E424" s="42"/>
+      <c r="F424" s="6"/>
+      <c r="G424" s="6"/>
+      <c r="H424" s="6"/>
+      <c r="I424" s="48"/>
+      <c r="J424" s="49"/>
+      <c r="K424" s="49"/>
+      <c r="L424" s="65"/>
+      <c r="M424" s="66"/>
+      <c r="N424" s="69"/>
+      <c r="O424" s="69"/>
     </row>
     <row r="425" spans="1:15">
-      <c r="A425" s="12" t="str">
+      <c r="A425" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B425" s="13"/>
-[...12 lines deleted...]
-      <c r="O425" s="58"/>
+      <c r="B425" s="6"/>
+      <c r="C425" s="42"/>
+      <c r="D425" s="42"/>
+      <c r="E425" s="42"/>
+      <c r="F425" s="6"/>
+      <c r="G425" s="6"/>
+      <c r="H425" s="6"/>
+      <c r="I425" s="48"/>
+      <c r="J425" s="49"/>
+      <c r="K425" s="49"/>
+      <c r="L425" s="65"/>
+      <c r="M425" s="66"/>
+      <c r="N425" s="69"/>
+      <c r="O425" s="69"/>
     </row>
     <row r="426" spans="1:15">
-      <c r="A426" s="12" t="str">
+      <c r="A426" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B426" s="13"/>
-[...12 lines deleted...]
-      <c r="O426" s="58"/>
+      <c r="B426" s="6"/>
+      <c r="C426" s="42"/>
+      <c r="D426" s="42"/>
+      <c r="E426" s="42"/>
+      <c r="F426" s="6"/>
+      <c r="G426" s="6"/>
+      <c r="H426" s="6"/>
+      <c r="I426" s="48"/>
+      <c r="J426" s="49"/>
+      <c r="K426" s="49"/>
+      <c r="L426" s="65"/>
+      <c r="M426" s="66"/>
+      <c r="N426" s="69"/>
+      <c r="O426" s="69"/>
     </row>
     <row r="427" spans="1:15">
-      <c r="A427" s="12" t="str">
+      <c r="A427" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B427" s="13"/>
-[...12 lines deleted...]
-      <c r="O427" s="58"/>
+      <c r="B427" s="6"/>
+      <c r="C427" s="42"/>
+      <c r="D427" s="42"/>
+      <c r="E427" s="42"/>
+      <c r="F427" s="6"/>
+      <c r="G427" s="6"/>
+      <c r="H427" s="6"/>
+      <c r="I427" s="48"/>
+      <c r="J427" s="49"/>
+      <c r="K427" s="49"/>
+      <c r="L427" s="65"/>
+      <c r="M427" s="66"/>
+      <c r="N427" s="69"/>
+      <c r="O427" s="69"/>
     </row>
     <row r="428" spans="1:15">
-      <c r="A428" s="12" t="str">
+      <c r="A428" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B428" s="13"/>
-[...12 lines deleted...]
-      <c r="O428" s="58"/>
+      <c r="B428" s="6"/>
+      <c r="C428" s="42"/>
+      <c r="D428" s="42"/>
+      <c r="E428" s="42"/>
+      <c r="F428" s="6"/>
+      <c r="G428" s="6"/>
+      <c r="H428" s="6"/>
+      <c r="I428" s="48"/>
+      <c r="J428" s="49"/>
+      <c r="K428" s="49"/>
+      <c r="L428" s="65"/>
+      <c r="M428" s="66"/>
+      <c r="N428" s="69"/>
+      <c r="O428" s="69"/>
     </row>
     <row r="429" spans="1:15">
-      <c r="A429" s="12" t="str">
+      <c r="A429" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B429" s="13"/>
-[...12 lines deleted...]
-      <c r="O429" s="58"/>
+      <c r="B429" s="6"/>
+      <c r="C429" s="42"/>
+      <c r="D429" s="42"/>
+      <c r="E429" s="42"/>
+      <c r="F429" s="6"/>
+      <c r="G429" s="6"/>
+      <c r="H429" s="6"/>
+      <c r="I429" s="48"/>
+      <c r="J429" s="49"/>
+      <c r="K429" s="49"/>
+      <c r="L429" s="65"/>
+      <c r="M429" s="66"/>
+      <c r="N429" s="69"/>
+      <c r="O429" s="69"/>
     </row>
     <row r="430" spans="1:15">
-      <c r="A430" s="12" t="str">
+      <c r="A430" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B430" s="13"/>
-[...12 lines deleted...]
-      <c r="O430" s="58"/>
+      <c r="B430" s="6"/>
+      <c r="C430" s="42"/>
+      <c r="D430" s="42"/>
+      <c r="E430" s="42"/>
+      <c r="F430" s="6"/>
+      <c r="G430" s="6"/>
+      <c r="H430" s="6"/>
+      <c r="I430" s="48"/>
+      <c r="J430" s="49"/>
+      <c r="K430" s="49"/>
+      <c r="L430" s="65"/>
+      <c r="M430" s="66"/>
+      <c r="N430" s="69"/>
+      <c r="O430" s="69"/>
     </row>
     <row r="431" spans="1:15">
-      <c r="A431" s="12" t="str">
+      <c r="A431" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B431" s="13"/>
-[...12 lines deleted...]
-      <c r="O431" s="58"/>
+      <c r="B431" s="6"/>
+      <c r="C431" s="42"/>
+      <c r="D431" s="42"/>
+      <c r="E431" s="42"/>
+      <c r="F431" s="6"/>
+      <c r="G431" s="6"/>
+      <c r="H431" s="6"/>
+      <c r="I431" s="48"/>
+      <c r="J431" s="49"/>
+      <c r="K431" s="49"/>
+      <c r="L431" s="65"/>
+      <c r="M431" s="66"/>
+      <c r="N431" s="69"/>
+      <c r="O431" s="69"/>
     </row>
     <row r="432" spans="1:15">
-      <c r="A432" s="12" t="str">
+      <c r="A432" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B432" s="13"/>
-[...12 lines deleted...]
-      <c r="O432" s="58"/>
+      <c r="B432" s="6"/>
+      <c r="C432" s="42"/>
+      <c r="D432" s="42"/>
+      <c r="E432" s="42"/>
+      <c r="F432" s="6"/>
+      <c r="G432" s="6"/>
+      <c r="H432" s="6"/>
+      <c r="I432" s="48"/>
+      <c r="J432" s="49"/>
+      <c r="K432" s="49"/>
+      <c r="L432" s="65"/>
+      <c r="M432" s="66"/>
+      <c r="N432" s="69"/>
+      <c r="O432" s="69"/>
     </row>
     <row r="433" spans="1:15">
-      <c r="A433" s="12" t="str">
+      <c r="A433" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B433" s="13"/>
-[...12 lines deleted...]
-      <c r="O433" s="58"/>
+      <c r="B433" s="6"/>
+      <c r="C433" s="42"/>
+      <c r="D433" s="42"/>
+      <c r="E433" s="42"/>
+      <c r="F433" s="6"/>
+      <c r="G433" s="6"/>
+      <c r="H433" s="6"/>
+      <c r="I433" s="48"/>
+      <c r="J433" s="49"/>
+      <c r="K433" s="49"/>
+      <c r="L433" s="65"/>
+      <c r="M433" s="66"/>
+      <c r="N433" s="69"/>
+      <c r="O433" s="69"/>
     </row>
     <row r="434" spans="1:15">
-      <c r="A434" s="12" t="str">
+      <c r="A434" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B434" s="13"/>
-[...12 lines deleted...]
-      <c r="O434" s="58"/>
+      <c r="B434" s="6"/>
+      <c r="C434" s="42"/>
+      <c r="D434" s="42"/>
+      <c r="E434" s="42"/>
+      <c r="F434" s="6"/>
+      <c r="G434" s="6"/>
+      <c r="H434" s="6"/>
+      <c r="I434" s="48"/>
+      <c r="J434" s="49"/>
+      <c r="K434" s="49"/>
+      <c r="L434" s="65"/>
+      <c r="M434" s="66"/>
+      <c r="N434" s="69"/>
+      <c r="O434" s="69"/>
     </row>
     <row r="435" spans="1:15">
-      <c r="A435" s="12" t="str">
+      <c r="A435" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B435" s="13"/>
-[...12 lines deleted...]
-      <c r="O435" s="58"/>
+      <c r="B435" s="6"/>
+      <c r="C435" s="42"/>
+      <c r="D435" s="42"/>
+      <c r="E435" s="42"/>
+      <c r="F435" s="6"/>
+      <c r="G435" s="6"/>
+      <c r="H435" s="6"/>
+      <c r="I435" s="48"/>
+      <c r="J435" s="49"/>
+      <c r="K435" s="49"/>
+      <c r="L435" s="65"/>
+      <c r="M435" s="66"/>
+      <c r="N435" s="69"/>
+      <c r="O435" s="69"/>
     </row>
     <row r="436" spans="1:15">
-      <c r="A436" s="12" t="str">
+      <c r="A436" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B436" s="13"/>
-[...12 lines deleted...]
-      <c r="O436" s="58"/>
+      <c r="B436" s="6"/>
+      <c r="C436" s="42"/>
+      <c r="D436" s="42"/>
+      <c r="E436" s="42"/>
+      <c r="F436" s="6"/>
+      <c r="G436" s="6"/>
+      <c r="H436" s="6"/>
+      <c r="I436" s="48"/>
+      <c r="J436" s="49"/>
+      <c r="K436" s="49"/>
+      <c r="L436" s="65"/>
+      <c r="M436" s="66"/>
+      <c r="N436" s="69"/>
+      <c r="O436" s="69"/>
     </row>
     <row r="437" spans="1:15">
-      <c r="A437" s="12" t="str">
+      <c r="A437" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B437" s="13"/>
-[...12 lines deleted...]
-      <c r="O437" s="58"/>
+      <c r="B437" s="6"/>
+      <c r="C437" s="42"/>
+      <c r="D437" s="42"/>
+      <c r="E437" s="42"/>
+      <c r="F437" s="6"/>
+      <c r="G437" s="6"/>
+      <c r="H437" s="6"/>
+      <c r="I437" s="48"/>
+      <c r="J437" s="49"/>
+      <c r="K437" s="49"/>
+      <c r="L437" s="65"/>
+      <c r="M437" s="66"/>
+      <c r="N437" s="69"/>
+      <c r="O437" s="69"/>
     </row>
     <row r="438" spans="1:15">
-      <c r="A438" s="12" t="str">
+      <c r="A438" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B438" s="13"/>
-[...12 lines deleted...]
-      <c r="O438" s="58"/>
+      <c r="B438" s="6"/>
+      <c r="C438" s="42"/>
+      <c r="D438" s="42"/>
+      <c r="E438" s="42"/>
+      <c r="F438" s="6"/>
+      <c r="G438" s="6"/>
+      <c r="H438" s="6"/>
+      <c r="I438" s="48"/>
+      <c r="J438" s="49"/>
+      <c r="K438" s="49"/>
+      <c r="L438" s="65"/>
+      <c r="M438" s="66"/>
+      <c r="N438" s="69"/>
+      <c r="O438" s="69"/>
     </row>
     <row r="439" spans="1:15">
-      <c r="A439" s="12" t="str">
+      <c r="A439" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B439" s="13"/>
-[...12 lines deleted...]
-      <c r="O439" s="58"/>
+      <c r="B439" s="6"/>
+      <c r="C439" s="42"/>
+      <c r="D439" s="42"/>
+      <c r="E439" s="42"/>
+      <c r="F439" s="6"/>
+      <c r="G439" s="6"/>
+      <c r="H439" s="6"/>
+      <c r="I439" s="48"/>
+      <c r="J439" s="49"/>
+      <c r="K439" s="49"/>
+      <c r="L439" s="65"/>
+      <c r="M439" s="66"/>
+      <c r="N439" s="69"/>
+      <c r="O439" s="69"/>
     </row>
     <row r="440" spans="1:15">
-      <c r="A440" s="12" t="str">
+      <c r="A440" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B440" s="13"/>
-[...12 lines deleted...]
-      <c r="O440" s="58"/>
+      <c r="B440" s="6"/>
+      <c r="C440" s="42"/>
+      <c r="D440" s="42"/>
+      <c r="E440" s="42"/>
+      <c r="F440" s="6"/>
+      <c r="G440" s="6"/>
+      <c r="H440" s="6"/>
+      <c r="I440" s="48"/>
+      <c r="J440" s="49"/>
+      <c r="K440" s="49"/>
+      <c r="L440" s="65"/>
+      <c r="M440" s="66"/>
+      <c r="N440" s="69"/>
+      <c r="O440" s="69"/>
     </row>
     <row r="441" spans="1:15">
-      <c r="A441" s="12" t="str">
+      <c r="A441" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B441" s="13"/>
-[...12 lines deleted...]
-      <c r="O441" s="58"/>
+      <c r="B441" s="6"/>
+      <c r="C441" s="42"/>
+      <c r="D441" s="42"/>
+      <c r="E441" s="42"/>
+      <c r="F441" s="6"/>
+      <c r="G441" s="6"/>
+      <c r="H441" s="6"/>
+      <c r="I441" s="48"/>
+      <c r="J441" s="49"/>
+      <c r="K441" s="49"/>
+      <c r="L441" s="65"/>
+      <c r="M441" s="66"/>
+      <c r="N441" s="69"/>
+      <c r="O441" s="69"/>
     </row>
     <row r="442" spans="1:15">
-      <c r="A442" s="12" t="str">
+      <c r="A442" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B442" s="13"/>
-[...12 lines deleted...]
-      <c r="O442" s="58"/>
+      <c r="B442" s="6"/>
+      <c r="C442" s="42"/>
+      <c r="D442" s="42"/>
+      <c r="E442" s="42"/>
+      <c r="F442" s="6"/>
+      <c r="G442" s="6"/>
+      <c r="H442" s="6"/>
+      <c r="I442" s="48"/>
+      <c r="J442" s="49"/>
+      <c r="K442" s="49"/>
+      <c r="L442" s="65"/>
+      <c r="M442" s="66"/>
+      <c r="N442" s="69"/>
+      <c r="O442" s="69"/>
     </row>
     <row r="443" spans="1:15">
-      <c r="A443" s="12" t="str">
+      <c r="A443" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B443" s="13"/>
-[...12 lines deleted...]
-      <c r="O443" s="58"/>
+      <c r="B443" s="6"/>
+      <c r="C443" s="42"/>
+      <c r="D443" s="42"/>
+      <c r="E443" s="42"/>
+      <c r="F443" s="6"/>
+      <c r="G443" s="6"/>
+      <c r="H443" s="6"/>
+      <c r="I443" s="48"/>
+      <c r="J443" s="49"/>
+      <c r="K443" s="49"/>
+      <c r="L443" s="65"/>
+      <c r="M443" s="66"/>
+      <c r="N443" s="69"/>
+      <c r="O443" s="69"/>
     </row>
     <row r="444" spans="1:15">
-      <c r="A444" s="12" t="str">
+      <c r="A444" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B444" s="13"/>
-[...12 lines deleted...]
-      <c r="O444" s="58"/>
+      <c r="B444" s="6"/>
+      <c r="C444" s="42"/>
+      <c r="D444" s="42"/>
+      <c r="E444" s="42"/>
+      <c r="F444" s="6"/>
+      <c r="G444" s="6"/>
+      <c r="H444" s="6"/>
+      <c r="I444" s="48"/>
+      <c r="J444" s="49"/>
+      <c r="K444" s="49"/>
+      <c r="L444" s="65"/>
+      <c r="M444" s="66"/>
+      <c r="N444" s="69"/>
+      <c r="O444" s="69"/>
     </row>
     <row r="445" spans="1:15">
-      <c r="A445" s="12" t="str">
+      <c r="A445" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B445" s="13"/>
-[...12 lines deleted...]
-      <c r="O445" s="58"/>
+      <c r="B445" s="6"/>
+      <c r="C445" s="42"/>
+      <c r="D445" s="42"/>
+      <c r="E445" s="42"/>
+      <c r="F445" s="6"/>
+      <c r="G445" s="6"/>
+      <c r="H445" s="6"/>
+      <c r="I445" s="48"/>
+      <c r="J445" s="49"/>
+      <c r="K445" s="49"/>
+      <c r="L445" s="65"/>
+      <c r="M445" s="66"/>
+      <c r="N445" s="69"/>
+      <c r="O445" s="69"/>
     </row>
     <row r="446" spans="1:15">
-      <c r="A446" s="12" t="str">
+      <c r="A446" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B446" s="13"/>
-[...12 lines deleted...]
-      <c r="O446" s="58"/>
+      <c r="B446" s="6"/>
+      <c r="C446" s="42"/>
+      <c r="D446" s="42"/>
+      <c r="E446" s="42"/>
+      <c r="F446" s="6"/>
+      <c r="G446" s="6"/>
+      <c r="H446" s="6"/>
+      <c r="I446" s="48"/>
+      <c r="J446" s="49"/>
+      <c r="K446" s="49"/>
+      <c r="L446" s="65"/>
+      <c r="M446" s="66"/>
+      <c r="N446" s="69"/>
+      <c r="O446" s="69"/>
     </row>
     <row r="447" spans="1:15">
-      <c r="A447" s="12" t="str">
+      <c r="A447" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B447" s="13"/>
-[...12 lines deleted...]
-      <c r="O447" s="58"/>
+      <c r="B447" s="6"/>
+      <c r="C447" s="42"/>
+      <c r="D447" s="42"/>
+      <c r="E447" s="42"/>
+      <c r="F447" s="6"/>
+      <c r="G447" s="6"/>
+      <c r="H447" s="6"/>
+      <c r="I447" s="48"/>
+      <c r="J447" s="49"/>
+      <c r="K447" s="49"/>
+      <c r="L447" s="65"/>
+      <c r="M447" s="66"/>
+      <c r="N447" s="69"/>
+      <c r="O447" s="69"/>
     </row>
     <row r="448" spans="1:15">
-      <c r="A448" s="12" t="str">
+      <c r="A448" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B448" s="13"/>
-[...12 lines deleted...]
-      <c r="O448" s="58"/>
+      <c r="B448" s="6"/>
+      <c r="C448" s="42"/>
+      <c r="D448" s="42"/>
+      <c r="E448" s="42"/>
+      <c r="F448" s="6"/>
+      <c r="G448" s="6"/>
+      <c r="H448" s="6"/>
+      <c r="I448" s="48"/>
+      <c r="J448" s="49"/>
+      <c r="K448" s="49"/>
+      <c r="L448" s="65"/>
+      <c r="M448" s="66"/>
+      <c r="N448" s="69"/>
+      <c r="O448" s="69"/>
     </row>
     <row r="449" spans="1:15">
-      <c r="A449" s="12" t="str">
+      <c r="A449" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B449" s="13"/>
-[...12 lines deleted...]
-      <c r="O449" s="58"/>
+      <c r="B449" s="6"/>
+      <c r="C449" s="42"/>
+      <c r="D449" s="42"/>
+      <c r="E449" s="42"/>
+      <c r="F449" s="6"/>
+      <c r="G449" s="6"/>
+      <c r="H449" s="6"/>
+      <c r="I449" s="48"/>
+      <c r="J449" s="49"/>
+      <c r="K449" s="49"/>
+      <c r="L449" s="65"/>
+      <c r="M449" s="66"/>
+      <c r="N449" s="69"/>
+      <c r="O449" s="69"/>
     </row>
     <row r="450" spans="1:15">
-      <c r="A450" s="12" t="str">
+      <c r="A450" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B450" s="13"/>
-[...12 lines deleted...]
-      <c r="O450" s="58"/>
+      <c r="B450" s="6"/>
+      <c r="C450" s="42"/>
+      <c r="D450" s="42"/>
+      <c r="E450" s="42"/>
+      <c r="F450" s="6"/>
+      <c r="G450" s="6"/>
+      <c r="H450" s="6"/>
+      <c r="I450" s="48"/>
+      <c r="J450" s="49"/>
+      <c r="K450" s="49"/>
+      <c r="L450" s="65"/>
+      <c r="M450" s="66"/>
+      <c r="N450" s="69"/>
+      <c r="O450" s="69"/>
     </row>
     <row r="451" spans="1:15">
-      <c r="A451" s="12" t="str">
+      <c r="A451" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B451" s="13"/>
-[...12 lines deleted...]
-      <c r="O451" s="58"/>
+      <c r="B451" s="6"/>
+      <c r="C451" s="42"/>
+      <c r="D451" s="42"/>
+      <c r="E451" s="42"/>
+      <c r="F451" s="6"/>
+      <c r="G451" s="6"/>
+      <c r="H451" s="6"/>
+      <c r="I451" s="48"/>
+      <c r="J451" s="49"/>
+      <c r="K451" s="49"/>
+      <c r="L451" s="65"/>
+      <c r="M451" s="66"/>
+      <c r="N451" s="69"/>
+      <c r="O451" s="69"/>
     </row>
     <row r="452" spans="1:15">
-      <c r="A452" s="12" t="str">
+      <c r="A452" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B452" s="13"/>
-[...12 lines deleted...]
-      <c r="O452" s="58"/>
+      <c r="B452" s="6"/>
+      <c r="C452" s="42"/>
+      <c r="D452" s="42"/>
+      <c r="E452" s="42"/>
+      <c r="F452" s="6"/>
+      <c r="G452" s="6"/>
+      <c r="H452" s="6"/>
+      <c r="I452" s="48"/>
+      <c r="J452" s="49"/>
+      <c r="K452" s="49"/>
+      <c r="L452" s="65"/>
+      <c r="M452" s="66"/>
+      <c r="N452" s="69"/>
+      <c r="O452" s="69"/>
     </row>
     <row r="453" spans="1:15">
-      <c r="A453" s="12" t="str">
+      <c r="A453" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B453" s="13"/>
-[...12 lines deleted...]
-      <c r="O453" s="58"/>
+      <c r="B453" s="6"/>
+      <c r="C453" s="42"/>
+      <c r="D453" s="42"/>
+      <c r="E453" s="42"/>
+      <c r="F453" s="6"/>
+      <c r="G453" s="6"/>
+      <c r="H453" s="6"/>
+      <c r="I453" s="48"/>
+      <c r="J453" s="49"/>
+      <c r="K453" s="49"/>
+      <c r="L453" s="65"/>
+      <c r="M453" s="66"/>
+      <c r="N453" s="69"/>
+      <c r="O453" s="69"/>
     </row>
     <row r="454" spans="1:15">
-      <c r="A454" s="12" t="str">
+      <c r="A454" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B454" s="13"/>
-[...12 lines deleted...]
-      <c r="O454" s="58"/>
+      <c r="B454" s="6"/>
+      <c r="C454" s="42"/>
+      <c r="D454" s="42"/>
+      <c r="E454" s="42"/>
+      <c r="F454" s="6"/>
+      <c r="G454" s="6"/>
+      <c r="H454" s="6"/>
+      <c r="I454" s="48"/>
+      <c r="J454" s="49"/>
+      <c r="K454" s="49"/>
+      <c r="L454" s="65"/>
+      <c r="M454" s="66"/>
+      <c r="N454" s="69"/>
+      <c r="O454" s="69"/>
     </row>
     <row r="455" spans="1:15">
-      <c r="A455" s="12" t="str">
+      <c r="A455" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B455" s="13"/>
-[...12 lines deleted...]
-      <c r="O455" s="58"/>
+      <c r="B455" s="6"/>
+      <c r="C455" s="42"/>
+      <c r="D455" s="42"/>
+      <c r="E455" s="42"/>
+      <c r="F455" s="6"/>
+      <c r="G455" s="6"/>
+      <c r="H455" s="6"/>
+      <c r="I455" s="48"/>
+      <c r="J455" s="49"/>
+      <c r="K455" s="49"/>
+      <c r="L455" s="65"/>
+      <c r="M455" s="66"/>
+      <c r="N455" s="69"/>
+      <c r="O455" s="69"/>
     </row>
     <row r="456" spans="1:15">
-      <c r="A456" s="12" t="str">
+      <c r="A456" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B456" s="13"/>
-[...12 lines deleted...]
-      <c r="O456" s="58"/>
+      <c r="B456" s="6"/>
+      <c r="C456" s="42"/>
+      <c r="D456" s="42"/>
+      <c r="E456" s="42"/>
+      <c r="F456" s="6"/>
+      <c r="G456" s="6"/>
+      <c r="H456" s="6"/>
+      <c r="I456" s="48"/>
+      <c r="J456" s="49"/>
+      <c r="K456" s="49"/>
+      <c r="L456" s="65"/>
+      <c r="M456" s="66"/>
+      <c r="N456" s="69"/>
+      <c r="O456" s="69"/>
     </row>
     <row r="457" spans="1:15">
-      <c r="A457" s="12" t="str">
+      <c r="A457" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B457" s="13"/>
-[...12 lines deleted...]
-      <c r="O457" s="58"/>
+      <c r="B457" s="6"/>
+      <c r="C457" s="42"/>
+      <c r="D457" s="42"/>
+      <c r="E457" s="42"/>
+      <c r="F457" s="6"/>
+      <c r="G457" s="6"/>
+      <c r="H457" s="6"/>
+      <c r="I457" s="48"/>
+      <c r="J457" s="49"/>
+      <c r="K457" s="49"/>
+      <c r="L457" s="65"/>
+      <c r="M457" s="66"/>
+      <c r="N457" s="69"/>
+      <c r="O457" s="69"/>
     </row>
     <row r="458" spans="1:15">
-      <c r="A458" s="12" t="str">
+      <c r="A458" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B458" s="13"/>
-[...12 lines deleted...]
-      <c r="O458" s="58"/>
+      <c r="B458" s="6"/>
+      <c r="C458" s="42"/>
+      <c r="D458" s="42"/>
+      <c r="E458" s="42"/>
+      <c r="F458" s="6"/>
+      <c r="G458" s="6"/>
+      <c r="H458" s="6"/>
+      <c r="I458" s="48"/>
+      <c r="J458" s="49"/>
+      <c r="K458" s="49"/>
+      <c r="L458" s="65"/>
+      <c r="M458" s="66"/>
+      <c r="N458" s="69"/>
+      <c r="O458" s="69"/>
     </row>
     <row r="459" spans="1:15">
-      <c r="A459" s="12" t="str">
+      <c r="A459" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B459" s="13"/>
-[...12 lines deleted...]
-      <c r="O459" s="58"/>
+      <c r="B459" s="6"/>
+      <c r="C459" s="42"/>
+      <c r="D459" s="42"/>
+      <c r="E459" s="42"/>
+      <c r="F459" s="6"/>
+      <c r="G459" s="6"/>
+      <c r="H459" s="6"/>
+      <c r="I459" s="48"/>
+      <c r="J459" s="49"/>
+      <c r="K459" s="49"/>
+      <c r="L459" s="65"/>
+      <c r="M459" s="66"/>
+      <c r="N459" s="69"/>
+      <c r="O459" s="69"/>
     </row>
     <row r="460" spans="1:15">
-      <c r="A460" s="12" t="str">
+      <c r="A460" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B460" s="13"/>
-[...12 lines deleted...]
-      <c r="O460" s="58"/>
+      <c r="B460" s="6"/>
+      <c r="C460" s="42"/>
+      <c r="D460" s="42"/>
+      <c r="E460" s="42"/>
+      <c r="F460" s="6"/>
+      <c r="G460" s="6"/>
+      <c r="H460" s="6"/>
+      <c r="I460" s="48"/>
+      <c r="J460" s="49"/>
+      <c r="K460" s="49"/>
+      <c r="L460" s="65"/>
+      <c r="M460" s="66"/>
+      <c r="N460" s="69"/>
+      <c r="O460" s="69"/>
     </row>
     <row r="461" spans="1:15">
-      <c r="A461" s="12" t="str">
+      <c r="A461" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B461" s="13"/>
-[...12 lines deleted...]
-      <c r="O461" s="58"/>
+      <c r="B461" s="6"/>
+      <c r="C461" s="42"/>
+      <c r="D461" s="42"/>
+      <c r="E461" s="42"/>
+      <c r="F461" s="6"/>
+      <c r="G461" s="6"/>
+      <c r="H461" s="6"/>
+      <c r="I461" s="48"/>
+      <c r="J461" s="49"/>
+      <c r="K461" s="49"/>
+      <c r="L461" s="65"/>
+      <c r="M461" s="66"/>
+      <c r="N461" s="69"/>
+      <c r="O461" s="69"/>
     </row>
     <row r="462" spans="1:15">
-      <c r="A462" s="12" t="str">
+      <c r="A462" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B462" s="13"/>
-[...12 lines deleted...]
-      <c r="O462" s="58"/>
+      <c r="B462" s="6"/>
+      <c r="C462" s="42"/>
+      <c r="D462" s="42"/>
+      <c r="E462" s="42"/>
+      <c r="F462" s="6"/>
+      <c r="G462" s="6"/>
+      <c r="H462" s="6"/>
+      <c r="I462" s="48"/>
+      <c r="J462" s="49"/>
+      <c r="K462" s="49"/>
+      <c r="L462" s="65"/>
+      <c r="M462" s="66"/>
+      <c r="N462" s="69"/>
+      <c r="O462" s="69"/>
     </row>
     <row r="463" spans="1:15">
-      <c r="A463" s="12" t="str">
+      <c r="A463" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B463" s="13"/>
-[...12 lines deleted...]
-      <c r="O463" s="58"/>
+      <c r="B463" s="6"/>
+      <c r="C463" s="42"/>
+      <c r="D463" s="42"/>
+      <c r="E463" s="42"/>
+      <c r="F463" s="6"/>
+      <c r="G463" s="6"/>
+      <c r="H463" s="6"/>
+      <c r="I463" s="48"/>
+      <c r="J463" s="49"/>
+      <c r="K463" s="49"/>
+      <c r="L463" s="65"/>
+      <c r="M463" s="66"/>
+      <c r="N463" s="69"/>
+      <c r="O463" s="69"/>
     </row>
     <row r="464" spans="1:15">
-      <c r="A464" s="12" t="str">
+      <c r="A464" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B464" s="13"/>
-[...12 lines deleted...]
-      <c r="O464" s="58"/>
+      <c r="B464" s="6"/>
+      <c r="C464" s="42"/>
+      <c r="D464" s="42"/>
+      <c r="E464" s="42"/>
+      <c r="F464" s="6"/>
+      <c r="G464" s="6"/>
+      <c r="H464" s="6"/>
+      <c r="I464" s="48"/>
+      <c r="J464" s="49"/>
+      <c r="K464" s="49"/>
+      <c r="L464" s="65"/>
+      <c r="M464" s="66"/>
+      <c r="N464" s="69"/>
+      <c r="O464" s="69"/>
     </row>
     <row r="465" spans="1:15">
-      <c r="A465" s="12" t="str">
+      <c r="A465" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B465" s="13"/>
-[...12 lines deleted...]
-      <c r="O465" s="58"/>
+      <c r="B465" s="6"/>
+      <c r="C465" s="42"/>
+      <c r="D465" s="42"/>
+      <c r="E465" s="42"/>
+      <c r="F465" s="6"/>
+      <c r="G465" s="6"/>
+      <c r="H465" s="6"/>
+      <c r="I465" s="48"/>
+      <c r="J465" s="49"/>
+      <c r="K465" s="49"/>
+      <c r="L465" s="65"/>
+      <c r="M465" s="66"/>
+      <c r="N465" s="69"/>
+      <c r="O465" s="69"/>
     </row>
     <row r="466" spans="1:15">
-      <c r="A466" s="12" t="str">
+      <c r="A466" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B466" s="13"/>
-[...12 lines deleted...]
-      <c r="O466" s="58"/>
+      <c r="B466" s="6"/>
+      <c r="C466" s="42"/>
+      <c r="D466" s="42"/>
+      <c r="E466" s="42"/>
+      <c r="F466" s="6"/>
+      <c r="G466" s="6"/>
+      <c r="H466" s="6"/>
+      <c r="I466" s="48"/>
+      <c r="J466" s="49"/>
+      <c r="K466" s="49"/>
+      <c r="L466" s="65"/>
+      <c r="M466" s="66"/>
+      <c r="N466" s="69"/>
+      <c r="O466" s="69"/>
     </row>
     <row r="467" spans="1:15">
-      <c r="A467" s="12" t="str">
+      <c r="A467" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B467" s="13"/>
-[...12 lines deleted...]
-      <c r="O467" s="58"/>
+      <c r="B467" s="6"/>
+      <c r="C467" s="42"/>
+      <c r="D467" s="42"/>
+      <c r="E467" s="42"/>
+      <c r="F467" s="6"/>
+      <c r="G467" s="6"/>
+      <c r="H467" s="6"/>
+      <c r="I467" s="48"/>
+      <c r="J467" s="49"/>
+      <c r="K467" s="49"/>
+      <c r="L467" s="65"/>
+      <c r="M467" s="66"/>
+      <c r="N467" s="69"/>
+      <c r="O467" s="69"/>
     </row>
     <row r="468" spans="1:15">
-      <c r="A468" s="12" t="str">
+      <c r="A468" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B468" s="13"/>
-[...12 lines deleted...]
-      <c r="O468" s="58"/>
+      <c r="B468" s="6"/>
+      <c r="C468" s="42"/>
+      <c r="D468" s="42"/>
+      <c r="E468" s="42"/>
+      <c r="F468" s="6"/>
+      <c r="G468" s="6"/>
+      <c r="H468" s="6"/>
+      <c r="I468" s="48"/>
+      <c r="J468" s="49"/>
+      <c r="K468" s="49"/>
+      <c r="L468" s="65"/>
+      <c r="M468" s="66"/>
+      <c r="N468" s="69"/>
+      <c r="O468" s="69"/>
     </row>
     <row r="469" spans="1:15">
-      <c r="A469" s="12" t="str">
+      <c r="A469" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B469" s="13"/>
-[...12 lines deleted...]
-      <c r="O469" s="58"/>
+      <c r="B469" s="6"/>
+      <c r="C469" s="42"/>
+      <c r="D469" s="42"/>
+      <c r="E469" s="42"/>
+      <c r="F469" s="6"/>
+      <c r="G469" s="6"/>
+      <c r="H469" s="6"/>
+      <c r="I469" s="48"/>
+      <c r="J469" s="49"/>
+      <c r="K469" s="49"/>
+      <c r="L469" s="65"/>
+      <c r="M469" s="66"/>
+      <c r="N469" s="69"/>
+      <c r="O469" s="69"/>
     </row>
     <row r="470" spans="1:15">
-      <c r="A470" s="12" t="str">
+      <c r="A470" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B470" s="13"/>
-[...12 lines deleted...]
-      <c r="O470" s="58"/>
+      <c r="B470" s="6"/>
+      <c r="C470" s="42"/>
+      <c r="D470" s="42"/>
+      <c r="E470" s="42"/>
+      <c r="F470" s="6"/>
+      <c r="G470" s="6"/>
+      <c r="H470" s="6"/>
+      <c r="I470" s="48"/>
+      <c r="J470" s="49"/>
+      <c r="K470" s="49"/>
+      <c r="L470" s="65"/>
+      <c r="M470" s="66"/>
+      <c r="N470" s="69"/>
+      <c r="O470" s="69"/>
     </row>
     <row r="471" spans="1:15">
-      <c r="A471" s="12" t="str">
+      <c r="A471" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B471" s="13"/>
-[...12 lines deleted...]
-      <c r="O471" s="58"/>
+      <c r="B471" s="6"/>
+      <c r="C471" s="42"/>
+      <c r="D471" s="42"/>
+      <c r="E471" s="42"/>
+      <c r="F471" s="6"/>
+      <c r="G471" s="6"/>
+      <c r="H471" s="6"/>
+      <c r="I471" s="48"/>
+      <c r="J471" s="49"/>
+      <c r="K471" s="49"/>
+      <c r="L471" s="65"/>
+      <c r="M471" s="66"/>
+      <c r="N471" s="69"/>
+      <c r="O471" s="69"/>
     </row>
     <row r="472" spans="1:15">
-      <c r="A472" s="12" t="str">
+      <c r="A472" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B472" s="13"/>
-[...12 lines deleted...]
-      <c r="O472" s="58"/>
+      <c r="B472" s="6"/>
+      <c r="C472" s="42"/>
+      <c r="D472" s="42"/>
+      <c r="E472" s="42"/>
+      <c r="F472" s="6"/>
+      <c r="G472" s="6"/>
+      <c r="H472" s="6"/>
+      <c r="I472" s="48"/>
+      <c r="J472" s="49"/>
+      <c r="K472" s="49"/>
+      <c r="L472" s="65"/>
+      <c r="M472" s="66"/>
+      <c r="N472" s="69"/>
+      <c r="O472" s="69"/>
     </row>
     <row r="473" spans="1:15">
-      <c r="A473" s="12" t="str">
+      <c r="A473" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B473" s="13"/>
-[...12 lines deleted...]
-      <c r="O473" s="58"/>
+      <c r="B473" s="6"/>
+      <c r="C473" s="42"/>
+      <c r="D473" s="42"/>
+      <c r="E473" s="42"/>
+      <c r="F473" s="6"/>
+      <c r="G473" s="6"/>
+      <c r="H473" s="6"/>
+      <c r="I473" s="48"/>
+      <c r="J473" s="49"/>
+      <c r="K473" s="49"/>
+      <c r="L473" s="65"/>
+      <c r="M473" s="66"/>
+      <c r="N473" s="69"/>
+      <c r="O473" s="69"/>
     </row>
     <row r="474" spans="1:15">
-      <c r="A474" s="12" t="str">
+      <c r="A474" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B474" s="13"/>
-[...12 lines deleted...]
-      <c r="O474" s="58"/>
+      <c r="B474" s="6"/>
+      <c r="C474" s="42"/>
+      <c r="D474" s="42"/>
+      <c r="E474" s="42"/>
+      <c r="F474" s="6"/>
+      <c r="G474" s="6"/>
+      <c r="H474" s="6"/>
+      <c r="I474" s="48"/>
+      <c r="J474" s="49"/>
+      <c r="K474" s="49"/>
+      <c r="L474" s="65"/>
+      <c r="M474" s="66"/>
+      <c r="N474" s="69"/>
+      <c r="O474" s="69"/>
     </row>
     <row r="475" spans="1:15">
-      <c r="A475" s="12" t="str">
+      <c r="A475" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B475" s="13"/>
-[...12 lines deleted...]
-      <c r="O475" s="58"/>
+      <c r="B475" s="6"/>
+      <c r="C475" s="42"/>
+      <c r="D475" s="42"/>
+      <c r="E475" s="42"/>
+      <c r="F475" s="6"/>
+      <c r="G475" s="6"/>
+      <c r="H475" s="6"/>
+      <c r="I475" s="48"/>
+      <c r="J475" s="49"/>
+      <c r="K475" s="49"/>
+      <c r="L475" s="65"/>
+      <c r="M475" s="66"/>
+      <c r="N475" s="69"/>
+      <c r="O475" s="69"/>
     </row>
     <row r="476" spans="1:15">
-      <c r="A476" s="12" t="str">
+      <c r="A476" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B476" s="13"/>
-[...12 lines deleted...]
-      <c r="O476" s="58"/>
+      <c r="B476" s="6"/>
+      <c r="C476" s="42"/>
+      <c r="D476" s="42"/>
+      <c r="E476" s="42"/>
+      <c r="F476" s="6"/>
+      <c r="G476" s="6"/>
+      <c r="H476" s="6"/>
+      <c r="I476" s="48"/>
+      <c r="J476" s="49"/>
+      <c r="K476" s="49"/>
+      <c r="L476" s="65"/>
+      <c r="M476" s="66"/>
+      <c r="N476" s="69"/>
+      <c r="O476" s="69"/>
     </row>
     <row r="477" spans="1:15">
-      <c r="A477" s="12" t="str">
+      <c r="A477" s="5" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="B477" s="13"/>
-[...12 lines deleted...]
-      <c r="O477" s="58"/>
+      <c r="B477" s="6"/>
+      <c r="C477" s="42"/>
+      <c r="D477" s="42"/>
+      <c r="E477" s="42"/>
+      <c r="F477" s="6"/>
+      <c r="G477" s="6"/>
+      <c r="H477" s="6"/>
+      <c r="I477" s="48"/>
+      <c r="J477" s="49"/>
+      <c r="K477" s="49"/>
+      <c r="L477" s="65"/>
+      <c r="M477" s="66"/>
+      <c r="N477" s="69"/>
+      <c r="O477" s="69"/>
     </row>
     <row r="478" spans="1:15">
-      <c r="A478" s="12" t="str">
+      <c r="A478" s="5" t="str">
         <f t="shared" ref="A478:A519" si="7">IF(AND(ISBLANK(B477),ISBLANK(C477),ISBLANK(F477),ISBLANK(G477),ISBLANK(H477),ISBLANK(I477),ISBLANK(J477),ISBLANK(K477),ISBLANK(L477),ISBLANK(M477),ISBLANK(N477),ISBLANK(O477)),"",ROW(A478)-ROW(Volgnr.))</f>
         <v/>
       </c>
-      <c r="B478" s="13"/>
-[...12 lines deleted...]
-      <c r="O478" s="58"/>
+      <c r="B478" s="6"/>
+      <c r="C478" s="42"/>
+      <c r="D478" s="42"/>
+      <c r="E478" s="42"/>
+      <c r="F478" s="6"/>
+      <c r="G478" s="6"/>
+      <c r="H478" s="6"/>
+      <c r="I478" s="48"/>
+      <c r="J478" s="49"/>
+      <c r="K478" s="49"/>
+      <c r="L478" s="65"/>
+      <c r="M478" s="66"/>
+      <c r="N478" s="69"/>
+      <c r="O478" s="69"/>
     </row>
     <row r="479" spans="1:15">
-      <c r="A479" s="12" t="str">
+      <c r="A479" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B479" s="13"/>
-[...12 lines deleted...]
-      <c r="O479" s="58"/>
+      <c r="B479" s="6"/>
+      <c r="C479" s="42"/>
+      <c r="D479" s="42"/>
+      <c r="E479" s="42"/>
+      <c r="F479" s="6"/>
+      <c r="G479" s="6"/>
+      <c r="H479" s="6"/>
+      <c r="I479" s="48"/>
+      <c r="J479" s="49"/>
+      <c r="K479" s="49"/>
+      <c r="L479" s="65"/>
+      <c r="M479" s="66"/>
+      <c r="N479" s="69"/>
+      <c r="O479" s="69"/>
     </row>
     <row r="480" spans="1:15">
-      <c r="A480" s="12" t="str">
+      <c r="A480" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B480" s="13"/>
-[...12 lines deleted...]
-      <c r="O480" s="58"/>
+      <c r="B480" s="6"/>
+      <c r="C480" s="42"/>
+      <c r="D480" s="42"/>
+      <c r="E480" s="42"/>
+      <c r="F480" s="6"/>
+      <c r="G480" s="6"/>
+      <c r="H480" s="6"/>
+      <c r="I480" s="48"/>
+      <c r="J480" s="49"/>
+      <c r="K480" s="49"/>
+      <c r="L480" s="65"/>
+      <c r="M480" s="66"/>
+      <c r="N480" s="69"/>
+      <c r="O480" s="69"/>
     </row>
     <row r="481" spans="1:15">
-      <c r="A481" s="12" t="str">
+      <c r="A481" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B481" s="13"/>
-[...12 lines deleted...]
-      <c r="O481" s="58"/>
+      <c r="B481" s="6"/>
+      <c r="C481" s="42"/>
+      <c r="D481" s="42"/>
+      <c r="E481" s="42"/>
+      <c r="F481" s="6"/>
+      <c r="G481" s="6"/>
+      <c r="H481" s="6"/>
+      <c r="I481" s="48"/>
+      <c r="J481" s="49"/>
+      <c r="K481" s="49"/>
+      <c r="L481" s="65"/>
+      <c r="M481" s="66"/>
+      <c r="N481" s="69"/>
+      <c r="O481" s="69"/>
     </row>
     <row r="482" spans="1:15">
-      <c r="A482" s="12" t="str">
+      <c r="A482" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B482" s="13"/>
-[...12 lines deleted...]
-      <c r="O482" s="58"/>
+      <c r="B482" s="6"/>
+      <c r="C482" s="42"/>
+      <c r="D482" s="42"/>
+      <c r="E482" s="42"/>
+      <c r="F482" s="6"/>
+      <c r="G482" s="6"/>
+      <c r="H482" s="6"/>
+      <c r="I482" s="48"/>
+      <c r="J482" s="49"/>
+      <c r="K482" s="49"/>
+      <c r="L482" s="65"/>
+      <c r="M482" s="66"/>
+      <c r="N482" s="69"/>
+      <c r="O482" s="69"/>
     </row>
     <row r="483" spans="1:15">
-      <c r="A483" s="12" t="str">
+      <c r="A483" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B483" s="13"/>
-[...12 lines deleted...]
-      <c r="O483" s="58"/>
+      <c r="B483" s="6"/>
+      <c r="C483" s="42"/>
+      <c r="D483" s="42"/>
+      <c r="E483" s="42"/>
+      <c r="F483" s="6"/>
+      <c r="G483" s="6"/>
+      <c r="H483" s="6"/>
+      <c r="I483" s="48"/>
+      <c r="J483" s="49"/>
+      <c r="K483" s="49"/>
+      <c r="L483" s="65"/>
+      <c r="M483" s="66"/>
+      <c r="N483" s="69"/>
+      <c r="O483" s="69"/>
     </row>
     <row r="484" spans="1:15">
-      <c r="A484" s="12" t="str">
+      <c r="A484" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B484" s="13"/>
-[...12 lines deleted...]
-      <c r="O484" s="58"/>
+      <c r="B484" s="6"/>
+      <c r="C484" s="42"/>
+      <c r="D484" s="42"/>
+      <c r="E484" s="42"/>
+      <c r="F484" s="6"/>
+      <c r="G484" s="6"/>
+      <c r="H484" s="6"/>
+      <c r="I484" s="48"/>
+      <c r="J484" s="49"/>
+      <c r="K484" s="49"/>
+      <c r="L484" s="65"/>
+      <c r="M484" s="66"/>
+      <c r="N484" s="69"/>
+      <c r="O484" s="69"/>
     </row>
     <row r="485" spans="1:15">
-      <c r="A485" s="12" t="str">
+      <c r="A485" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B485" s="13"/>
-[...12 lines deleted...]
-      <c r="O485" s="58"/>
+      <c r="B485" s="6"/>
+      <c r="C485" s="42"/>
+      <c r="D485" s="42"/>
+      <c r="E485" s="42"/>
+      <c r="F485" s="6"/>
+      <c r="G485" s="6"/>
+      <c r="H485" s="6"/>
+      <c r="I485" s="48"/>
+      <c r="J485" s="49"/>
+      <c r="K485" s="49"/>
+      <c r="L485" s="65"/>
+      <c r="M485" s="66"/>
+      <c r="N485" s="69"/>
+      <c r="O485" s="69"/>
     </row>
     <row r="486" spans="1:15">
-      <c r="A486" s="12" t="str">
+      <c r="A486" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B486" s="13"/>
-[...12 lines deleted...]
-      <c r="O486" s="58"/>
+      <c r="B486" s="6"/>
+      <c r="C486" s="42"/>
+      <c r="D486" s="42"/>
+      <c r="E486" s="42"/>
+      <c r="F486" s="6"/>
+      <c r="G486" s="6"/>
+      <c r="H486" s="6"/>
+      <c r="I486" s="48"/>
+      <c r="J486" s="49"/>
+      <c r="K486" s="49"/>
+      <c r="L486" s="65"/>
+      <c r="M486" s="66"/>
+      <c r="N486" s="69"/>
+      <c r="O486" s="69"/>
     </row>
     <row r="487" spans="1:15">
-      <c r="A487" s="12" t="str">
+      <c r="A487" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B487" s="13"/>
-[...12 lines deleted...]
-      <c r="O487" s="58"/>
+      <c r="B487" s="6"/>
+      <c r="C487" s="42"/>
+      <c r="D487" s="42"/>
+      <c r="E487" s="42"/>
+      <c r="F487" s="6"/>
+      <c r="G487" s="6"/>
+      <c r="H487" s="6"/>
+      <c r="I487" s="48"/>
+      <c r="J487" s="49"/>
+      <c r="K487" s="49"/>
+      <c r="L487" s="65"/>
+      <c r="M487" s="66"/>
+      <c r="N487" s="69"/>
+      <c r="O487" s="69"/>
     </row>
     <row r="488" spans="1:15">
-      <c r="A488" s="12" t="str">
+      <c r="A488" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B488" s="13"/>
-[...12 lines deleted...]
-      <c r="O488" s="58"/>
+      <c r="B488" s="6"/>
+      <c r="C488" s="42"/>
+      <c r="D488" s="42"/>
+      <c r="E488" s="42"/>
+      <c r="F488" s="6"/>
+      <c r="G488" s="6"/>
+      <c r="H488" s="6"/>
+      <c r="I488" s="48"/>
+      <c r="J488" s="49"/>
+      <c r="K488" s="49"/>
+      <c r="L488" s="65"/>
+      <c r="M488" s="66"/>
+      <c r="N488" s="69"/>
+      <c r="O488" s="69"/>
     </row>
     <row r="489" spans="1:15">
-      <c r="A489" s="12" t="str">
+      <c r="A489" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B489" s="13"/>
-[...12 lines deleted...]
-      <c r="O489" s="58"/>
+      <c r="B489" s="6"/>
+      <c r="C489" s="42"/>
+      <c r="D489" s="42"/>
+      <c r="E489" s="42"/>
+      <c r="F489" s="6"/>
+      <c r="G489" s="6"/>
+      <c r="H489" s="6"/>
+      <c r="I489" s="48"/>
+      <c r="J489" s="49"/>
+      <c r="K489" s="49"/>
+      <c r="L489" s="65"/>
+      <c r="M489" s="66"/>
+      <c r="N489" s="69"/>
+      <c r="O489" s="69"/>
     </row>
     <row r="490" spans="1:15">
-      <c r="A490" s="12" t="str">
+      <c r="A490" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B490" s="13"/>
-[...12 lines deleted...]
-      <c r="O490" s="58"/>
+      <c r="B490" s="6"/>
+      <c r="C490" s="42"/>
+      <c r="D490" s="42"/>
+      <c r="E490" s="42"/>
+      <c r="F490" s="6"/>
+      <c r="G490" s="6"/>
+      <c r="H490" s="6"/>
+      <c r="I490" s="48"/>
+      <c r="J490" s="49"/>
+      <c r="K490" s="49"/>
+      <c r="L490" s="65"/>
+      <c r="M490" s="66"/>
+      <c r="N490" s="69"/>
+      <c r="O490" s="69"/>
     </row>
     <row r="491" spans="1:15">
-      <c r="A491" s="12" t="str">
+      <c r="A491" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B491" s="13"/>
-[...12 lines deleted...]
-      <c r="O491" s="58"/>
+      <c r="B491" s="6"/>
+      <c r="C491" s="42"/>
+      <c r="D491" s="42"/>
+      <c r="E491" s="42"/>
+      <c r="F491" s="6"/>
+      <c r="G491" s="6"/>
+      <c r="H491" s="6"/>
+      <c r="I491" s="48"/>
+      <c r="J491" s="49"/>
+      <c r="K491" s="49"/>
+      <c r="L491" s="65"/>
+      <c r="M491" s="66"/>
+      <c r="N491" s="69"/>
+      <c r="O491" s="69"/>
     </row>
     <row r="492" spans="1:15">
-      <c r="A492" s="12" t="str">
+      <c r="A492" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B492" s="13"/>
-[...12 lines deleted...]
-      <c r="O492" s="58"/>
+      <c r="B492" s="6"/>
+      <c r="C492" s="42"/>
+      <c r="D492" s="42"/>
+      <c r="E492" s="42"/>
+      <c r="F492" s="6"/>
+      <c r="G492" s="6"/>
+      <c r="H492" s="6"/>
+      <c r="I492" s="48"/>
+      <c r="J492" s="49"/>
+      <c r="K492" s="49"/>
+      <c r="L492" s="65"/>
+      <c r="M492" s="66"/>
+      <c r="N492" s="69"/>
+      <c r="O492" s="69"/>
     </row>
     <row r="493" spans="1:15">
-      <c r="A493" s="12" t="str">
+      <c r="A493" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B493" s="13"/>
-[...12 lines deleted...]
-      <c r="O493" s="58"/>
+      <c r="B493" s="6"/>
+      <c r="C493" s="42"/>
+      <c r="D493" s="42"/>
+      <c r="E493" s="42"/>
+      <c r="F493" s="6"/>
+      <c r="G493" s="6"/>
+      <c r="H493" s="6"/>
+      <c r="I493" s="48"/>
+      <c r="J493" s="49"/>
+      <c r="K493" s="49"/>
+      <c r="L493" s="65"/>
+      <c r="M493" s="66"/>
+      <c r="N493" s="69"/>
+      <c r="O493" s="69"/>
     </row>
     <row r="494" spans="1:15">
-      <c r="A494" s="12" t="str">
+      <c r="A494" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B494" s="13"/>
-[...12 lines deleted...]
-      <c r="O494" s="58"/>
+      <c r="B494" s="6"/>
+      <c r="C494" s="42"/>
+      <c r="D494" s="42"/>
+      <c r="E494" s="42"/>
+      <c r="F494" s="6"/>
+      <c r="G494" s="6"/>
+      <c r="H494" s="6"/>
+      <c r="I494" s="48"/>
+      <c r="J494" s="49"/>
+      <c r="K494" s="49"/>
+      <c r="L494" s="65"/>
+      <c r="M494" s="66"/>
+      <c r="N494" s="69"/>
+      <c r="O494" s="69"/>
     </row>
     <row r="495" spans="1:15">
-      <c r="A495" s="12" t="str">
+      <c r="A495" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B495" s="13"/>
-[...12 lines deleted...]
-      <c r="O495" s="58"/>
+      <c r="B495" s="6"/>
+      <c r="C495" s="42"/>
+      <c r="D495" s="42"/>
+      <c r="E495" s="42"/>
+      <c r="F495" s="6"/>
+      <c r="G495" s="6"/>
+      <c r="H495" s="6"/>
+      <c r="I495" s="48"/>
+      <c r="J495" s="49"/>
+      <c r="K495" s="49"/>
+      <c r="L495" s="65"/>
+      <c r="M495" s="66"/>
+      <c r="N495" s="69"/>
+      <c r="O495" s="69"/>
     </row>
     <row r="496" spans="1:15">
-      <c r="A496" s="12" t="str">
+      <c r="A496" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B496" s="13"/>
-[...12 lines deleted...]
-      <c r="O496" s="58"/>
+      <c r="B496" s="6"/>
+      <c r="C496" s="42"/>
+      <c r="D496" s="42"/>
+      <c r="E496" s="42"/>
+      <c r="F496" s="6"/>
+      <c r="G496" s="6"/>
+      <c r="H496" s="6"/>
+      <c r="I496" s="48"/>
+      <c r="J496" s="49"/>
+      <c r="K496" s="49"/>
+      <c r="L496" s="65"/>
+      <c r="M496" s="66"/>
+      <c r="N496" s="69"/>
+      <c r="O496" s="69"/>
     </row>
     <row r="497" spans="1:15">
-      <c r="A497" s="12" t="str">
+      <c r="A497" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B497" s="13"/>
-[...12 lines deleted...]
-      <c r="O497" s="58"/>
+      <c r="B497" s="6"/>
+      <c r="C497" s="42"/>
+      <c r="D497" s="42"/>
+      <c r="E497" s="42"/>
+      <c r="F497" s="6"/>
+      <c r="G497" s="6"/>
+      <c r="H497" s="6"/>
+      <c r="I497" s="48"/>
+      <c r="J497" s="49"/>
+      <c r="K497" s="49"/>
+      <c r="L497" s="65"/>
+      <c r="M497" s="66"/>
+      <c r="N497" s="69"/>
+      <c r="O497" s="69"/>
     </row>
     <row r="498" spans="1:15">
-      <c r="A498" s="12" t="str">
+      <c r="A498" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B498" s="13"/>
-[...12 lines deleted...]
-      <c r="O498" s="58"/>
+      <c r="B498" s="6"/>
+      <c r="C498" s="42"/>
+      <c r="D498" s="42"/>
+      <c r="E498" s="42"/>
+      <c r="F498" s="6"/>
+      <c r="G498" s="6"/>
+      <c r="H498" s="6"/>
+      <c r="I498" s="48"/>
+      <c r="J498" s="49"/>
+      <c r="K498" s="49"/>
+      <c r="L498" s="65"/>
+      <c r="M498" s="66"/>
+      <c r="N498" s="69"/>
+      <c r="O498" s="69"/>
     </row>
     <row r="499" spans="1:15">
-      <c r="A499" s="12" t="str">
+      <c r="A499" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B499" s="13"/>
-[...12 lines deleted...]
-      <c r="O499" s="58"/>
+      <c r="B499" s="6"/>
+      <c r="C499" s="42"/>
+      <c r="D499" s="42"/>
+      <c r="E499" s="42"/>
+      <c r="F499" s="6"/>
+      <c r="G499" s="6"/>
+      <c r="H499" s="6"/>
+      <c r="I499" s="48"/>
+      <c r="J499" s="49"/>
+      <c r="K499" s="49"/>
+      <c r="L499" s="65"/>
+      <c r="M499" s="66"/>
+      <c r="N499" s="69"/>
+      <c r="O499" s="69"/>
     </row>
     <row r="500" spans="1:15">
-      <c r="A500" s="12" t="str">
+      <c r="A500" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B500" s="13"/>
-[...12 lines deleted...]
-      <c r="O500" s="58"/>
+      <c r="B500" s="6"/>
+      <c r="C500" s="42"/>
+      <c r="D500" s="42"/>
+      <c r="E500" s="42"/>
+      <c r="F500" s="6"/>
+      <c r="G500" s="6"/>
+      <c r="H500" s="6"/>
+      <c r="I500" s="48"/>
+      <c r="J500" s="49"/>
+      <c r="K500" s="49"/>
+      <c r="L500" s="65"/>
+      <c r="M500" s="66"/>
+      <c r="N500" s="69"/>
+      <c r="O500" s="69"/>
     </row>
     <row r="501" spans="1:15">
-      <c r="A501" s="12" t="str">
+      <c r="A501" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B501" s="13"/>
-[...12 lines deleted...]
-      <c r="O501" s="58"/>
+      <c r="B501" s="6"/>
+      <c r="C501" s="42"/>
+      <c r="D501" s="42"/>
+      <c r="E501" s="42"/>
+      <c r="F501" s="6"/>
+      <c r="G501" s="6"/>
+      <c r="H501" s="6"/>
+      <c r="I501" s="48"/>
+      <c r="J501" s="49"/>
+      <c r="K501" s="49"/>
+      <c r="L501" s="65"/>
+      <c r="M501" s="66"/>
+      <c r="N501" s="69"/>
+      <c r="O501" s="69"/>
     </row>
     <row r="502" spans="1:15">
-      <c r="A502" s="12" t="str">
+      <c r="A502" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B502" s="13"/>
-[...12 lines deleted...]
-      <c r="O502" s="58"/>
+      <c r="B502" s="6"/>
+      <c r="C502" s="42"/>
+      <c r="D502" s="42"/>
+      <c r="E502" s="42"/>
+      <c r="F502" s="6"/>
+      <c r="G502" s="6"/>
+      <c r="H502" s="6"/>
+      <c r="I502" s="48"/>
+      <c r="J502" s="49"/>
+      <c r="K502" s="49"/>
+      <c r="L502" s="65"/>
+      <c r="M502" s="66"/>
+      <c r="N502" s="69"/>
+      <c r="O502" s="69"/>
     </row>
     <row r="503" spans="1:15">
-      <c r="A503" s="12" t="str">
+      <c r="A503" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B503" s="13"/>
-[...12 lines deleted...]
-      <c r="O503" s="58"/>
+      <c r="B503" s="6"/>
+      <c r="C503" s="42"/>
+      <c r="D503" s="42"/>
+      <c r="E503" s="42"/>
+      <c r="F503" s="6"/>
+      <c r="G503" s="6"/>
+      <c r="H503" s="6"/>
+      <c r="I503" s="48"/>
+      <c r="J503" s="49"/>
+      <c r="K503" s="49"/>
+      <c r="L503" s="65"/>
+      <c r="M503" s="66"/>
+      <c r="N503" s="69"/>
+      <c r="O503" s="69"/>
     </row>
     <row r="504" spans="1:15">
-      <c r="A504" s="12" t="str">
+      <c r="A504" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B504" s="13"/>
-[...12 lines deleted...]
-      <c r="O504" s="58"/>
+      <c r="B504" s="6"/>
+      <c r="C504" s="42"/>
+      <c r="D504" s="42"/>
+      <c r="E504" s="42"/>
+      <c r="F504" s="6"/>
+      <c r="G504" s="6"/>
+      <c r="H504" s="6"/>
+      <c r="I504" s="48"/>
+      <c r="J504" s="49"/>
+      <c r="K504" s="49"/>
+      <c r="L504" s="65"/>
+      <c r="M504" s="66"/>
+      <c r="N504" s="69"/>
+      <c r="O504" s="69"/>
     </row>
     <row r="505" spans="1:15">
-      <c r="A505" s="12" t="str">
+      <c r="A505" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B505" s="13"/>
-[...12 lines deleted...]
-      <c r="O505" s="58"/>
+      <c r="B505" s="6"/>
+      <c r="C505" s="42"/>
+      <c r="D505" s="42"/>
+      <c r="E505" s="42"/>
+      <c r="F505" s="6"/>
+      <c r="G505" s="6"/>
+      <c r="H505" s="6"/>
+      <c r="I505" s="48"/>
+      <c r="J505" s="49"/>
+      <c r="K505" s="49"/>
+      <c r="L505" s="65"/>
+      <c r="M505" s="66"/>
+      <c r="N505" s="69"/>
+      <c r="O505" s="69"/>
     </row>
     <row r="506" spans="1:15">
-      <c r="A506" s="12" t="str">
+      <c r="A506" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B506" s="13"/>
-[...12 lines deleted...]
-      <c r="O506" s="58"/>
+      <c r="B506" s="6"/>
+      <c r="C506" s="42"/>
+      <c r="D506" s="42"/>
+      <c r="E506" s="42"/>
+      <c r="F506" s="6"/>
+      <c r="G506" s="6"/>
+      <c r="H506" s="6"/>
+      <c r="I506" s="48"/>
+      <c r="J506" s="49"/>
+      <c r="K506" s="49"/>
+      <c r="L506" s="65"/>
+      <c r="M506" s="66"/>
+      <c r="N506" s="69"/>
+      <c r="O506" s="69"/>
     </row>
     <row r="507" spans="1:15">
-      <c r="A507" s="12" t="str">
+      <c r="A507" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B507" s="13"/>
-[...12 lines deleted...]
-      <c r="O507" s="58"/>
+      <c r="B507" s="6"/>
+      <c r="C507" s="42"/>
+      <c r="D507" s="42"/>
+      <c r="E507" s="42"/>
+      <c r="F507" s="6"/>
+      <c r="G507" s="6"/>
+      <c r="H507" s="6"/>
+      <c r="I507" s="48"/>
+      <c r="J507" s="49"/>
+      <c r="K507" s="49"/>
+      <c r="L507" s="65"/>
+      <c r="M507" s="66"/>
+      <c r="N507" s="69"/>
+      <c r="O507" s="69"/>
     </row>
     <row r="508" spans="1:15">
-      <c r="A508" s="12" t="str">
+      <c r="A508" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B508" s="13"/>
-[...12 lines deleted...]
-      <c r="O508" s="58"/>
+      <c r="B508" s="6"/>
+      <c r="C508" s="42"/>
+      <c r="D508" s="42"/>
+      <c r="E508" s="42"/>
+      <c r="F508" s="6"/>
+      <c r="G508" s="6"/>
+      <c r="H508" s="6"/>
+      <c r="I508" s="48"/>
+      <c r="J508" s="49"/>
+      <c r="K508" s="49"/>
+      <c r="L508" s="65"/>
+      <c r="M508" s="66"/>
+      <c r="N508" s="69"/>
+      <c r="O508" s="69"/>
     </row>
     <row r="509" spans="1:15">
-      <c r="A509" s="12" t="str">
+      <c r="A509" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B509" s="13"/>
-[...12 lines deleted...]
-      <c r="O509" s="58"/>
+      <c r="B509" s="6"/>
+      <c r="C509" s="42"/>
+      <c r="D509" s="42"/>
+      <c r="E509" s="42"/>
+      <c r="F509" s="6"/>
+      <c r="G509" s="6"/>
+      <c r="H509" s="6"/>
+      <c r="I509" s="48"/>
+      <c r="J509" s="49"/>
+      <c r="K509" s="49"/>
+      <c r="L509" s="65"/>
+      <c r="M509" s="66"/>
+      <c r="N509" s="69"/>
+      <c r="O509" s="69"/>
     </row>
     <row r="510" spans="1:15">
-      <c r="A510" s="12" t="str">
+      <c r="A510" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B510" s="13"/>
-[...12 lines deleted...]
-      <c r="O510" s="58"/>
+      <c r="B510" s="6"/>
+      <c r="C510" s="42"/>
+      <c r="D510" s="42"/>
+      <c r="E510" s="42"/>
+      <c r="F510" s="6"/>
+      <c r="G510" s="6"/>
+      <c r="H510" s="6"/>
+      <c r="I510" s="48"/>
+      <c r="J510" s="49"/>
+      <c r="K510" s="49"/>
+      <c r="L510" s="65"/>
+      <c r="M510" s="66"/>
+      <c r="N510" s="69"/>
+      <c r="O510" s="69"/>
     </row>
     <row r="511" spans="1:15">
-      <c r="A511" s="12" t="str">
+      <c r="A511" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B511" s="13"/>
-[...12 lines deleted...]
-      <c r="O511" s="58"/>
+      <c r="B511" s="6"/>
+      <c r="C511" s="42"/>
+      <c r="D511" s="42"/>
+      <c r="E511" s="42"/>
+      <c r="F511" s="6"/>
+      <c r="G511" s="6"/>
+      <c r="H511" s="6"/>
+      <c r="I511" s="48"/>
+      <c r="J511" s="49"/>
+      <c r="K511" s="49"/>
+      <c r="L511" s="65"/>
+      <c r="M511" s="66"/>
+      <c r="N511" s="69"/>
+      <c r="O511" s="69"/>
     </row>
     <row r="512" spans="1:15">
-      <c r="A512" s="12" t="str">
+      <c r="A512" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B512" s="13"/>
-[...12 lines deleted...]
-      <c r="O512" s="58"/>
+      <c r="B512" s="6"/>
+      <c r="C512" s="42"/>
+      <c r="D512" s="42"/>
+      <c r="E512" s="42"/>
+      <c r="F512" s="6"/>
+      <c r="G512" s="6"/>
+      <c r="H512" s="6"/>
+      <c r="I512" s="48"/>
+      <c r="J512" s="49"/>
+      <c r="K512" s="49"/>
+      <c r="L512" s="65"/>
+      <c r="M512" s="66"/>
+      <c r="N512" s="69"/>
+      <c r="O512" s="69"/>
     </row>
     <row r="513" spans="1:15">
-      <c r="A513" s="12" t="str">
+      <c r="A513" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B513" s="13"/>
-[...12 lines deleted...]
-      <c r="O513" s="58"/>
+      <c r="B513" s="6"/>
+      <c r="C513" s="42"/>
+      <c r="D513" s="42"/>
+      <c r="E513" s="42"/>
+      <c r="F513" s="6"/>
+      <c r="G513" s="6"/>
+      <c r="H513" s="6"/>
+      <c r="I513" s="48"/>
+      <c r="J513" s="49"/>
+      <c r="K513" s="49"/>
+      <c r="L513" s="65"/>
+      <c r="M513" s="66"/>
+      <c r="N513" s="69"/>
+      <c r="O513" s="69"/>
     </row>
     <row r="514" spans="1:15">
-      <c r="A514" s="12" t="str">
+      <c r="A514" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B514" s="13"/>
-[...12 lines deleted...]
-      <c r="O514" s="58"/>
+      <c r="B514" s="6"/>
+      <c r="C514" s="42"/>
+      <c r="D514" s="42"/>
+      <c r="E514" s="42"/>
+      <c r="F514" s="6"/>
+      <c r="G514" s="6"/>
+      <c r="H514" s="6"/>
+      <c r="I514" s="48"/>
+      <c r="J514" s="49"/>
+      <c r="K514" s="49"/>
+      <c r="L514" s="65"/>
+      <c r="M514" s="66"/>
+      <c r="N514" s="69"/>
+      <c r="O514" s="69"/>
     </row>
     <row r="515" spans="1:15">
-      <c r="A515" s="12" t="str">
+      <c r="A515" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B515" s="13"/>
-[...12 lines deleted...]
-      <c r="O515" s="58"/>
+      <c r="B515" s="6"/>
+      <c r="C515" s="42"/>
+      <c r="D515" s="42"/>
+      <c r="E515" s="42"/>
+      <c r="F515" s="6"/>
+      <c r="G515" s="6"/>
+      <c r="H515" s="6"/>
+      <c r="I515" s="48"/>
+      <c r="J515" s="49"/>
+      <c r="K515" s="49"/>
+      <c r="L515" s="65"/>
+      <c r="M515" s="66"/>
+      <c r="N515" s="69"/>
+      <c r="O515" s="69"/>
     </row>
     <row r="516" spans="1:15">
-      <c r="A516" s="12" t="str">
+      <c r="A516" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B516" s="13"/>
-[...12 lines deleted...]
-      <c r="O516" s="58"/>
+      <c r="B516" s="6"/>
+      <c r="C516" s="42"/>
+      <c r="D516" s="42"/>
+      <c r="E516" s="42"/>
+      <c r="F516" s="6"/>
+      <c r="G516" s="6"/>
+      <c r="H516" s="6"/>
+      <c r="I516" s="48"/>
+      <c r="J516" s="49"/>
+      <c r="K516" s="49"/>
+      <c r="L516" s="65"/>
+      <c r="M516" s="66"/>
+      <c r="N516" s="69"/>
+      <c r="O516" s="69"/>
     </row>
     <row r="517" spans="1:15">
-      <c r="A517" s="12" t="str">
+      <c r="A517" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B517" s="13"/>
-[...12 lines deleted...]
-      <c r="O517" s="58"/>
+      <c r="B517" s="6"/>
+      <c r="C517" s="42"/>
+      <c r="D517" s="42"/>
+      <c r="E517" s="42"/>
+      <c r="F517" s="6"/>
+      <c r="G517" s="6"/>
+      <c r="H517" s="6"/>
+      <c r="I517" s="48"/>
+      <c r="J517" s="49"/>
+      <c r="K517" s="49"/>
+      <c r="L517" s="65"/>
+      <c r="M517" s="66"/>
+      <c r="N517" s="69"/>
+      <c r="O517" s="69"/>
     </row>
     <row r="518" spans="1:15">
-      <c r="A518" s="12" t="str">
+      <c r="A518" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B518" s="13"/>
-[...12 lines deleted...]
-      <c r="O518" s="58"/>
+      <c r="B518" s="6"/>
+      <c r="C518" s="42"/>
+      <c r="D518" s="42"/>
+      <c r="E518" s="42"/>
+      <c r="F518" s="6"/>
+      <c r="G518" s="6"/>
+      <c r="H518" s="6"/>
+      <c r="I518" s="48"/>
+      <c r="J518" s="49"/>
+      <c r="K518" s="49"/>
+      <c r="L518" s="65"/>
+      <c r="M518" s="66"/>
+      <c r="N518" s="69"/>
+      <c r="O518" s="69"/>
     </row>
     <row r="519" spans="1:15">
-      <c r="A519" s="12" t="str">
+      <c r="A519" s="5" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
-      <c r="B519" s="13"/>
-[...12 lines deleted...]
-      <c r="O519" s="58"/>
+      <c r="B519" s="6"/>
+      <c r="C519" s="42"/>
+      <c r="D519" s="42"/>
+      <c r="E519" s="42"/>
+      <c r="F519" s="6"/>
+      <c r="G519" s="6"/>
+      <c r="H519" s="6"/>
+      <c r="I519" s="48"/>
+      <c r="J519" s="49"/>
+      <c r="K519" s="49"/>
+      <c r="L519" s="67"/>
+      <c r="M519" s="68"/>
+      <c r="N519" s="69"/>
+      <c r="O519" s="69"/>
     </row>
     <row r="520" spans="1:15">
-      <c r="K520" s="24"/>
-[...3 lines deleted...]
-      <c r="O520" s="24"/>
+      <c r="K520" s="12"/>
+      <c r="L520" s="12"/>
+      <c r="M520" s="12"/>
+      <c r="N520" s="12"/>
+      <c r="O520" s="12"/>
     </row>
   </sheetData>
   <sheetProtection password="DC0C" sheet="1" objects="1" scenarios="1"/>
-  <sortState ref="B20:O519">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B20:O519">
     <sortCondition ref="C20:C519"/>
     <sortCondition ref="F20:F519"/>
   </sortState>
   <mergeCells count="2042">
-    <mergeCell ref="C35:E35"/>
-[...984 lines deleted...]
-    <mergeCell ref="I465:K465"/>
+    <mergeCell ref="A1:O3"/>
+    <mergeCell ref="N518:O518"/>
+    <mergeCell ref="N519:O519"/>
+    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="J5:L5"/>
+    <mergeCell ref="J6:L6"/>
+    <mergeCell ref="J7:L7"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="J10:L10"/>
+    <mergeCell ref="J11:L11"/>
+    <mergeCell ref="M4:O4"/>
+    <mergeCell ref="M5:O5"/>
+    <mergeCell ref="M7:O7"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="N513:O513"/>
+    <mergeCell ref="N514:O514"/>
+    <mergeCell ref="N515:O515"/>
+    <mergeCell ref="N516:O516"/>
+    <mergeCell ref="N517:O517"/>
+    <mergeCell ref="N508:O508"/>
+    <mergeCell ref="N509:O509"/>
+    <mergeCell ref="N510:O510"/>
+    <mergeCell ref="N511:O511"/>
+    <mergeCell ref="N512:O512"/>
+    <mergeCell ref="N503:O503"/>
+    <mergeCell ref="N504:O504"/>
+    <mergeCell ref="N505:O505"/>
+    <mergeCell ref="N506:O506"/>
+    <mergeCell ref="N507:O507"/>
+    <mergeCell ref="N498:O498"/>
+    <mergeCell ref="N499:O499"/>
+    <mergeCell ref="N500:O500"/>
+    <mergeCell ref="N501:O501"/>
+    <mergeCell ref="N502:O502"/>
+    <mergeCell ref="N493:O493"/>
+    <mergeCell ref="N494:O494"/>
+    <mergeCell ref="N495:O495"/>
+    <mergeCell ref="N496:O496"/>
+    <mergeCell ref="N497:O497"/>
+    <mergeCell ref="N488:O488"/>
+    <mergeCell ref="N489:O489"/>
+    <mergeCell ref="N490:O490"/>
+    <mergeCell ref="N491:O491"/>
+    <mergeCell ref="N492:O492"/>
+    <mergeCell ref="N483:O483"/>
+    <mergeCell ref="N484:O484"/>
+    <mergeCell ref="N485:O485"/>
+    <mergeCell ref="N486:O486"/>
+    <mergeCell ref="N487:O487"/>
+    <mergeCell ref="N478:O478"/>
+    <mergeCell ref="N479:O479"/>
+    <mergeCell ref="N480:O480"/>
+    <mergeCell ref="N481:O481"/>
+    <mergeCell ref="N482:O482"/>
+    <mergeCell ref="N473:O473"/>
+    <mergeCell ref="N474:O474"/>
+    <mergeCell ref="N475:O475"/>
+    <mergeCell ref="N476:O476"/>
+    <mergeCell ref="N477:O477"/>
+    <mergeCell ref="N468:O468"/>
+    <mergeCell ref="N469:O469"/>
+    <mergeCell ref="N470:O470"/>
+    <mergeCell ref="N471:O471"/>
+    <mergeCell ref="N472:O472"/>
+    <mergeCell ref="N463:O463"/>
+    <mergeCell ref="N464:O464"/>
+    <mergeCell ref="N465:O465"/>
+    <mergeCell ref="N466:O466"/>
+    <mergeCell ref="N467:O467"/>
+    <mergeCell ref="N458:O458"/>
+    <mergeCell ref="N459:O459"/>
+    <mergeCell ref="N460:O460"/>
+    <mergeCell ref="N461:O461"/>
+    <mergeCell ref="N462:O462"/>
+    <mergeCell ref="N453:O453"/>
+    <mergeCell ref="N454:O454"/>
+    <mergeCell ref="N455:O455"/>
+    <mergeCell ref="N456:O456"/>
+    <mergeCell ref="N457:O457"/>
+    <mergeCell ref="N448:O448"/>
+    <mergeCell ref="N449:O449"/>
+    <mergeCell ref="N450:O450"/>
+    <mergeCell ref="N451:O451"/>
+    <mergeCell ref="N452:O452"/>
+    <mergeCell ref="N443:O443"/>
+    <mergeCell ref="N444:O444"/>
+    <mergeCell ref="N445:O445"/>
+    <mergeCell ref="N446:O446"/>
+    <mergeCell ref="N447:O447"/>
+    <mergeCell ref="N438:O438"/>
+    <mergeCell ref="N439:O439"/>
+    <mergeCell ref="N440:O440"/>
+    <mergeCell ref="N441:O441"/>
+    <mergeCell ref="N442:O442"/>
+    <mergeCell ref="N433:O433"/>
+    <mergeCell ref="N434:O434"/>
+    <mergeCell ref="N435:O435"/>
+    <mergeCell ref="N436:O436"/>
+    <mergeCell ref="N437:O437"/>
+    <mergeCell ref="N428:O428"/>
+    <mergeCell ref="N429:O429"/>
+    <mergeCell ref="N430:O430"/>
+    <mergeCell ref="N431:O431"/>
+    <mergeCell ref="N432:O432"/>
+    <mergeCell ref="N423:O423"/>
+    <mergeCell ref="N424:O424"/>
+    <mergeCell ref="N425:O425"/>
+    <mergeCell ref="N426:O426"/>
+    <mergeCell ref="N427:O427"/>
+    <mergeCell ref="N418:O418"/>
+    <mergeCell ref="N419:O419"/>
+    <mergeCell ref="N420:O420"/>
+    <mergeCell ref="N421:O421"/>
+    <mergeCell ref="N422:O422"/>
+    <mergeCell ref="N413:O413"/>
+    <mergeCell ref="N414:O414"/>
+    <mergeCell ref="N415:O415"/>
+    <mergeCell ref="N416:O416"/>
+    <mergeCell ref="N417:O417"/>
+    <mergeCell ref="N408:O408"/>
+    <mergeCell ref="N409:O409"/>
+    <mergeCell ref="N410:O410"/>
+    <mergeCell ref="N411:O411"/>
+    <mergeCell ref="N412:O412"/>
+    <mergeCell ref="N403:O403"/>
+    <mergeCell ref="N404:O404"/>
+    <mergeCell ref="N405:O405"/>
+    <mergeCell ref="N406:O406"/>
+    <mergeCell ref="N407:O407"/>
+    <mergeCell ref="N398:O398"/>
+    <mergeCell ref="N399:O399"/>
+    <mergeCell ref="N400:O400"/>
+    <mergeCell ref="N401:O401"/>
+    <mergeCell ref="N402:O402"/>
+    <mergeCell ref="N393:O393"/>
+    <mergeCell ref="N394:O394"/>
+    <mergeCell ref="N395:O395"/>
+    <mergeCell ref="N396:O396"/>
+    <mergeCell ref="N397:O397"/>
+    <mergeCell ref="N388:O388"/>
+    <mergeCell ref="N389:O389"/>
+    <mergeCell ref="N390:O390"/>
+    <mergeCell ref="N391:O391"/>
+    <mergeCell ref="N392:O392"/>
+    <mergeCell ref="N383:O383"/>
+    <mergeCell ref="N384:O384"/>
+    <mergeCell ref="N385:O385"/>
+    <mergeCell ref="N386:O386"/>
+    <mergeCell ref="N387:O387"/>
+    <mergeCell ref="N378:O378"/>
+    <mergeCell ref="N379:O379"/>
+    <mergeCell ref="N380:O380"/>
+    <mergeCell ref="N381:O381"/>
+    <mergeCell ref="N382:O382"/>
+    <mergeCell ref="N373:O373"/>
+    <mergeCell ref="N374:O374"/>
+    <mergeCell ref="N375:O375"/>
+    <mergeCell ref="N376:O376"/>
+    <mergeCell ref="N377:O377"/>
+    <mergeCell ref="N368:O368"/>
+    <mergeCell ref="N369:O369"/>
+    <mergeCell ref="N370:O370"/>
+    <mergeCell ref="N371:O371"/>
+    <mergeCell ref="N372:O372"/>
+    <mergeCell ref="N363:O363"/>
+    <mergeCell ref="N364:O364"/>
+    <mergeCell ref="N365:O365"/>
+    <mergeCell ref="N366:O366"/>
+    <mergeCell ref="N367:O367"/>
+    <mergeCell ref="N358:O358"/>
+    <mergeCell ref="N359:O359"/>
+    <mergeCell ref="N360:O360"/>
+    <mergeCell ref="N361:O361"/>
+    <mergeCell ref="N362:O362"/>
+    <mergeCell ref="N353:O353"/>
+    <mergeCell ref="N354:O354"/>
+    <mergeCell ref="N355:O355"/>
+    <mergeCell ref="N356:O356"/>
+    <mergeCell ref="N357:O357"/>
+    <mergeCell ref="N348:O348"/>
+    <mergeCell ref="N349:O349"/>
+    <mergeCell ref="N350:O350"/>
+    <mergeCell ref="N351:O351"/>
+    <mergeCell ref="N352:O352"/>
+    <mergeCell ref="N343:O343"/>
+    <mergeCell ref="N344:O344"/>
+    <mergeCell ref="N345:O345"/>
+    <mergeCell ref="N346:O346"/>
+    <mergeCell ref="N347:O347"/>
+    <mergeCell ref="N338:O338"/>
+    <mergeCell ref="N339:O339"/>
+    <mergeCell ref="N340:O340"/>
+    <mergeCell ref="N341:O341"/>
+    <mergeCell ref="N342:O342"/>
+    <mergeCell ref="N333:O333"/>
+    <mergeCell ref="N334:O334"/>
+    <mergeCell ref="N335:O335"/>
+    <mergeCell ref="N336:O336"/>
+    <mergeCell ref="N337:O337"/>
+    <mergeCell ref="N328:O328"/>
+    <mergeCell ref="N329:O329"/>
+    <mergeCell ref="N330:O330"/>
+    <mergeCell ref="N331:O331"/>
+    <mergeCell ref="N332:O332"/>
+    <mergeCell ref="N323:O323"/>
+    <mergeCell ref="N324:O324"/>
+    <mergeCell ref="N325:O325"/>
+    <mergeCell ref="N326:O326"/>
+    <mergeCell ref="N327:O327"/>
+    <mergeCell ref="N318:O318"/>
+    <mergeCell ref="N319:O319"/>
+    <mergeCell ref="N320:O320"/>
+    <mergeCell ref="N321:O321"/>
+    <mergeCell ref="N322:O322"/>
+    <mergeCell ref="N313:O313"/>
+    <mergeCell ref="N314:O314"/>
+    <mergeCell ref="N315:O315"/>
+    <mergeCell ref="N316:O316"/>
+    <mergeCell ref="N317:O317"/>
+    <mergeCell ref="N308:O308"/>
+    <mergeCell ref="N309:O309"/>
+    <mergeCell ref="N310:O310"/>
+    <mergeCell ref="N311:O311"/>
+    <mergeCell ref="N312:O312"/>
+    <mergeCell ref="N303:O303"/>
+    <mergeCell ref="N304:O304"/>
+    <mergeCell ref="N305:O305"/>
+    <mergeCell ref="N306:O306"/>
+    <mergeCell ref="N307:O307"/>
+    <mergeCell ref="N298:O298"/>
+    <mergeCell ref="N299:O299"/>
+    <mergeCell ref="N300:O300"/>
+    <mergeCell ref="N301:O301"/>
+    <mergeCell ref="N302:O302"/>
+    <mergeCell ref="N293:O293"/>
+    <mergeCell ref="N294:O294"/>
+    <mergeCell ref="N295:O295"/>
+    <mergeCell ref="N296:O296"/>
+    <mergeCell ref="N297:O297"/>
+    <mergeCell ref="N288:O288"/>
+    <mergeCell ref="N289:O289"/>
+    <mergeCell ref="N290:O290"/>
+    <mergeCell ref="N291:O291"/>
+    <mergeCell ref="N292:O292"/>
+    <mergeCell ref="N283:O283"/>
+    <mergeCell ref="N284:O284"/>
+    <mergeCell ref="N285:O285"/>
+    <mergeCell ref="N286:O286"/>
+    <mergeCell ref="N287:O287"/>
+    <mergeCell ref="N278:O278"/>
+    <mergeCell ref="N279:O279"/>
+    <mergeCell ref="N280:O280"/>
+    <mergeCell ref="N281:O281"/>
+    <mergeCell ref="N282:O282"/>
+    <mergeCell ref="N273:O273"/>
+    <mergeCell ref="N274:O274"/>
+    <mergeCell ref="N275:O275"/>
+    <mergeCell ref="N276:O276"/>
+    <mergeCell ref="N277:O277"/>
+    <mergeCell ref="N268:O268"/>
+    <mergeCell ref="N269:O269"/>
+    <mergeCell ref="N270:O270"/>
+    <mergeCell ref="N271:O271"/>
+    <mergeCell ref="N272:O272"/>
+    <mergeCell ref="N263:O263"/>
+    <mergeCell ref="N264:O264"/>
+    <mergeCell ref="N265:O265"/>
+    <mergeCell ref="N266:O266"/>
+    <mergeCell ref="N267:O267"/>
+    <mergeCell ref="N258:O258"/>
+    <mergeCell ref="N259:O259"/>
+    <mergeCell ref="N260:O260"/>
+    <mergeCell ref="N261:O261"/>
+    <mergeCell ref="N262:O262"/>
+    <mergeCell ref="N253:O253"/>
+    <mergeCell ref="N254:O254"/>
+    <mergeCell ref="N255:O255"/>
+    <mergeCell ref="N256:O256"/>
+    <mergeCell ref="N257:O257"/>
+    <mergeCell ref="N248:O248"/>
+    <mergeCell ref="N249:O249"/>
+    <mergeCell ref="N250:O250"/>
+    <mergeCell ref="N251:O251"/>
+    <mergeCell ref="N252:O252"/>
+    <mergeCell ref="N243:O243"/>
+    <mergeCell ref="N244:O244"/>
+    <mergeCell ref="N245:O245"/>
+    <mergeCell ref="N246:O246"/>
+    <mergeCell ref="N247:O247"/>
+    <mergeCell ref="N238:O238"/>
+    <mergeCell ref="N239:O239"/>
+    <mergeCell ref="N240:O240"/>
+    <mergeCell ref="N241:O241"/>
+    <mergeCell ref="N242:O242"/>
+    <mergeCell ref="N233:O233"/>
+    <mergeCell ref="N234:O234"/>
+    <mergeCell ref="N235:O235"/>
+    <mergeCell ref="N236:O236"/>
+    <mergeCell ref="N237:O237"/>
+    <mergeCell ref="N228:O228"/>
+    <mergeCell ref="N229:O229"/>
+    <mergeCell ref="N230:O230"/>
+    <mergeCell ref="N231:O231"/>
+    <mergeCell ref="N232:O232"/>
+    <mergeCell ref="N223:O223"/>
+    <mergeCell ref="N224:O224"/>
+    <mergeCell ref="N225:O225"/>
+    <mergeCell ref="N226:O226"/>
+    <mergeCell ref="N227:O227"/>
+    <mergeCell ref="N218:O218"/>
+    <mergeCell ref="N219:O219"/>
+    <mergeCell ref="N220:O220"/>
+    <mergeCell ref="N221:O221"/>
+    <mergeCell ref="N222:O222"/>
+    <mergeCell ref="N213:O213"/>
+    <mergeCell ref="N214:O214"/>
+    <mergeCell ref="N215:O215"/>
+    <mergeCell ref="N216:O216"/>
+    <mergeCell ref="N217:O217"/>
+    <mergeCell ref="N208:O208"/>
+    <mergeCell ref="N209:O209"/>
+    <mergeCell ref="N210:O210"/>
+    <mergeCell ref="N211:O211"/>
+    <mergeCell ref="N212:O212"/>
+    <mergeCell ref="N203:O203"/>
+    <mergeCell ref="N204:O204"/>
+    <mergeCell ref="N205:O205"/>
+    <mergeCell ref="N206:O206"/>
+    <mergeCell ref="N207:O207"/>
+    <mergeCell ref="N198:O198"/>
+    <mergeCell ref="N199:O199"/>
+    <mergeCell ref="N200:O200"/>
+    <mergeCell ref="N201:O201"/>
+    <mergeCell ref="N202:O202"/>
+    <mergeCell ref="N193:O193"/>
+    <mergeCell ref="N194:O194"/>
+    <mergeCell ref="N195:O195"/>
+    <mergeCell ref="N196:O196"/>
+    <mergeCell ref="N197:O197"/>
+    <mergeCell ref="N188:O188"/>
+    <mergeCell ref="N189:O189"/>
+    <mergeCell ref="N190:O190"/>
+    <mergeCell ref="N191:O191"/>
+    <mergeCell ref="N192:O192"/>
+    <mergeCell ref="N183:O183"/>
+    <mergeCell ref="N184:O184"/>
+    <mergeCell ref="N185:O185"/>
+    <mergeCell ref="N186:O186"/>
+    <mergeCell ref="N187:O187"/>
+    <mergeCell ref="N178:O178"/>
+    <mergeCell ref="N179:O179"/>
+    <mergeCell ref="N180:O180"/>
+    <mergeCell ref="N181:O181"/>
+    <mergeCell ref="N182:O182"/>
+    <mergeCell ref="N173:O173"/>
+    <mergeCell ref="N174:O174"/>
+    <mergeCell ref="N175:O175"/>
+    <mergeCell ref="N176:O176"/>
+    <mergeCell ref="N177:O177"/>
+    <mergeCell ref="N168:O168"/>
+    <mergeCell ref="N169:O169"/>
+    <mergeCell ref="N170:O170"/>
+    <mergeCell ref="N171:O171"/>
+    <mergeCell ref="N172:O172"/>
+    <mergeCell ref="N163:O163"/>
+    <mergeCell ref="N164:O164"/>
+    <mergeCell ref="N165:O165"/>
+    <mergeCell ref="N166:O166"/>
+    <mergeCell ref="N167:O167"/>
+    <mergeCell ref="N158:O158"/>
+    <mergeCell ref="N159:O159"/>
+    <mergeCell ref="N160:O160"/>
+    <mergeCell ref="N161:O161"/>
+    <mergeCell ref="N162:O162"/>
+    <mergeCell ref="N153:O153"/>
+    <mergeCell ref="N154:O154"/>
+    <mergeCell ref="N155:O155"/>
+    <mergeCell ref="N156:O156"/>
+    <mergeCell ref="N157:O157"/>
+    <mergeCell ref="N148:O148"/>
+    <mergeCell ref="N149:O149"/>
+    <mergeCell ref="N150:O150"/>
+    <mergeCell ref="N151:O151"/>
+    <mergeCell ref="N152:O152"/>
+    <mergeCell ref="N143:O143"/>
+    <mergeCell ref="N144:O144"/>
+    <mergeCell ref="N145:O145"/>
+    <mergeCell ref="N146:O146"/>
+    <mergeCell ref="N147:O147"/>
+    <mergeCell ref="N138:O138"/>
+    <mergeCell ref="N139:O139"/>
+    <mergeCell ref="N140:O140"/>
+    <mergeCell ref="N141:O141"/>
+    <mergeCell ref="N142:O142"/>
+    <mergeCell ref="N133:O133"/>
+    <mergeCell ref="N134:O134"/>
+    <mergeCell ref="N135:O135"/>
+    <mergeCell ref="N136:O136"/>
+    <mergeCell ref="N137:O137"/>
+    <mergeCell ref="N128:O128"/>
+    <mergeCell ref="N129:O129"/>
+    <mergeCell ref="N130:O130"/>
+    <mergeCell ref="N131:O131"/>
+    <mergeCell ref="N132:O132"/>
+    <mergeCell ref="N123:O123"/>
+    <mergeCell ref="N124:O124"/>
+    <mergeCell ref="N125:O125"/>
+    <mergeCell ref="N126:O126"/>
+    <mergeCell ref="N127:O127"/>
+    <mergeCell ref="N118:O118"/>
+    <mergeCell ref="N119:O119"/>
+    <mergeCell ref="N120:O120"/>
+    <mergeCell ref="N121:O121"/>
+    <mergeCell ref="N122:O122"/>
+    <mergeCell ref="N113:O113"/>
+    <mergeCell ref="N114:O114"/>
+    <mergeCell ref="N115:O115"/>
+    <mergeCell ref="N116:O116"/>
+    <mergeCell ref="N117:O117"/>
+    <mergeCell ref="N108:O108"/>
+    <mergeCell ref="N109:O109"/>
+    <mergeCell ref="N110:O110"/>
+    <mergeCell ref="N111:O111"/>
+    <mergeCell ref="N112:O112"/>
+    <mergeCell ref="N103:O103"/>
+    <mergeCell ref="N104:O104"/>
+    <mergeCell ref="N105:O105"/>
+    <mergeCell ref="N106:O106"/>
+    <mergeCell ref="N107:O107"/>
+    <mergeCell ref="N98:O98"/>
+    <mergeCell ref="N99:O99"/>
+    <mergeCell ref="N100:O100"/>
+    <mergeCell ref="N101:O101"/>
+    <mergeCell ref="N102:O102"/>
+    <mergeCell ref="N93:O93"/>
+    <mergeCell ref="N94:O94"/>
+    <mergeCell ref="N95:O95"/>
+    <mergeCell ref="N96:O96"/>
+    <mergeCell ref="N97:O97"/>
+    <mergeCell ref="N88:O88"/>
+    <mergeCell ref="N89:O89"/>
+    <mergeCell ref="N90:O90"/>
+    <mergeCell ref="N91:O91"/>
+    <mergeCell ref="N92:O92"/>
+    <mergeCell ref="N83:O83"/>
+    <mergeCell ref="N84:O84"/>
+    <mergeCell ref="N85:O85"/>
+    <mergeCell ref="N86:O86"/>
+    <mergeCell ref="N87:O87"/>
+    <mergeCell ref="N78:O78"/>
+    <mergeCell ref="N79:O79"/>
+    <mergeCell ref="N80:O80"/>
+    <mergeCell ref="N81:O81"/>
+    <mergeCell ref="N82:O82"/>
+    <mergeCell ref="N73:O73"/>
+    <mergeCell ref="N74:O74"/>
+    <mergeCell ref="N75:O75"/>
+    <mergeCell ref="N76:O76"/>
+    <mergeCell ref="N77:O77"/>
+    <mergeCell ref="N68:O68"/>
+    <mergeCell ref="N69:O69"/>
+    <mergeCell ref="N70:O70"/>
+    <mergeCell ref="N71:O71"/>
+    <mergeCell ref="N72:O72"/>
+    <mergeCell ref="N63:O63"/>
+    <mergeCell ref="N64:O64"/>
+    <mergeCell ref="N65:O65"/>
+    <mergeCell ref="N66:O66"/>
+    <mergeCell ref="N67:O67"/>
+    <mergeCell ref="N58:O58"/>
+    <mergeCell ref="N59:O59"/>
+    <mergeCell ref="N60:O60"/>
+    <mergeCell ref="N61:O61"/>
+    <mergeCell ref="N62:O62"/>
+    <mergeCell ref="N53:O53"/>
+    <mergeCell ref="N54:O54"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="N57:O57"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="L517:M517"/>
+    <mergeCell ref="L518:M518"/>
+    <mergeCell ref="L500:M500"/>
+    <mergeCell ref="L501:M501"/>
+    <mergeCell ref="L492:M492"/>
+    <mergeCell ref="L493:M493"/>
+    <mergeCell ref="L494:M494"/>
+    <mergeCell ref="L495:M495"/>
+    <mergeCell ref="L496:M496"/>
+    <mergeCell ref="L487:M487"/>
+    <mergeCell ref="L488:M488"/>
+    <mergeCell ref="L489:M489"/>
+    <mergeCell ref="L490:M490"/>
+    <mergeCell ref="L491:M491"/>
+    <mergeCell ref="L482:M482"/>
+    <mergeCell ref="L483:M483"/>
+    <mergeCell ref="L484:M484"/>
+    <mergeCell ref="L485:M485"/>
+    <mergeCell ref="L486:M486"/>
+    <mergeCell ref="L477:M477"/>
+    <mergeCell ref="L478:M478"/>
+    <mergeCell ref="L479:M479"/>
+    <mergeCell ref="L519:M519"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="L512:M512"/>
+    <mergeCell ref="L513:M513"/>
+    <mergeCell ref="L514:M514"/>
+    <mergeCell ref="L515:M515"/>
+    <mergeCell ref="L516:M516"/>
+    <mergeCell ref="L507:M507"/>
+    <mergeCell ref="L508:M508"/>
+    <mergeCell ref="L509:M509"/>
+    <mergeCell ref="L510:M510"/>
+    <mergeCell ref="L511:M511"/>
+    <mergeCell ref="L502:M502"/>
+    <mergeCell ref="L503:M503"/>
+    <mergeCell ref="L504:M504"/>
+    <mergeCell ref="L505:M505"/>
+    <mergeCell ref="L506:M506"/>
+    <mergeCell ref="L497:M497"/>
+    <mergeCell ref="L498:M498"/>
+    <mergeCell ref="L499:M499"/>
+    <mergeCell ref="L480:M480"/>
+    <mergeCell ref="L481:M481"/>
+    <mergeCell ref="L472:M472"/>
+    <mergeCell ref="L473:M473"/>
+    <mergeCell ref="L474:M474"/>
+    <mergeCell ref="L475:M475"/>
+    <mergeCell ref="L476:M476"/>
+    <mergeCell ref="L467:M467"/>
+    <mergeCell ref="L468:M468"/>
+    <mergeCell ref="L469:M469"/>
+    <mergeCell ref="L470:M470"/>
+    <mergeCell ref="L471:M471"/>
+    <mergeCell ref="L462:M462"/>
+    <mergeCell ref="L463:M463"/>
+    <mergeCell ref="L464:M464"/>
+    <mergeCell ref="L465:M465"/>
+    <mergeCell ref="L466:M466"/>
+    <mergeCell ref="L457:M457"/>
+    <mergeCell ref="L458:M458"/>
+    <mergeCell ref="L459:M459"/>
+    <mergeCell ref="L460:M460"/>
+    <mergeCell ref="L461:M461"/>
+    <mergeCell ref="L452:M452"/>
+    <mergeCell ref="L453:M453"/>
+    <mergeCell ref="L454:M454"/>
+    <mergeCell ref="L455:M455"/>
+    <mergeCell ref="L456:M456"/>
+    <mergeCell ref="L447:M447"/>
+    <mergeCell ref="L448:M448"/>
+    <mergeCell ref="L449:M449"/>
+    <mergeCell ref="L450:M450"/>
+    <mergeCell ref="L451:M451"/>
+    <mergeCell ref="L442:M442"/>
+    <mergeCell ref="L443:M443"/>
+    <mergeCell ref="L444:M444"/>
+    <mergeCell ref="L445:M445"/>
+    <mergeCell ref="L446:M446"/>
+    <mergeCell ref="L437:M437"/>
+    <mergeCell ref="L438:M438"/>
+    <mergeCell ref="L439:M439"/>
+    <mergeCell ref="L440:M440"/>
+    <mergeCell ref="L441:M441"/>
+    <mergeCell ref="L432:M432"/>
+    <mergeCell ref="L433:M433"/>
+    <mergeCell ref="L434:M434"/>
+    <mergeCell ref="L435:M435"/>
+    <mergeCell ref="L436:M436"/>
+    <mergeCell ref="L427:M427"/>
+    <mergeCell ref="L428:M428"/>
+    <mergeCell ref="L429:M429"/>
+    <mergeCell ref="L430:M430"/>
+    <mergeCell ref="L431:M431"/>
+    <mergeCell ref="L422:M422"/>
+    <mergeCell ref="L423:M423"/>
+    <mergeCell ref="L424:M424"/>
+    <mergeCell ref="L425:M425"/>
+    <mergeCell ref="L426:M426"/>
+    <mergeCell ref="L417:M417"/>
+    <mergeCell ref="L418:M418"/>
+    <mergeCell ref="L419:M419"/>
+    <mergeCell ref="L420:M420"/>
+    <mergeCell ref="L421:M421"/>
+    <mergeCell ref="L412:M412"/>
+    <mergeCell ref="L413:M413"/>
+    <mergeCell ref="L414:M414"/>
+    <mergeCell ref="L415:M415"/>
+    <mergeCell ref="L416:M416"/>
+    <mergeCell ref="L407:M407"/>
+    <mergeCell ref="L408:M408"/>
+    <mergeCell ref="L409:M409"/>
+    <mergeCell ref="L410:M410"/>
+    <mergeCell ref="L411:M411"/>
+    <mergeCell ref="L402:M402"/>
+    <mergeCell ref="L403:M403"/>
+    <mergeCell ref="L404:M404"/>
+    <mergeCell ref="L405:M405"/>
+    <mergeCell ref="L406:M406"/>
+    <mergeCell ref="L397:M397"/>
+    <mergeCell ref="L398:M398"/>
+    <mergeCell ref="L399:M399"/>
+    <mergeCell ref="L400:M400"/>
+    <mergeCell ref="L401:M401"/>
+    <mergeCell ref="L392:M392"/>
+    <mergeCell ref="L393:M393"/>
+    <mergeCell ref="L394:M394"/>
+    <mergeCell ref="L395:M395"/>
+    <mergeCell ref="L396:M396"/>
+    <mergeCell ref="L387:M387"/>
+    <mergeCell ref="L388:M388"/>
+    <mergeCell ref="L389:M389"/>
+    <mergeCell ref="L390:M390"/>
+    <mergeCell ref="L391:M391"/>
+    <mergeCell ref="L382:M382"/>
+    <mergeCell ref="L383:M383"/>
+    <mergeCell ref="L384:M384"/>
+    <mergeCell ref="L385:M385"/>
+    <mergeCell ref="L386:M386"/>
+    <mergeCell ref="L377:M377"/>
+    <mergeCell ref="L378:M378"/>
+    <mergeCell ref="L379:M379"/>
+    <mergeCell ref="L380:M380"/>
+    <mergeCell ref="L381:M381"/>
+    <mergeCell ref="L372:M372"/>
+    <mergeCell ref="L373:M373"/>
+    <mergeCell ref="L374:M374"/>
+    <mergeCell ref="L375:M375"/>
+    <mergeCell ref="L376:M376"/>
+    <mergeCell ref="L367:M367"/>
+    <mergeCell ref="L368:M368"/>
+    <mergeCell ref="L369:M369"/>
+    <mergeCell ref="L370:M370"/>
+    <mergeCell ref="L371:M371"/>
+    <mergeCell ref="L362:M362"/>
+    <mergeCell ref="L363:M363"/>
+    <mergeCell ref="L364:M364"/>
+    <mergeCell ref="L365:M365"/>
+    <mergeCell ref="L366:M366"/>
+    <mergeCell ref="L357:M357"/>
+    <mergeCell ref="L358:M358"/>
+    <mergeCell ref="L359:M359"/>
+    <mergeCell ref="L360:M360"/>
+    <mergeCell ref="L361:M361"/>
+    <mergeCell ref="L352:M352"/>
+    <mergeCell ref="L353:M353"/>
+    <mergeCell ref="L354:M354"/>
+    <mergeCell ref="L355:M355"/>
+    <mergeCell ref="L356:M356"/>
+    <mergeCell ref="L347:M347"/>
+    <mergeCell ref="L348:M348"/>
+    <mergeCell ref="L349:M349"/>
+    <mergeCell ref="L350:M350"/>
+    <mergeCell ref="L351:M351"/>
+    <mergeCell ref="L342:M342"/>
+    <mergeCell ref="L343:M343"/>
+    <mergeCell ref="L344:M344"/>
+    <mergeCell ref="L345:M345"/>
+    <mergeCell ref="L346:M346"/>
+    <mergeCell ref="L337:M337"/>
+    <mergeCell ref="L338:M338"/>
+    <mergeCell ref="L339:M339"/>
+    <mergeCell ref="L340:M340"/>
+    <mergeCell ref="L341:M341"/>
+    <mergeCell ref="L332:M332"/>
+    <mergeCell ref="L333:M333"/>
+    <mergeCell ref="L334:M334"/>
+    <mergeCell ref="L335:M335"/>
+    <mergeCell ref="L336:M336"/>
+    <mergeCell ref="L327:M327"/>
+    <mergeCell ref="L328:M328"/>
+    <mergeCell ref="L329:M329"/>
+    <mergeCell ref="L330:M330"/>
+    <mergeCell ref="L331:M331"/>
+    <mergeCell ref="L322:M322"/>
+    <mergeCell ref="L323:M323"/>
+    <mergeCell ref="L324:M324"/>
+    <mergeCell ref="L325:M325"/>
+    <mergeCell ref="L326:M326"/>
+    <mergeCell ref="L317:M317"/>
+    <mergeCell ref="L318:M318"/>
+    <mergeCell ref="L319:M319"/>
+    <mergeCell ref="L320:M320"/>
+    <mergeCell ref="L321:M321"/>
+    <mergeCell ref="L312:M312"/>
+    <mergeCell ref="L313:M313"/>
+    <mergeCell ref="L314:M314"/>
+    <mergeCell ref="L315:M315"/>
+    <mergeCell ref="L316:M316"/>
+    <mergeCell ref="L307:M307"/>
+    <mergeCell ref="L308:M308"/>
+    <mergeCell ref="L309:M309"/>
+    <mergeCell ref="L310:M310"/>
+    <mergeCell ref="L311:M311"/>
+    <mergeCell ref="L302:M302"/>
+    <mergeCell ref="L303:M303"/>
+    <mergeCell ref="L304:M304"/>
+    <mergeCell ref="L305:M305"/>
+    <mergeCell ref="L306:M306"/>
+    <mergeCell ref="L297:M297"/>
+    <mergeCell ref="L298:M298"/>
+    <mergeCell ref="L299:M299"/>
+    <mergeCell ref="L300:M300"/>
+    <mergeCell ref="L301:M301"/>
+    <mergeCell ref="L292:M292"/>
+    <mergeCell ref="L293:M293"/>
+    <mergeCell ref="L294:M294"/>
+    <mergeCell ref="L295:M295"/>
+    <mergeCell ref="L296:M296"/>
+    <mergeCell ref="L287:M287"/>
+    <mergeCell ref="L288:M288"/>
+    <mergeCell ref="L289:M289"/>
+    <mergeCell ref="L290:M290"/>
+    <mergeCell ref="L291:M291"/>
+    <mergeCell ref="L282:M282"/>
+    <mergeCell ref="L283:M283"/>
+    <mergeCell ref="L284:M284"/>
+    <mergeCell ref="L285:M285"/>
+    <mergeCell ref="L286:M286"/>
+    <mergeCell ref="L277:M277"/>
+    <mergeCell ref="L278:M278"/>
+    <mergeCell ref="L279:M279"/>
+    <mergeCell ref="L280:M280"/>
+    <mergeCell ref="L281:M281"/>
+    <mergeCell ref="L272:M272"/>
+    <mergeCell ref="L273:M273"/>
+    <mergeCell ref="L274:M274"/>
+    <mergeCell ref="L275:M275"/>
+    <mergeCell ref="L276:M276"/>
+    <mergeCell ref="L267:M267"/>
+    <mergeCell ref="L268:M268"/>
+    <mergeCell ref="L269:M269"/>
+    <mergeCell ref="L270:M270"/>
+    <mergeCell ref="L271:M271"/>
+    <mergeCell ref="L262:M262"/>
+    <mergeCell ref="L263:M263"/>
+    <mergeCell ref="L264:M264"/>
+    <mergeCell ref="L265:M265"/>
+    <mergeCell ref="L266:M266"/>
+    <mergeCell ref="L257:M257"/>
+    <mergeCell ref="L258:M258"/>
+    <mergeCell ref="L259:M259"/>
+    <mergeCell ref="L260:M260"/>
+    <mergeCell ref="L261:M261"/>
+    <mergeCell ref="L252:M252"/>
+    <mergeCell ref="L253:M253"/>
+    <mergeCell ref="L254:M254"/>
+    <mergeCell ref="L255:M255"/>
+    <mergeCell ref="L256:M256"/>
+    <mergeCell ref="L247:M247"/>
+    <mergeCell ref="L248:M248"/>
+    <mergeCell ref="L249:M249"/>
+    <mergeCell ref="L250:M250"/>
+    <mergeCell ref="L251:M251"/>
+    <mergeCell ref="L242:M242"/>
+    <mergeCell ref="L243:M243"/>
+    <mergeCell ref="L244:M244"/>
+    <mergeCell ref="L245:M245"/>
+    <mergeCell ref="L246:M246"/>
+    <mergeCell ref="L237:M237"/>
+    <mergeCell ref="L238:M238"/>
+    <mergeCell ref="L239:M239"/>
+    <mergeCell ref="L240:M240"/>
+    <mergeCell ref="L241:M241"/>
+    <mergeCell ref="L232:M232"/>
+    <mergeCell ref="L233:M233"/>
+    <mergeCell ref="L234:M234"/>
+    <mergeCell ref="L235:M235"/>
+    <mergeCell ref="L236:M236"/>
+    <mergeCell ref="L227:M227"/>
+    <mergeCell ref="L228:M228"/>
+    <mergeCell ref="L229:M229"/>
+    <mergeCell ref="L230:M230"/>
+    <mergeCell ref="L231:M231"/>
+    <mergeCell ref="L222:M222"/>
+    <mergeCell ref="L223:M223"/>
+    <mergeCell ref="L224:M224"/>
+    <mergeCell ref="L225:M225"/>
+    <mergeCell ref="L226:M226"/>
+    <mergeCell ref="L217:M217"/>
+    <mergeCell ref="L218:M218"/>
+    <mergeCell ref="L219:M219"/>
+    <mergeCell ref="L220:M220"/>
+    <mergeCell ref="L221:M221"/>
+    <mergeCell ref="L212:M212"/>
+    <mergeCell ref="L213:M213"/>
+    <mergeCell ref="L214:M214"/>
+    <mergeCell ref="L215:M215"/>
+    <mergeCell ref="L216:M216"/>
+    <mergeCell ref="L207:M207"/>
+    <mergeCell ref="L208:M208"/>
+    <mergeCell ref="L209:M209"/>
+    <mergeCell ref="L210:M210"/>
+    <mergeCell ref="L211:M211"/>
+    <mergeCell ref="L202:M202"/>
+    <mergeCell ref="L203:M203"/>
+    <mergeCell ref="L204:M204"/>
+    <mergeCell ref="L205:M205"/>
+    <mergeCell ref="L206:M206"/>
+    <mergeCell ref="L197:M197"/>
+    <mergeCell ref="L198:M198"/>
+    <mergeCell ref="L199:M199"/>
+    <mergeCell ref="L200:M200"/>
+    <mergeCell ref="L201:M201"/>
+    <mergeCell ref="L192:M192"/>
+    <mergeCell ref="L193:M193"/>
+    <mergeCell ref="L194:M194"/>
+    <mergeCell ref="L195:M195"/>
+    <mergeCell ref="L196:M196"/>
+    <mergeCell ref="L187:M187"/>
+    <mergeCell ref="L188:M188"/>
+    <mergeCell ref="L189:M189"/>
+    <mergeCell ref="L190:M190"/>
+    <mergeCell ref="L191:M191"/>
+    <mergeCell ref="L182:M182"/>
+    <mergeCell ref="L183:M183"/>
+    <mergeCell ref="L184:M184"/>
+    <mergeCell ref="L185:M185"/>
+    <mergeCell ref="L186:M186"/>
+    <mergeCell ref="L177:M177"/>
+    <mergeCell ref="L178:M178"/>
+    <mergeCell ref="L179:M179"/>
+    <mergeCell ref="L180:M180"/>
+    <mergeCell ref="L181:M181"/>
+    <mergeCell ref="L172:M172"/>
+    <mergeCell ref="L173:M173"/>
+    <mergeCell ref="L174:M174"/>
+    <mergeCell ref="L175:M175"/>
+    <mergeCell ref="L176:M176"/>
+    <mergeCell ref="L167:M167"/>
+    <mergeCell ref="L168:M168"/>
+    <mergeCell ref="L169:M169"/>
+    <mergeCell ref="L170:M170"/>
+    <mergeCell ref="L171:M171"/>
+    <mergeCell ref="L162:M162"/>
+    <mergeCell ref="L163:M163"/>
+    <mergeCell ref="L164:M164"/>
+    <mergeCell ref="L165:M165"/>
+    <mergeCell ref="L166:M166"/>
+    <mergeCell ref="L157:M157"/>
+    <mergeCell ref="L158:M158"/>
+    <mergeCell ref="L159:M159"/>
+    <mergeCell ref="L160:M160"/>
+    <mergeCell ref="L161:M161"/>
+    <mergeCell ref="L152:M152"/>
+    <mergeCell ref="L153:M153"/>
+    <mergeCell ref="L154:M154"/>
+    <mergeCell ref="L155:M155"/>
+    <mergeCell ref="L156:M156"/>
+    <mergeCell ref="L147:M147"/>
+    <mergeCell ref="L148:M148"/>
+    <mergeCell ref="L149:M149"/>
+    <mergeCell ref="L150:M150"/>
+    <mergeCell ref="L151:M151"/>
+    <mergeCell ref="L142:M142"/>
+    <mergeCell ref="L143:M143"/>
+    <mergeCell ref="L144:M144"/>
+    <mergeCell ref="L145:M145"/>
+    <mergeCell ref="L146:M146"/>
+    <mergeCell ref="L137:M137"/>
+    <mergeCell ref="L138:M138"/>
+    <mergeCell ref="L139:M139"/>
+    <mergeCell ref="L140:M140"/>
+    <mergeCell ref="L141:M141"/>
+    <mergeCell ref="L132:M132"/>
+    <mergeCell ref="L133:M133"/>
+    <mergeCell ref="L134:M134"/>
+    <mergeCell ref="L135:M135"/>
+    <mergeCell ref="L136:M136"/>
+    <mergeCell ref="L127:M127"/>
+    <mergeCell ref="L128:M128"/>
+    <mergeCell ref="L129:M129"/>
+    <mergeCell ref="L130:M130"/>
+    <mergeCell ref="L131:M131"/>
+    <mergeCell ref="L122:M122"/>
+    <mergeCell ref="L123:M123"/>
+    <mergeCell ref="L124:M124"/>
+    <mergeCell ref="L125:M125"/>
+    <mergeCell ref="L126:M126"/>
+    <mergeCell ref="L117:M117"/>
+    <mergeCell ref="L118:M118"/>
+    <mergeCell ref="L119:M119"/>
+    <mergeCell ref="L120:M120"/>
+    <mergeCell ref="L121:M121"/>
+    <mergeCell ref="L112:M112"/>
+    <mergeCell ref="L113:M113"/>
+    <mergeCell ref="L114:M114"/>
+    <mergeCell ref="L115:M115"/>
+    <mergeCell ref="L116:M116"/>
+    <mergeCell ref="L107:M107"/>
+    <mergeCell ref="L108:M108"/>
+    <mergeCell ref="L109:M109"/>
+    <mergeCell ref="L110:M110"/>
+    <mergeCell ref="L111:M111"/>
+    <mergeCell ref="L102:M102"/>
+    <mergeCell ref="L103:M103"/>
+    <mergeCell ref="L104:M104"/>
+    <mergeCell ref="L105:M105"/>
+    <mergeCell ref="L106:M106"/>
+    <mergeCell ref="L97:M97"/>
+    <mergeCell ref="L98:M98"/>
+    <mergeCell ref="L99:M99"/>
+    <mergeCell ref="L100:M100"/>
+    <mergeCell ref="L101:M101"/>
+    <mergeCell ref="L92:M92"/>
+    <mergeCell ref="L93:M93"/>
+    <mergeCell ref="L94:M94"/>
+    <mergeCell ref="L95:M95"/>
+    <mergeCell ref="L96:M96"/>
+    <mergeCell ref="L87:M87"/>
+    <mergeCell ref="L88:M88"/>
+    <mergeCell ref="L89:M89"/>
+    <mergeCell ref="L90:M90"/>
+    <mergeCell ref="L91:M91"/>
+    <mergeCell ref="L82:M82"/>
+    <mergeCell ref="L83:M83"/>
+    <mergeCell ref="L84:M84"/>
+    <mergeCell ref="L85:M85"/>
+    <mergeCell ref="L86:M86"/>
+    <mergeCell ref="L77:M77"/>
+    <mergeCell ref="L78:M78"/>
+    <mergeCell ref="L79:M79"/>
+    <mergeCell ref="L80:M80"/>
+    <mergeCell ref="L81:M81"/>
+    <mergeCell ref="L72:M72"/>
+    <mergeCell ref="L73:M73"/>
+    <mergeCell ref="L74:M74"/>
+    <mergeCell ref="L75:M75"/>
+    <mergeCell ref="L76:M76"/>
+    <mergeCell ref="L67:M67"/>
+    <mergeCell ref="L68:M68"/>
+    <mergeCell ref="L69:M69"/>
+    <mergeCell ref="L70:M70"/>
+    <mergeCell ref="L71:M71"/>
+    <mergeCell ref="L62:M62"/>
+    <mergeCell ref="L63:M63"/>
+    <mergeCell ref="L64:M64"/>
+    <mergeCell ref="L65:M65"/>
+    <mergeCell ref="L66:M66"/>
+    <mergeCell ref="L57:M57"/>
+    <mergeCell ref="L58:M58"/>
+    <mergeCell ref="L59:M59"/>
+    <mergeCell ref="L60:M60"/>
+    <mergeCell ref="L61:M61"/>
+    <mergeCell ref="L52:M52"/>
+    <mergeCell ref="L53:M53"/>
+    <mergeCell ref="L54:M54"/>
+    <mergeCell ref="L55:M55"/>
+    <mergeCell ref="L56:M56"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="L51:M51"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="I516:K516"/>
+    <mergeCell ref="I517:K517"/>
+    <mergeCell ref="I499:K499"/>
+    <mergeCell ref="I500:K500"/>
+    <mergeCell ref="I491:K491"/>
+    <mergeCell ref="I492:K492"/>
+    <mergeCell ref="I493:K493"/>
+    <mergeCell ref="I494:K494"/>
+    <mergeCell ref="I495:K495"/>
+    <mergeCell ref="I486:K486"/>
+    <mergeCell ref="I487:K487"/>
+    <mergeCell ref="I488:K488"/>
+    <mergeCell ref="I489:K489"/>
+    <mergeCell ref="I490:K490"/>
+    <mergeCell ref="I481:K481"/>
+    <mergeCell ref="I482:K482"/>
+    <mergeCell ref="I483:K483"/>
+    <mergeCell ref="I484:K484"/>
+    <mergeCell ref="I485:K485"/>
+    <mergeCell ref="I476:K476"/>
+    <mergeCell ref="I477:K477"/>
+    <mergeCell ref="I478:K478"/>
     <mergeCell ref="I518:K518"/>
     <mergeCell ref="I519:K519"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="L22:M22"/>
     <mergeCell ref="L23:M23"/>
     <mergeCell ref="L24:M24"/>
     <mergeCell ref="L25:M25"/>
     <mergeCell ref="L26:M26"/>
     <mergeCell ref="L27:M27"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="L29:M29"/>
     <mergeCell ref="L30:M30"/>
     <mergeCell ref="L31:M31"/>
     <mergeCell ref="I511:K511"/>
     <mergeCell ref="I512:K512"/>
     <mergeCell ref="I513:K513"/>
     <mergeCell ref="I514:K514"/>
     <mergeCell ref="I515:K515"/>
     <mergeCell ref="I506:K506"/>
     <mergeCell ref="I507:K507"/>
     <mergeCell ref="I508:K508"/>
     <mergeCell ref="I509:K509"/>
     <mergeCell ref="I510:K510"/>
     <mergeCell ref="I501:K501"/>
     <mergeCell ref="I502:K502"/>
     <mergeCell ref="I503:K503"/>
     <mergeCell ref="I504:K504"/>
     <mergeCell ref="I505:K505"/>
     <mergeCell ref="I496:K496"/>
     <mergeCell ref="I497:K497"/>
     <mergeCell ref="I498:K498"/>
-    <mergeCell ref="L37:M37"/>
-[...1022 lines deleted...]
-    <mergeCell ref="N498:O498"/>
+    <mergeCell ref="I479:K479"/>
+    <mergeCell ref="I480:K480"/>
+    <mergeCell ref="I471:K471"/>
+    <mergeCell ref="I472:K472"/>
+    <mergeCell ref="I473:K473"/>
+    <mergeCell ref="I474:K474"/>
+    <mergeCell ref="I475:K475"/>
+    <mergeCell ref="I466:K466"/>
+    <mergeCell ref="I467:K467"/>
+    <mergeCell ref="I468:K468"/>
+    <mergeCell ref="I469:K469"/>
+    <mergeCell ref="I470:K470"/>
+    <mergeCell ref="I461:K461"/>
+    <mergeCell ref="I462:K462"/>
+    <mergeCell ref="I463:K463"/>
+    <mergeCell ref="I464:K464"/>
+    <mergeCell ref="I465:K465"/>
+    <mergeCell ref="I456:K456"/>
+    <mergeCell ref="I457:K457"/>
+    <mergeCell ref="I458:K458"/>
+    <mergeCell ref="I459:K459"/>
+    <mergeCell ref="I460:K460"/>
+    <mergeCell ref="I451:K451"/>
+    <mergeCell ref="I452:K452"/>
+    <mergeCell ref="I453:K453"/>
+    <mergeCell ref="I454:K454"/>
+    <mergeCell ref="I455:K455"/>
+    <mergeCell ref="I446:K446"/>
+    <mergeCell ref="I447:K447"/>
+    <mergeCell ref="I448:K448"/>
+    <mergeCell ref="I449:K449"/>
+    <mergeCell ref="I450:K450"/>
+    <mergeCell ref="I441:K441"/>
+    <mergeCell ref="I442:K442"/>
+    <mergeCell ref="I443:K443"/>
+    <mergeCell ref="I444:K444"/>
+    <mergeCell ref="I445:K445"/>
+    <mergeCell ref="I436:K436"/>
+    <mergeCell ref="I437:K437"/>
+    <mergeCell ref="I438:K438"/>
+    <mergeCell ref="I439:K439"/>
+    <mergeCell ref="I440:K440"/>
+    <mergeCell ref="I431:K431"/>
+    <mergeCell ref="I432:K432"/>
+    <mergeCell ref="I433:K433"/>
+    <mergeCell ref="I434:K434"/>
+    <mergeCell ref="I435:K435"/>
+    <mergeCell ref="I426:K426"/>
+    <mergeCell ref="I427:K427"/>
+    <mergeCell ref="I428:K428"/>
+    <mergeCell ref="I429:K429"/>
+    <mergeCell ref="I430:K430"/>
+    <mergeCell ref="I421:K421"/>
+    <mergeCell ref="I422:K422"/>
+    <mergeCell ref="I423:K423"/>
+    <mergeCell ref="I424:K424"/>
+    <mergeCell ref="I425:K425"/>
+    <mergeCell ref="I416:K416"/>
+    <mergeCell ref="I417:K417"/>
+    <mergeCell ref="I418:K418"/>
+    <mergeCell ref="I419:K419"/>
+    <mergeCell ref="I420:K420"/>
+    <mergeCell ref="I411:K411"/>
+    <mergeCell ref="I412:K412"/>
+    <mergeCell ref="I413:K413"/>
+    <mergeCell ref="I414:K414"/>
+    <mergeCell ref="I415:K415"/>
+    <mergeCell ref="I406:K406"/>
+    <mergeCell ref="I407:K407"/>
+    <mergeCell ref="I408:K408"/>
+    <mergeCell ref="I409:K409"/>
+    <mergeCell ref="I410:K410"/>
+    <mergeCell ref="I401:K401"/>
+    <mergeCell ref="I402:K402"/>
+    <mergeCell ref="I403:K403"/>
+    <mergeCell ref="I404:K404"/>
+    <mergeCell ref="I405:K405"/>
+    <mergeCell ref="I396:K396"/>
+    <mergeCell ref="I397:K397"/>
+    <mergeCell ref="I398:K398"/>
+    <mergeCell ref="I399:K399"/>
+    <mergeCell ref="I400:K400"/>
+    <mergeCell ref="I391:K391"/>
+    <mergeCell ref="I392:K392"/>
+    <mergeCell ref="I393:K393"/>
+    <mergeCell ref="I394:K394"/>
+    <mergeCell ref="I395:K395"/>
+    <mergeCell ref="I386:K386"/>
+    <mergeCell ref="I387:K387"/>
+    <mergeCell ref="I388:K388"/>
+    <mergeCell ref="I389:K389"/>
+    <mergeCell ref="I390:K390"/>
+    <mergeCell ref="I381:K381"/>
+    <mergeCell ref="I382:K382"/>
+    <mergeCell ref="I383:K383"/>
+    <mergeCell ref="I384:K384"/>
+    <mergeCell ref="I385:K385"/>
+    <mergeCell ref="I376:K376"/>
+    <mergeCell ref="I377:K377"/>
+    <mergeCell ref="I378:K378"/>
+    <mergeCell ref="I379:K379"/>
+    <mergeCell ref="I380:K380"/>
+    <mergeCell ref="I371:K371"/>
+    <mergeCell ref="I372:K372"/>
+    <mergeCell ref="I373:K373"/>
+    <mergeCell ref="I374:K374"/>
+    <mergeCell ref="I375:K375"/>
+    <mergeCell ref="I366:K366"/>
+    <mergeCell ref="I367:K367"/>
+    <mergeCell ref="I368:K368"/>
+    <mergeCell ref="I369:K369"/>
+    <mergeCell ref="I370:K370"/>
+    <mergeCell ref="I361:K361"/>
+    <mergeCell ref="I362:K362"/>
+    <mergeCell ref="I363:K363"/>
+    <mergeCell ref="I364:K364"/>
+    <mergeCell ref="I365:K365"/>
+    <mergeCell ref="I356:K356"/>
+    <mergeCell ref="I357:K357"/>
+    <mergeCell ref="I358:K358"/>
+    <mergeCell ref="I359:K359"/>
+    <mergeCell ref="I360:K360"/>
+    <mergeCell ref="I351:K351"/>
+    <mergeCell ref="I352:K352"/>
+    <mergeCell ref="I353:K353"/>
+    <mergeCell ref="I354:K354"/>
+    <mergeCell ref="I355:K355"/>
+    <mergeCell ref="I346:K346"/>
+    <mergeCell ref="I347:K347"/>
+    <mergeCell ref="I348:K348"/>
+    <mergeCell ref="I349:K349"/>
+    <mergeCell ref="I350:K350"/>
+    <mergeCell ref="I341:K341"/>
+    <mergeCell ref="I342:K342"/>
+    <mergeCell ref="I343:K343"/>
+    <mergeCell ref="I344:K344"/>
+    <mergeCell ref="I345:K345"/>
+    <mergeCell ref="I336:K336"/>
+    <mergeCell ref="I337:K337"/>
+    <mergeCell ref="I338:K338"/>
+    <mergeCell ref="I339:K339"/>
+    <mergeCell ref="I340:K340"/>
+    <mergeCell ref="I331:K331"/>
+    <mergeCell ref="I332:K332"/>
+    <mergeCell ref="I333:K333"/>
+    <mergeCell ref="I334:K334"/>
+    <mergeCell ref="I335:K335"/>
+    <mergeCell ref="I326:K326"/>
+    <mergeCell ref="I327:K327"/>
+    <mergeCell ref="I328:K328"/>
+    <mergeCell ref="I329:K329"/>
+    <mergeCell ref="I330:K330"/>
+    <mergeCell ref="I321:K321"/>
+    <mergeCell ref="I322:K322"/>
+    <mergeCell ref="I323:K323"/>
+    <mergeCell ref="I324:K324"/>
+    <mergeCell ref="I325:K325"/>
+    <mergeCell ref="I316:K316"/>
+    <mergeCell ref="I317:K317"/>
+    <mergeCell ref="I318:K318"/>
+    <mergeCell ref="I319:K319"/>
+    <mergeCell ref="I320:K320"/>
+    <mergeCell ref="I311:K311"/>
+    <mergeCell ref="I312:K312"/>
+    <mergeCell ref="I313:K313"/>
+    <mergeCell ref="I314:K314"/>
+    <mergeCell ref="I315:K315"/>
+    <mergeCell ref="I306:K306"/>
+    <mergeCell ref="I307:K307"/>
+    <mergeCell ref="I308:K308"/>
+    <mergeCell ref="I309:K309"/>
+    <mergeCell ref="I310:K310"/>
+    <mergeCell ref="I301:K301"/>
+    <mergeCell ref="I302:K302"/>
+    <mergeCell ref="I303:K303"/>
+    <mergeCell ref="I304:K304"/>
+    <mergeCell ref="I305:K305"/>
+    <mergeCell ref="I296:K296"/>
+    <mergeCell ref="I297:K297"/>
+    <mergeCell ref="I298:K298"/>
+    <mergeCell ref="I299:K299"/>
+    <mergeCell ref="I300:K300"/>
+    <mergeCell ref="I291:K291"/>
+    <mergeCell ref="I292:K292"/>
+    <mergeCell ref="I293:K293"/>
+    <mergeCell ref="I294:K294"/>
+    <mergeCell ref="I295:K295"/>
+    <mergeCell ref="I286:K286"/>
+    <mergeCell ref="I287:K287"/>
+    <mergeCell ref="I288:K288"/>
+    <mergeCell ref="I289:K289"/>
+    <mergeCell ref="I290:K290"/>
+    <mergeCell ref="I281:K281"/>
+    <mergeCell ref="I282:K282"/>
+    <mergeCell ref="I283:K283"/>
+    <mergeCell ref="I284:K284"/>
+    <mergeCell ref="I285:K285"/>
+    <mergeCell ref="I276:K276"/>
+    <mergeCell ref="I277:K277"/>
+    <mergeCell ref="I278:K278"/>
+    <mergeCell ref="I279:K279"/>
+    <mergeCell ref="I280:K280"/>
+    <mergeCell ref="I271:K271"/>
+    <mergeCell ref="I272:K272"/>
+    <mergeCell ref="I273:K273"/>
+    <mergeCell ref="I274:K274"/>
+    <mergeCell ref="I275:K275"/>
+    <mergeCell ref="I266:K266"/>
+    <mergeCell ref="I267:K267"/>
+    <mergeCell ref="I268:K268"/>
+    <mergeCell ref="I269:K269"/>
+    <mergeCell ref="I270:K270"/>
+    <mergeCell ref="I261:K261"/>
+    <mergeCell ref="I262:K262"/>
+    <mergeCell ref="I263:K263"/>
+    <mergeCell ref="I264:K264"/>
+    <mergeCell ref="I265:K265"/>
+    <mergeCell ref="I256:K256"/>
+    <mergeCell ref="I257:K257"/>
+    <mergeCell ref="I258:K258"/>
+    <mergeCell ref="I259:K259"/>
+    <mergeCell ref="I260:K260"/>
+    <mergeCell ref="I251:K251"/>
+    <mergeCell ref="I252:K252"/>
+    <mergeCell ref="I253:K253"/>
+    <mergeCell ref="I254:K254"/>
+    <mergeCell ref="I255:K255"/>
+    <mergeCell ref="I246:K246"/>
+    <mergeCell ref="I247:K247"/>
+    <mergeCell ref="I248:K248"/>
+    <mergeCell ref="I249:K249"/>
+    <mergeCell ref="I250:K250"/>
+    <mergeCell ref="I241:K241"/>
+    <mergeCell ref="I242:K242"/>
+    <mergeCell ref="I243:K243"/>
+    <mergeCell ref="I244:K244"/>
+    <mergeCell ref="I245:K245"/>
+    <mergeCell ref="I236:K236"/>
+    <mergeCell ref="I237:K237"/>
+    <mergeCell ref="I238:K238"/>
+    <mergeCell ref="I239:K239"/>
+    <mergeCell ref="I240:K240"/>
+    <mergeCell ref="I231:K231"/>
+    <mergeCell ref="I232:K232"/>
+    <mergeCell ref="I233:K233"/>
+    <mergeCell ref="I234:K234"/>
+    <mergeCell ref="I235:K235"/>
+    <mergeCell ref="I226:K226"/>
+    <mergeCell ref="I227:K227"/>
+    <mergeCell ref="I228:K228"/>
+    <mergeCell ref="I229:K229"/>
+    <mergeCell ref="I230:K230"/>
+    <mergeCell ref="I221:K221"/>
+    <mergeCell ref="I222:K222"/>
+    <mergeCell ref="I223:K223"/>
+    <mergeCell ref="I224:K224"/>
+    <mergeCell ref="I225:K225"/>
+    <mergeCell ref="I216:K216"/>
+    <mergeCell ref="I217:K217"/>
+    <mergeCell ref="I218:K218"/>
+    <mergeCell ref="I219:K219"/>
+    <mergeCell ref="I220:K220"/>
+    <mergeCell ref="I211:K211"/>
+    <mergeCell ref="I212:K212"/>
+    <mergeCell ref="I213:K213"/>
+    <mergeCell ref="I214:K214"/>
+    <mergeCell ref="I215:K215"/>
+    <mergeCell ref="I206:K206"/>
+    <mergeCell ref="I207:K207"/>
+    <mergeCell ref="I208:K208"/>
+    <mergeCell ref="I209:K209"/>
+    <mergeCell ref="I210:K210"/>
+    <mergeCell ref="I201:K201"/>
+    <mergeCell ref="I202:K202"/>
+    <mergeCell ref="I203:K203"/>
+    <mergeCell ref="I204:K204"/>
+    <mergeCell ref="I205:K205"/>
+    <mergeCell ref="I196:K196"/>
+    <mergeCell ref="I197:K197"/>
+    <mergeCell ref="I198:K198"/>
+    <mergeCell ref="I199:K199"/>
+    <mergeCell ref="I200:K200"/>
+    <mergeCell ref="I191:K191"/>
+    <mergeCell ref="I192:K192"/>
+    <mergeCell ref="I193:K193"/>
+    <mergeCell ref="I194:K194"/>
+    <mergeCell ref="I195:K195"/>
+    <mergeCell ref="I186:K186"/>
+    <mergeCell ref="I187:K187"/>
+    <mergeCell ref="I188:K188"/>
+    <mergeCell ref="I189:K189"/>
+    <mergeCell ref="I190:K190"/>
+    <mergeCell ref="I181:K181"/>
+    <mergeCell ref="I182:K182"/>
+    <mergeCell ref="I183:K183"/>
+    <mergeCell ref="I184:K184"/>
+    <mergeCell ref="I185:K185"/>
+    <mergeCell ref="I176:K176"/>
+    <mergeCell ref="I177:K177"/>
+    <mergeCell ref="I178:K178"/>
+    <mergeCell ref="I179:K179"/>
+    <mergeCell ref="I180:K180"/>
+    <mergeCell ref="I171:K171"/>
+    <mergeCell ref="I172:K172"/>
+    <mergeCell ref="I173:K173"/>
+    <mergeCell ref="I174:K174"/>
+    <mergeCell ref="I175:K175"/>
+    <mergeCell ref="I166:K166"/>
+    <mergeCell ref="I167:K167"/>
+    <mergeCell ref="I168:K168"/>
+    <mergeCell ref="I169:K169"/>
+    <mergeCell ref="I170:K170"/>
+    <mergeCell ref="I161:K161"/>
+    <mergeCell ref="I162:K162"/>
+    <mergeCell ref="I163:K163"/>
+    <mergeCell ref="I164:K164"/>
+    <mergeCell ref="I165:K165"/>
+    <mergeCell ref="I156:K156"/>
+    <mergeCell ref="I157:K157"/>
+    <mergeCell ref="I158:K158"/>
+    <mergeCell ref="I159:K159"/>
+    <mergeCell ref="I160:K160"/>
+    <mergeCell ref="I151:K151"/>
+    <mergeCell ref="I152:K152"/>
+    <mergeCell ref="I153:K153"/>
+    <mergeCell ref="I154:K154"/>
+    <mergeCell ref="I155:K155"/>
+    <mergeCell ref="I146:K146"/>
+    <mergeCell ref="I147:K147"/>
+    <mergeCell ref="I148:K148"/>
+    <mergeCell ref="I149:K149"/>
+    <mergeCell ref="I150:K150"/>
+    <mergeCell ref="I141:K141"/>
+    <mergeCell ref="I142:K142"/>
+    <mergeCell ref="I143:K143"/>
+    <mergeCell ref="I144:K144"/>
+    <mergeCell ref="I145:K145"/>
+    <mergeCell ref="I136:K136"/>
+    <mergeCell ref="I137:K137"/>
+    <mergeCell ref="I138:K138"/>
+    <mergeCell ref="I139:K139"/>
+    <mergeCell ref="I140:K140"/>
+    <mergeCell ref="I131:K131"/>
+    <mergeCell ref="I132:K132"/>
+    <mergeCell ref="I133:K133"/>
+    <mergeCell ref="I134:K134"/>
+    <mergeCell ref="I135:K135"/>
+    <mergeCell ref="I126:K126"/>
+    <mergeCell ref="I127:K127"/>
+    <mergeCell ref="I128:K128"/>
+    <mergeCell ref="I129:K129"/>
+    <mergeCell ref="I130:K130"/>
+    <mergeCell ref="I121:K121"/>
+    <mergeCell ref="I122:K122"/>
+    <mergeCell ref="I123:K123"/>
+    <mergeCell ref="I124:K124"/>
+    <mergeCell ref="I125:K125"/>
+    <mergeCell ref="I116:K116"/>
+    <mergeCell ref="I117:K117"/>
+    <mergeCell ref="I118:K118"/>
+    <mergeCell ref="I119:K119"/>
+    <mergeCell ref="I120:K120"/>
+    <mergeCell ref="I111:K111"/>
+    <mergeCell ref="I112:K112"/>
+    <mergeCell ref="I113:K113"/>
+    <mergeCell ref="I114:K114"/>
+    <mergeCell ref="I115:K115"/>
+    <mergeCell ref="I106:K106"/>
+    <mergeCell ref="I107:K107"/>
+    <mergeCell ref="I108:K108"/>
+    <mergeCell ref="I109:K109"/>
+    <mergeCell ref="I110:K110"/>
+    <mergeCell ref="I101:K101"/>
+    <mergeCell ref="I102:K102"/>
+    <mergeCell ref="I103:K103"/>
+    <mergeCell ref="I104:K104"/>
+    <mergeCell ref="I105:K105"/>
+    <mergeCell ref="I96:K96"/>
+    <mergeCell ref="I97:K97"/>
+    <mergeCell ref="I98:K98"/>
+    <mergeCell ref="I99:K99"/>
+    <mergeCell ref="I100:K100"/>
+    <mergeCell ref="I91:K91"/>
+    <mergeCell ref="I92:K92"/>
+    <mergeCell ref="I93:K93"/>
+    <mergeCell ref="I94:K94"/>
+    <mergeCell ref="I95:K95"/>
+    <mergeCell ref="I86:K86"/>
+    <mergeCell ref="I87:K87"/>
+    <mergeCell ref="I88:K88"/>
+    <mergeCell ref="I89:K89"/>
+    <mergeCell ref="I90:K90"/>
+    <mergeCell ref="I81:K81"/>
+    <mergeCell ref="I82:K82"/>
+    <mergeCell ref="I83:K83"/>
+    <mergeCell ref="I84:K84"/>
+    <mergeCell ref="I85:K85"/>
+    <mergeCell ref="I76:K76"/>
+    <mergeCell ref="I77:K77"/>
+    <mergeCell ref="I78:K78"/>
+    <mergeCell ref="I79:K79"/>
+    <mergeCell ref="I80:K80"/>
+    <mergeCell ref="I71:K71"/>
+    <mergeCell ref="I72:K72"/>
+    <mergeCell ref="I73:K73"/>
+    <mergeCell ref="I74:K74"/>
+    <mergeCell ref="I75:K75"/>
+    <mergeCell ref="I66:K66"/>
+    <mergeCell ref="I67:K67"/>
+    <mergeCell ref="I68:K68"/>
+    <mergeCell ref="I69:K69"/>
+    <mergeCell ref="I70:K70"/>
+    <mergeCell ref="I61:K61"/>
+    <mergeCell ref="I62:K62"/>
+    <mergeCell ref="I63:K63"/>
+    <mergeCell ref="I64:K64"/>
+    <mergeCell ref="I65:K65"/>
+    <mergeCell ref="I56:K56"/>
+    <mergeCell ref="I57:K57"/>
+    <mergeCell ref="I58:K58"/>
+    <mergeCell ref="I59:K59"/>
+    <mergeCell ref="I60:K60"/>
+    <mergeCell ref="I51:K51"/>
+    <mergeCell ref="I52:K52"/>
+    <mergeCell ref="I53:K53"/>
+    <mergeCell ref="I54:K54"/>
+    <mergeCell ref="I55:K55"/>
+    <mergeCell ref="I46:K46"/>
+    <mergeCell ref="I47:K47"/>
+    <mergeCell ref="I48:K48"/>
+    <mergeCell ref="I49:K49"/>
+    <mergeCell ref="I50:K50"/>
+    <mergeCell ref="I41:K41"/>
+    <mergeCell ref="I42:K42"/>
+    <mergeCell ref="I43:K43"/>
+    <mergeCell ref="I44:K44"/>
+    <mergeCell ref="I45:K45"/>
+    <mergeCell ref="I36:K36"/>
+    <mergeCell ref="I37:K37"/>
+    <mergeCell ref="I38:K38"/>
+    <mergeCell ref="I39:K39"/>
+    <mergeCell ref="I40:K40"/>
+    <mergeCell ref="I31:K31"/>
+    <mergeCell ref="I32:K32"/>
+    <mergeCell ref="I33:K33"/>
+    <mergeCell ref="I34:K34"/>
+    <mergeCell ref="I35:K35"/>
+    <mergeCell ref="I26:K26"/>
+    <mergeCell ref="I27:K27"/>
+    <mergeCell ref="I28:K28"/>
+    <mergeCell ref="I29:K29"/>
+    <mergeCell ref="I30:K30"/>
+    <mergeCell ref="I21:K21"/>
+    <mergeCell ref="I22:K22"/>
+    <mergeCell ref="I23:K23"/>
+    <mergeCell ref="I24:K24"/>
+    <mergeCell ref="I25:K25"/>
+    <mergeCell ref="I19:K19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="I20:K20"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="F4:H4"/>
+    <mergeCell ref="F5:H5"/>
+    <mergeCell ref="F6:H6"/>
+    <mergeCell ref="F7:H7"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="F9:H9"/>
+    <mergeCell ref="F10:H10"/>
+    <mergeCell ref="F11:H11"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="M10:O10"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="I18:M18"/>
+    <mergeCell ref="A13:O13"/>
+    <mergeCell ref="A14:O16"/>
+    <mergeCell ref="C515:E515"/>
+    <mergeCell ref="C516:E516"/>
+    <mergeCell ref="C517:E517"/>
+    <mergeCell ref="C518:E518"/>
+    <mergeCell ref="C519:E519"/>
+    <mergeCell ref="C510:E510"/>
+    <mergeCell ref="C511:E511"/>
+    <mergeCell ref="C512:E512"/>
+    <mergeCell ref="C513:E513"/>
+    <mergeCell ref="C514:E514"/>
+    <mergeCell ref="C505:E505"/>
+    <mergeCell ref="C506:E506"/>
+    <mergeCell ref="C507:E507"/>
+    <mergeCell ref="C508:E508"/>
+    <mergeCell ref="C509:E509"/>
+    <mergeCell ref="C500:E500"/>
+    <mergeCell ref="C501:E501"/>
+    <mergeCell ref="C502:E502"/>
+    <mergeCell ref="C503:E503"/>
+    <mergeCell ref="C504:E504"/>
+    <mergeCell ref="C495:E495"/>
+    <mergeCell ref="C496:E496"/>
+    <mergeCell ref="C497:E497"/>
+    <mergeCell ref="C498:E498"/>
+    <mergeCell ref="C499:E499"/>
+    <mergeCell ref="C490:E490"/>
+    <mergeCell ref="C491:E491"/>
+    <mergeCell ref="C492:E492"/>
+    <mergeCell ref="C493:E493"/>
+    <mergeCell ref="C494:E494"/>
+    <mergeCell ref="C485:E485"/>
+    <mergeCell ref="C486:E486"/>
+    <mergeCell ref="C487:E487"/>
+    <mergeCell ref="C488:E488"/>
+    <mergeCell ref="C489:E489"/>
+    <mergeCell ref="C480:E480"/>
+    <mergeCell ref="C481:E481"/>
+    <mergeCell ref="C482:E482"/>
+    <mergeCell ref="C483:E483"/>
+    <mergeCell ref="C484:E484"/>
+    <mergeCell ref="C475:E475"/>
+    <mergeCell ref="C476:E476"/>
+    <mergeCell ref="C477:E477"/>
+    <mergeCell ref="C478:E478"/>
+    <mergeCell ref="C479:E479"/>
+    <mergeCell ref="C470:E470"/>
+    <mergeCell ref="C471:E471"/>
+    <mergeCell ref="C472:E472"/>
+    <mergeCell ref="C473:E473"/>
+    <mergeCell ref="C474:E474"/>
+    <mergeCell ref="C465:E465"/>
+    <mergeCell ref="C466:E466"/>
+    <mergeCell ref="C467:E467"/>
+    <mergeCell ref="C468:E468"/>
+    <mergeCell ref="C469:E469"/>
+    <mergeCell ref="C460:E460"/>
+    <mergeCell ref="C461:E461"/>
+    <mergeCell ref="C462:E462"/>
+    <mergeCell ref="C463:E463"/>
+    <mergeCell ref="C464:E464"/>
+    <mergeCell ref="C455:E455"/>
+    <mergeCell ref="C456:E456"/>
+    <mergeCell ref="C457:E457"/>
+    <mergeCell ref="C458:E458"/>
+    <mergeCell ref="C459:E459"/>
+    <mergeCell ref="C450:E450"/>
+    <mergeCell ref="C451:E451"/>
+    <mergeCell ref="C452:E452"/>
+    <mergeCell ref="C453:E453"/>
+    <mergeCell ref="C454:E454"/>
+    <mergeCell ref="C445:E445"/>
+    <mergeCell ref="C446:E446"/>
+    <mergeCell ref="C447:E447"/>
+    <mergeCell ref="C448:E448"/>
+    <mergeCell ref="C449:E449"/>
+    <mergeCell ref="C440:E440"/>
+    <mergeCell ref="C441:E441"/>
+    <mergeCell ref="C442:E442"/>
+    <mergeCell ref="C443:E443"/>
+    <mergeCell ref="C444:E444"/>
+    <mergeCell ref="C435:E435"/>
+    <mergeCell ref="C436:E436"/>
+    <mergeCell ref="C437:E437"/>
+    <mergeCell ref="C438:E438"/>
+    <mergeCell ref="C439:E439"/>
+    <mergeCell ref="C430:E430"/>
+    <mergeCell ref="C431:E431"/>
+    <mergeCell ref="C432:E432"/>
+    <mergeCell ref="C433:E433"/>
+    <mergeCell ref="C434:E434"/>
+    <mergeCell ref="C425:E425"/>
+    <mergeCell ref="C426:E426"/>
+    <mergeCell ref="C427:E427"/>
+    <mergeCell ref="C428:E428"/>
+    <mergeCell ref="C429:E429"/>
+    <mergeCell ref="C420:E420"/>
+    <mergeCell ref="C421:E421"/>
+    <mergeCell ref="C422:E422"/>
+    <mergeCell ref="C423:E423"/>
+    <mergeCell ref="C424:E424"/>
+    <mergeCell ref="C415:E415"/>
+    <mergeCell ref="C416:E416"/>
+    <mergeCell ref="C417:E417"/>
+    <mergeCell ref="C418:E418"/>
+    <mergeCell ref="C419:E419"/>
+    <mergeCell ref="C410:E410"/>
+    <mergeCell ref="C411:E411"/>
+    <mergeCell ref="C412:E412"/>
+    <mergeCell ref="C413:E413"/>
+    <mergeCell ref="C414:E414"/>
+    <mergeCell ref="C405:E405"/>
+    <mergeCell ref="C406:E406"/>
+    <mergeCell ref="C407:E407"/>
+    <mergeCell ref="C408:E408"/>
+    <mergeCell ref="C409:E409"/>
+    <mergeCell ref="C400:E400"/>
+    <mergeCell ref="C401:E401"/>
+    <mergeCell ref="C402:E402"/>
+    <mergeCell ref="C403:E403"/>
+    <mergeCell ref="C404:E404"/>
+    <mergeCell ref="C395:E395"/>
+    <mergeCell ref="C396:E396"/>
+    <mergeCell ref="C397:E397"/>
+    <mergeCell ref="C398:E398"/>
+    <mergeCell ref="C399:E399"/>
+    <mergeCell ref="C390:E390"/>
+    <mergeCell ref="C391:E391"/>
+    <mergeCell ref="C392:E392"/>
+    <mergeCell ref="C393:E393"/>
+    <mergeCell ref="C394:E394"/>
+    <mergeCell ref="C385:E385"/>
+    <mergeCell ref="C386:E386"/>
+    <mergeCell ref="C387:E387"/>
+    <mergeCell ref="C388:E388"/>
+    <mergeCell ref="C389:E389"/>
+    <mergeCell ref="C380:E380"/>
+    <mergeCell ref="C381:E381"/>
+    <mergeCell ref="C382:E382"/>
+    <mergeCell ref="C383:E383"/>
+    <mergeCell ref="C384:E384"/>
+    <mergeCell ref="C375:E375"/>
+    <mergeCell ref="C376:E376"/>
+    <mergeCell ref="C377:E377"/>
+    <mergeCell ref="C378:E378"/>
+    <mergeCell ref="C379:E379"/>
+    <mergeCell ref="C370:E370"/>
+    <mergeCell ref="C371:E371"/>
+    <mergeCell ref="C372:E372"/>
+    <mergeCell ref="C373:E373"/>
+    <mergeCell ref="C374:E374"/>
+    <mergeCell ref="C365:E365"/>
+    <mergeCell ref="C366:E366"/>
+    <mergeCell ref="C367:E367"/>
+    <mergeCell ref="C368:E368"/>
+    <mergeCell ref="C369:E369"/>
+    <mergeCell ref="C360:E360"/>
+    <mergeCell ref="C361:E361"/>
+    <mergeCell ref="C362:E362"/>
+    <mergeCell ref="C363:E363"/>
+    <mergeCell ref="C364:E364"/>
+    <mergeCell ref="C355:E355"/>
+    <mergeCell ref="C356:E356"/>
+    <mergeCell ref="C357:E357"/>
+    <mergeCell ref="C358:E358"/>
+    <mergeCell ref="C359:E359"/>
+    <mergeCell ref="C350:E350"/>
+    <mergeCell ref="C351:E351"/>
+    <mergeCell ref="C352:E352"/>
+    <mergeCell ref="C353:E353"/>
+    <mergeCell ref="C354:E354"/>
+    <mergeCell ref="C345:E345"/>
+    <mergeCell ref="C346:E346"/>
+    <mergeCell ref="C347:E347"/>
+    <mergeCell ref="C348:E348"/>
+    <mergeCell ref="C349:E349"/>
+    <mergeCell ref="C340:E340"/>
+    <mergeCell ref="C341:E341"/>
+    <mergeCell ref="C342:E342"/>
+    <mergeCell ref="C343:E343"/>
+    <mergeCell ref="C344:E344"/>
+    <mergeCell ref="C335:E335"/>
+    <mergeCell ref="C336:E336"/>
+    <mergeCell ref="C337:E337"/>
+    <mergeCell ref="C338:E338"/>
+    <mergeCell ref="C339:E339"/>
+    <mergeCell ref="C330:E330"/>
+    <mergeCell ref="C331:E331"/>
+    <mergeCell ref="C332:E332"/>
+    <mergeCell ref="C333:E333"/>
+    <mergeCell ref="C334:E334"/>
+    <mergeCell ref="C325:E325"/>
+    <mergeCell ref="C326:E326"/>
+    <mergeCell ref="C327:E327"/>
+    <mergeCell ref="C328:E328"/>
+    <mergeCell ref="C329:E329"/>
+    <mergeCell ref="C320:E320"/>
+    <mergeCell ref="C321:E321"/>
+    <mergeCell ref="C322:E322"/>
+    <mergeCell ref="C323:E323"/>
+    <mergeCell ref="C324:E324"/>
+    <mergeCell ref="C315:E315"/>
+    <mergeCell ref="C316:E316"/>
+    <mergeCell ref="C317:E317"/>
+    <mergeCell ref="C318:E318"/>
+    <mergeCell ref="C319:E319"/>
+    <mergeCell ref="C310:E310"/>
+    <mergeCell ref="C311:E311"/>
+    <mergeCell ref="C312:E312"/>
+    <mergeCell ref="C313:E313"/>
+    <mergeCell ref="C314:E314"/>
+    <mergeCell ref="C305:E305"/>
+    <mergeCell ref="C306:E306"/>
+    <mergeCell ref="C307:E307"/>
+    <mergeCell ref="C308:E308"/>
+    <mergeCell ref="C309:E309"/>
+    <mergeCell ref="C300:E300"/>
+    <mergeCell ref="C301:E301"/>
+    <mergeCell ref="C302:E302"/>
+    <mergeCell ref="C303:E303"/>
+    <mergeCell ref="C304:E304"/>
+    <mergeCell ref="C295:E295"/>
+    <mergeCell ref="C296:E296"/>
+    <mergeCell ref="C297:E297"/>
+    <mergeCell ref="C298:E298"/>
+    <mergeCell ref="C299:E299"/>
+    <mergeCell ref="C290:E290"/>
+    <mergeCell ref="C291:E291"/>
+    <mergeCell ref="C292:E292"/>
+    <mergeCell ref="C293:E293"/>
+    <mergeCell ref="C294:E294"/>
+    <mergeCell ref="C285:E285"/>
+    <mergeCell ref="C286:E286"/>
+    <mergeCell ref="C287:E287"/>
+    <mergeCell ref="C288:E288"/>
+    <mergeCell ref="C289:E289"/>
+    <mergeCell ref="C280:E280"/>
+    <mergeCell ref="C281:E281"/>
+    <mergeCell ref="C282:E282"/>
+    <mergeCell ref="C283:E283"/>
+    <mergeCell ref="C284:E284"/>
+    <mergeCell ref="C275:E275"/>
+    <mergeCell ref="C276:E276"/>
+    <mergeCell ref="C277:E277"/>
+    <mergeCell ref="C278:E278"/>
+    <mergeCell ref="C279:E279"/>
+    <mergeCell ref="C270:E270"/>
+    <mergeCell ref="C271:E271"/>
+    <mergeCell ref="C272:E272"/>
+    <mergeCell ref="C273:E273"/>
+    <mergeCell ref="C274:E274"/>
+    <mergeCell ref="C265:E265"/>
+    <mergeCell ref="C266:E266"/>
+    <mergeCell ref="C267:E267"/>
+    <mergeCell ref="C268:E268"/>
+    <mergeCell ref="C269:E269"/>
+    <mergeCell ref="C260:E260"/>
+    <mergeCell ref="C261:E261"/>
+    <mergeCell ref="C262:E262"/>
+    <mergeCell ref="C263:E263"/>
+    <mergeCell ref="C264:E264"/>
+    <mergeCell ref="C255:E255"/>
+    <mergeCell ref="C256:E256"/>
+    <mergeCell ref="C257:E257"/>
+    <mergeCell ref="C258:E258"/>
+    <mergeCell ref="C259:E259"/>
+    <mergeCell ref="C250:E250"/>
+    <mergeCell ref="C251:E251"/>
+    <mergeCell ref="C252:E252"/>
+    <mergeCell ref="C253:E253"/>
+    <mergeCell ref="C254:E254"/>
+    <mergeCell ref="C245:E245"/>
+    <mergeCell ref="C246:E246"/>
+    <mergeCell ref="C247:E247"/>
+    <mergeCell ref="C248:E248"/>
+    <mergeCell ref="C249:E249"/>
+    <mergeCell ref="C240:E240"/>
+    <mergeCell ref="C241:E241"/>
+    <mergeCell ref="C242:E242"/>
+    <mergeCell ref="C243:E243"/>
+    <mergeCell ref="C244:E244"/>
+    <mergeCell ref="C235:E235"/>
+    <mergeCell ref="C236:E236"/>
+    <mergeCell ref="C237:E237"/>
+    <mergeCell ref="C238:E238"/>
+    <mergeCell ref="C239:E239"/>
+    <mergeCell ref="C230:E230"/>
+    <mergeCell ref="C231:E231"/>
+    <mergeCell ref="C232:E232"/>
+    <mergeCell ref="C233:E233"/>
+    <mergeCell ref="C234:E234"/>
+    <mergeCell ref="C225:E225"/>
+    <mergeCell ref="C226:E226"/>
+    <mergeCell ref="C227:E227"/>
+    <mergeCell ref="C228:E228"/>
+    <mergeCell ref="C229:E229"/>
+    <mergeCell ref="C220:E220"/>
+    <mergeCell ref="C221:E221"/>
+    <mergeCell ref="C222:E222"/>
+    <mergeCell ref="C223:E223"/>
+    <mergeCell ref="C224:E224"/>
+    <mergeCell ref="C215:E215"/>
+    <mergeCell ref="C216:E216"/>
+    <mergeCell ref="C217:E217"/>
+    <mergeCell ref="C218:E218"/>
+    <mergeCell ref="C219:E219"/>
+    <mergeCell ref="C210:E210"/>
+    <mergeCell ref="C211:E211"/>
+    <mergeCell ref="C212:E212"/>
+    <mergeCell ref="C213:E213"/>
+    <mergeCell ref="C214:E214"/>
+    <mergeCell ref="C205:E205"/>
+    <mergeCell ref="C206:E206"/>
+    <mergeCell ref="C207:E207"/>
+    <mergeCell ref="C208:E208"/>
+    <mergeCell ref="C209:E209"/>
+    <mergeCell ref="C200:E200"/>
+    <mergeCell ref="C201:E201"/>
+    <mergeCell ref="C202:E202"/>
+    <mergeCell ref="C203:E203"/>
+    <mergeCell ref="C204:E204"/>
+    <mergeCell ref="C195:E195"/>
+    <mergeCell ref="C196:E196"/>
+    <mergeCell ref="C197:E197"/>
+    <mergeCell ref="C198:E198"/>
+    <mergeCell ref="C199:E199"/>
+    <mergeCell ref="C190:E190"/>
+    <mergeCell ref="C191:E191"/>
+    <mergeCell ref="C192:E192"/>
+    <mergeCell ref="C193:E193"/>
+    <mergeCell ref="C194:E194"/>
+    <mergeCell ref="C185:E185"/>
+    <mergeCell ref="C186:E186"/>
+    <mergeCell ref="C187:E187"/>
+    <mergeCell ref="C188:E188"/>
+    <mergeCell ref="C189:E189"/>
+    <mergeCell ref="C180:E180"/>
+    <mergeCell ref="C181:E181"/>
+    <mergeCell ref="C182:E182"/>
+    <mergeCell ref="C183:E183"/>
+    <mergeCell ref="C184:E184"/>
+    <mergeCell ref="C175:E175"/>
+    <mergeCell ref="C176:E176"/>
+    <mergeCell ref="C177:E177"/>
+    <mergeCell ref="C178:E178"/>
+    <mergeCell ref="C179:E179"/>
+    <mergeCell ref="C170:E170"/>
+    <mergeCell ref="C171:E171"/>
+    <mergeCell ref="C172:E172"/>
+    <mergeCell ref="C173:E173"/>
+    <mergeCell ref="C174:E174"/>
+    <mergeCell ref="C165:E165"/>
+    <mergeCell ref="C166:E166"/>
+    <mergeCell ref="C167:E167"/>
+    <mergeCell ref="C168:E168"/>
+    <mergeCell ref="C169:E169"/>
+    <mergeCell ref="C160:E160"/>
+    <mergeCell ref="C161:E161"/>
+    <mergeCell ref="C162:E162"/>
+    <mergeCell ref="C163:E163"/>
+    <mergeCell ref="C164:E164"/>
+    <mergeCell ref="C155:E155"/>
+    <mergeCell ref="C156:E156"/>
+    <mergeCell ref="C157:E157"/>
+    <mergeCell ref="C158:E158"/>
+    <mergeCell ref="C159:E159"/>
+    <mergeCell ref="C150:E150"/>
+    <mergeCell ref="C151:E151"/>
+    <mergeCell ref="C152:E152"/>
+    <mergeCell ref="C153:E153"/>
+    <mergeCell ref="C154:E154"/>
+    <mergeCell ref="C145:E145"/>
+    <mergeCell ref="C146:E146"/>
+    <mergeCell ref="C147:E147"/>
+    <mergeCell ref="C148:E148"/>
+    <mergeCell ref="C149:E149"/>
+    <mergeCell ref="C140:E140"/>
+    <mergeCell ref="C141:E141"/>
+    <mergeCell ref="C142:E142"/>
+    <mergeCell ref="C143:E143"/>
+    <mergeCell ref="C144:E144"/>
+    <mergeCell ref="C135:E135"/>
+    <mergeCell ref="C136:E136"/>
+    <mergeCell ref="C137:E137"/>
+    <mergeCell ref="C138:E138"/>
+    <mergeCell ref="C139:E139"/>
+    <mergeCell ref="C130:E130"/>
+    <mergeCell ref="C131:E131"/>
+    <mergeCell ref="C132:E132"/>
+    <mergeCell ref="C133:E133"/>
+    <mergeCell ref="C134:E134"/>
+    <mergeCell ref="C125:E125"/>
+    <mergeCell ref="C126:E126"/>
+    <mergeCell ref="C127:E127"/>
+    <mergeCell ref="C128:E128"/>
+    <mergeCell ref="C129:E129"/>
+    <mergeCell ref="C120:E120"/>
+    <mergeCell ref="C121:E121"/>
+    <mergeCell ref="C122:E122"/>
+    <mergeCell ref="C123:E123"/>
+    <mergeCell ref="C124:E124"/>
+    <mergeCell ref="C115:E115"/>
+    <mergeCell ref="C116:E116"/>
+    <mergeCell ref="C117:E117"/>
+    <mergeCell ref="C118:E118"/>
+    <mergeCell ref="C119:E119"/>
+    <mergeCell ref="C110:E110"/>
+    <mergeCell ref="C111:E111"/>
+    <mergeCell ref="C112:E112"/>
+    <mergeCell ref="C113:E113"/>
+    <mergeCell ref="C114:E114"/>
+    <mergeCell ref="C105:E105"/>
+    <mergeCell ref="C106:E106"/>
+    <mergeCell ref="C107:E107"/>
+    <mergeCell ref="C108:E108"/>
+    <mergeCell ref="C109:E109"/>
+    <mergeCell ref="C100:E100"/>
+    <mergeCell ref="C101:E101"/>
+    <mergeCell ref="C102:E102"/>
+    <mergeCell ref="C103:E103"/>
+    <mergeCell ref="C104:E104"/>
+    <mergeCell ref="C95:E95"/>
+    <mergeCell ref="C96:E96"/>
+    <mergeCell ref="C97:E97"/>
+    <mergeCell ref="C98:E98"/>
+    <mergeCell ref="C99:E99"/>
+    <mergeCell ref="C90:E90"/>
+    <mergeCell ref="C91:E91"/>
+    <mergeCell ref="C92:E92"/>
+    <mergeCell ref="C93:E93"/>
+    <mergeCell ref="C94:E94"/>
+    <mergeCell ref="C85:E85"/>
+    <mergeCell ref="C86:E86"/>
+    <mergeCell ref="C87:E87"/>
+    <mergeCell ref="C88:E88"/>
+    <mergeCell ref="C89:E89"/>
+    <mergeCell ref="C80:E80"/>
+    <mergeCell ref="C81:E81"/>
+    <mergeCell ref="C82:E82"/>
+    <mergeCell ref="C83:E83"/>
+    <mergeCell ref="C84:E84"/>
+    <mergeCell ref="C75:E75"/>
+    <mergeCell ref="C76:E76"/>
+    <mergeCell ref="C77:E77"/>
+    <mergeCell ref="C78:E78"/>
+    <mergeCell ref="C79:E79"/>
+    <mergeCell ref="C70:E70"/>
+    <mergeCell ref="C71:E71"/>
+    <mergeCell ref="C72:E72"/>
+    <mergeCell ref="C73:E73"/>
+    <mergeCell ref="C74:E74"/>
+    <mergeCell ref="C65:E65"/>
+    <mergeCell ref="C66:E66"/>
+    <mergeCell ref="C67:E67"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="C69:E69"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="C62:E62"/>
+    <mergeCell ref="C63:E63"/>
+    <mergeCell ref="C64:E64"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="C56:E56"/>
+    <mergeCell ref="C57:E57"/>
+    <mergeCell ref="C58:E58"/>
+    <mergeCell ref="C59:E59"/>
+    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="C46:E46"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="C42:E42"/>
+    <mergeCell ref="C43:E43"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="C35:E35"/>
+    <mergeCell ref="C36:E36"/>
+    <mergeCell ref="C37:E37"/>
+    <mergeCell ref="C38:E38"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="C30:E30"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="C29:E29"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="C23:E23"/>
+    <mergeCell ref="C24:E24"/>
   </mergeCells>
   <conditionalFormatting sqref="B20:B519">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>AND(ISBLANK(B20),OR(NOT(ISBLANK(I20)),NOT(ISBLANK(L20)),NOT(ISBLANK(N20)),NOT(ISBLANK(C20)),NOT(ISBLANK(F20)),NOT(ISBLANK(G20))))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="172" yWindow="764" count="19">
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldig aantal" error="Vul hier het gewenste aantal leidingmerkers in." promptTitle="Aantal leidingmerkers" prompt="Vul hier het gewenste aantal leidingmerkers in." sqref="B20">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldig aantal" error="Vul hier het gewenste aantal leidingmerkers in." promptTitle="Aantal leidingmerkers" prompt="Vul hier het gewenste aantal leidingmerkers in." sqref="B20" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>1</formula1>
       <formula2>9999</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 6" prompt="Vul hier de gewenste tekst voor tekstregel 6 in." sqref="P20"/>
-[...3 lines deleted...]
-    <dataValidation type="textLength" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige postcode" error="Ongeldige postcode ingevuld, a.u.b. een geldige postcode invullen." sqref="F9:H9 M10:O10">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 6" prompt="Vul hier de gewenste tekst voor tekstregel 6 in." sqref="P20" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 7" prompt="Vul hier de gewenste tekst voor tekstregel 7 in." sqref="Q20" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 8" prompt="Vul hier de gewenste tekst voor tekstregel 8 in." sqref="R20" xr:uid="{00000000-0002-0000-0000-000003000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 9" prompt="Vul hier de gewenste tekst voor tekstregel 9 in." sqref="S20" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
+    <dataValidation type="textLength" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige postcode" error="Ongeldige postcode ingevuld, a.u.b. een geldige postcode invullen." sqref="F9:H9 M10:O10" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>6</formula1>
       <formula2>7</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig aantal" error="Vul hier het gewenste aantal leidingmerkers in." promptTitle="Aantal leidingmerkers" prompt="Vul hier het gewenste aantal leidingmerkers in." sqref="B21:B519">
+    <dataValidation type="whole" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig aantal" error="Vul hier het gewenste aantal leidingmerkers in." promptTitle="Aantal leidingmerkers" prompt="Vul hier het gewenste aantal leidingmerkers in." sqref="B21:B519" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>1</formula1>
       <formula2>9999</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige afmeting" error="Selecteer a.u.b. een afmeting uit de keuzelijst." promptTitle="Afmeting" prompt="Selecteer de gewenste afmeting van de leidingmerkers uit de keuzelijst." sqref="C20:E20">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige afmeting" error="Selecteer a.u.b. een afmeting uit de keuzelijst." promptTitle="Afmeting" prompt="Selecteer de gewenste afmeting van de leidingmerkers uit de keuzelijst." sqref="C20:E20" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>"180 x 20,213 x 37"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige afmeting" error="Selecteer a.u.b. een afmeting uit de keuzelijst." promptTitle="Afmeting" prompt="Selecteer de gewenste afmeting van de leidingmerkers uit de keuzelijst." sqref="C21:E519">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige afmeting" error="Selecteer a.u.b. een afmeting uit de keuzelijst." promptTitle="Afmeting" prompt="Selecteer de gewenste afmeting van de leidingmerkers uit de keuzelijst." sqref="C21:E519" xr:uid="{00000000-0002-0000-0000-000008000000}">
       <formula1>"180 x 20,213 x 37"</formula1>
     </dataValidation>
-    <dataValidation type="list" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldig kleurnummer" error="Vul a.u.b. hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" promptTitle="Kleurnummer" prompt="Vul hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" sqref="F20">
+    <dataValidation type="list" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldig kleurnummer" error="Vul a.u.b. hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" promptTitle="Kleurnummer" prompt="Vul hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" sqref="F20" xr:uid="{00000000-0002-0000-0000-000009000000}">
       <formula1>"1 - Gassen,2 - Blusleidingen,3 - Lucht,4 - Water,5 - Onontvalmbare vloeistoffen,6 - Ontvalmbare vloeistoffen,7 - Stoom,8 - Zuren en basen,9 - Zuren,"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige GHS code" error="Selecteer a.u.b. de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" promptTitle="GHS code" prompt="Selecteer de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" sqref="G20:H20">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige GHS code" error="Selecteer a.u.b. de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" promptTitle="GHS code" prompt="Selecteer de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" sqref="G20:H20" xr:uid="{00000000-0002-0000-0000-00000A000000}">
       <formula1>"GHS 1,GHS 2,GHS 3,GHS 4,GHS 5,GHS 6,GHS 7,GHS 8,GHS 9,"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige GHS code" error="Selecteer a.u.b. de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" promptTitle="GHS code" prompt="Selecteer de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" sqref="G21:H519">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige GHS code" error="Selecteer a.u.b. de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" promptTitle="GHS code" prompt="Selecteer de gewenste GHS code uit de keuzelijst. (Zie instructies voor de GHS codes)" sqref="G21:H519" xr:uid="{00000000-0002-0000-0000-00000B000000}">
       <formula1>"GHS 1,GHS 2,GHS 3,GHS 4,GHS 5,GHS 6,GHS 7,GHS 8,GHS 9,"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 1" prompt="Vul hier de gewenste tekst voor  voor tekstregel 1 in." sqref="I20:K20"/>
-[...2 lines deleted...]
-    <dataValidation type="list" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig kleurnummer" error="Vul a.u.b. hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" promptTitle="Kleurnummer" prompt="Vul hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" sqref="F21:F519">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 1" prompt="Vul hier de gewenste tekst voor  voor tekstregel 1 in." sqref="I20:K20" xr:uid="{00000000-0002-0000-0000-00000C000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 2" prompt="Vul hier de gewenste tekst voor  voor tekstregel 2 in." sqref="L20:M20" xr:uid="{00000000-0002-0000-0000-00000D000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tekstregel 3" prompt="Vul hier de gewenste tekst voor  voor tekstregel 3 in." sqref="N20:O20" xr:uid="{00000000-0002-0000-0000-00000E000000}"/>
+    <dataValidation type="list" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig kleurnummer" error="Vul a.u.b. hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" promptTitle="Kleurnummer" prompt="Vul hier het gewenste kleurnummer in voor de leidingmerkers. (Zie instructies voor de kleurnummers)" sqref="F21:F519" xr:uid="{00000000-0002-0000-0000-00000F000000}">
       <formula1>"1 - Gassen,2 - Blusleidingen,3 - Lucht,4 - Water,5 - Onontvalmbare vloeistoffen,6 - Ontvalmbare vloeistoffen,7 - Stoom,8 - Zuren en basen,9 - Zuren,"</formula1>
     </dataValidation>
-    <dataValidation type="custom" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig telefoonnummer" error="Ongeldig telefoonnummer ingevuld, a.u.b. een geldig telefoonnummer invoeren." sqref="F11:H11">
+    <dataValidation type="custom" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig telefoonnummer" error="Ongeldig telefoonnummer ingevuld, a.u.b. een geldig telefoonnummer invoeren." sqref="F11:H11" xr:uid="{00000000-0002-0000-0000-000010000000}">
       <formula1>AND(LEN(TELEFOONNUMMER)&gt;=9,LEN(TELEFOONNUMMER)&lt;=12,ISNUMBER(TELEFOONNUMMER))</formula1>
     </dataValidation>
-    <dataValidation type="custom" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig e-mailadres" error="Vul a.u.b. een geldig e-mailadres in." sqref="F7:H7">
+    <dataValidation type="custom" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldig e-mailadres" error="Vul a.u.b. een geldig e-mailadres in." sqref="F7:H7" xr:uid="{00000000-0002-0000-0000-000011000000}">
       <formula1>AND(ISNUMBER(FIND("@",F7,1)),ISNUMBER(FIND(".",F7,1)))</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige datum" error="Vul a.u.b. een geldige datum in." sqref="M5:O5">
+    <dataValidation type="date" allowBlank="1" showErrorMessage="1" errorTitle="Ongeldige datum" error="Vul a.u.b. een geldige datum in." sqref="M5:O5" xr:uid="{00000000-0002-0000-0000-000012000000}">
       <formula1>TODAY()</formula1>
       <formula2>TODAY()+730</formula2>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <legacyDrawingHF r:id="rId4"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1029" r:id="rId5" name="CommandButton1">
-[...50 lines deleted...]
-          <controlPr defaultSize="0" autoLine="0" r:id="rId10">
+        <control shapeId="1031" r:id="rId5" name="CommandButton3">
+          <controlPr defaultSize="0" autoLine="0" r:id="rId6">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>13</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>15</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>25</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1031" r:id="rId9" name="CommandButton3"/>
+        <control shapeId="1031" r:id="rId5" name="CommandButton3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1030" r:id="rId7" name="CommandButton2">
+          <controlPr defaultSize="0" autoLine="0" r:id="rId8">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>13</xdr:col>
+                <xdr:colOff>266700</xdr:colOff>
+                <xdr:row>19</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>15</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>21</xdr:row>
+                <xdr:rowOff>184150</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1030" r:id="rId7" name="CommandButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1029" r:id="rId9" name="CommandButton1">
+          <controlPr autoLine="0" r:id="rId10">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>13</xdr:col>
+                <xdr:colOff>279400</xdr:colOff>
+                <xdr:row>16</xdr:row>
+                <xdr:rowOff>184150</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>15</xdr:col>
+                <xdr:colOff>19050</xdr:colOff>
+                <xdr:row>18</xdr:row>
+                <xdr:rowOff>298450</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1029" r:id="rId9" name="CommandButton1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Blad2"/>
-  <dimension ref="A1:S24"/>
+  <dimension ref="A1:O24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:K4"/>
+      <selection activeCell="A12" sqref="A12:K12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" style="7" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="11" width="10.7109375" customWidth="1"/>
+    <col min="1" max="1" width="9.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.81640625" customWidth="1"/>
+    <col min="3" max="4" width="9.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.7265625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.7265625" customWidth="1"/>
+    <col min="7" max="8" width="13.7265625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.54296875" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="45" customHeight="1">
-[...2 lines deleted...]
-      <c r="C1" s="57" t="s">
+    <row r="1" spans="1:15" ht="45" customHeight="1">
+      <c r="A1" s="24"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="70" t="s">
         <v>61</v>
       </c>
-      <c r="D1" s="57"/>
-[...25 lines deleted...]
-      <c r="A3" s="93" t="s">
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+    </row>
+    <row r="2" spans="1:15" ht="15" customHeight="1">
+      <c r="A2" s="26"/>
+      <c r="B2" s="26"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="76"/>
+      <c r="K2" s="76"/>
+    </row>
+    <row r="3" spans="1:15" ht="49.5" customHeight="1">
+      <c r="A3" s="77" t="s">
         <v>55</v>
       </c>
-      <c r="B3" s="93"/>
-[...11 lines deleted...]
-      <c r="A4" s="93" t="s">
+      <c r="B3" s="77"/>
+      <c r="C3" s="77"/>
+      <c r="D3" s="77"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+      <c r="G3" s="77"/>
+      <c r="H3" s="77"/>
+      <c r="I3" s="77"/>
+      <c r="J3" s="77"/>
+      <c r="K3" s="77"/>
+    </row>
+    <row r="4" spans="1:15" ht="33.75" customHeight="1">
+      <c r="A4" s="77" t="s">
         <v>52</v>
       </c>
-      <c r="B4" s="93"/>
-[...11 lines deleted...]
-      <c r="A5" s="93" t="s">
+      <c r="B4" s="77"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+    </row>
+    <row r="5" spans="1:15" ht="63.75" customHeight="1">
+      <c r="A5" s="77" t="s">
         <v>50</v>
       </c>
-      <c r="B5" s="93"/>
-[...11 lines deleted...]
-      <c r="A6" s="93" t="s">
+      <c r="B5" s="77"/>
+      <c r="C5" s="77"/>
+      <c r="D5" s="77"/>
+      <c r="E5" s="77"/>
+      <c r="F5" s="77"/>
+      <c r="G5" s="77"/>
+      <c r="H5" s="77"/>
+      <c r="I5" s="77"/>
+      <c r="J5" s="77"/>
+      <c r="K5" s="77"/>
+    </row>
+    <row r="6" spans="1:15" ht="66" customHeight="1">
+      <c r="A6" s="77" t="s">
         <v>53</v>
       </c>
-      <c r="B6" s="93"/>
-[...11 lines deleted...]
-      <c r="A7" s="93" t="s">
+      <c r="B6" s="77"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="77"/>
+      <c r="I6" s="77"/>
+      <c r="J6" s="77"/>
+      <c r="K6" s="77"/>
+    </row>
+    <row r="7" spans="1:15" ht="63.75" customHeight="1">
+      <c r="A7" s="77" t="s">
         <v>54</v>
       </c>
-      <c r="B7" s="93"/>
-[...11 lines deleted...]
-      <c r="A8" s="93" t="s">
+      <c r="B7" s="77"/>
+      <c r="C7" s="77"/>
+      <c r="D7" s="77"/>
+      <c r="E7" s="77"/>
+      <c r="F7" s="77"/>
+      <c r="G7" s="77"/>
+      <c r="H7" s="77"/>
+      <c r="I7" s="77"/>
+      <c r="J7" s="77"/>
+      <c r="K7" s="77"/>
+    </row>
+    <row r="8" spans="1:15" ht="49.5" customHeight="1">
+      <c r="A8" s="77" t="s">
         <v>56</v>
       </c>
-      <c r="B8" s="93"/>
-[...11 lines deleted...]
-      <c r="A9" s="93" t="s">
+      <c r="B8" s="77"/>
+      <c r="C8" s="77"/>
+      <c r="D8" s="77"/>
+      <c r="E8" s="77"/>
+      <c r="F8" s="77"/>
+      <c r="G8" s="77"/>
+      <c r="H8" s="77"/>
+      <c r="I8" s="77"/>
+      <c r="J8" s="77"/>
+      <c r="K8" s="77"/>
+    </row>
+    <row r="9" spans="1:15" ht="63.75" customHeight="1">
+      <c r="A9" s="77" t="s">
         <v>51</v>
       </c>
-      <c r="B9" s="93"/>
-[...11 lines deleted...]
-      <c r="A10" s="94" t="s">
+      <c r="B9" s="77"/>
+      <c r="C9" s="77"/>
+      <c r="D9" s="77"/>
+      <c r="E9" s="77"/>
+      <c r="F9" s="77"/>
+      <c r="G9" s="77"/>
+      <c r="H9" s="77"/>
+      <c r="I9" s="77"/>
+      <c r="J9" s="77"/>
+      <c r="K9" s="77"/>
+    </row>
+    <row r="10" spans="1:15" ht="125" customHeight="1">
+      <c r="A10" s="78" t="s">
         <v>62</v>
       </c>
-      <c r="B10" s="94"/>
-[...12 lines deleted...]
-      <c r="A11" s="94" t="s">
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="J10" s="78"/>
+      <c r="K10" s="79"/>
+      <c r="O10" s="8"/>
+    </row>
+    <row r="11" spans="1:15">
+      <c r="A11" s="78" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="94"/>
-[...11 lines deleted...]
-      <c r="A12" s="94" t="s">
+      <c r="B11" s="78"/>
+      <c r="C11" s="78"/>
+      <c r="D11" s="78"/>
+      <c r="E11" s="78"/>
+      <c r="F11" s="78"/>
+      <c r="G11" s="78"/>
+      <c r="H11" s="78"/>
+      <c r="I11" s="78"/>
+      <c r="J11" s="78"/>
+      <c r="K11" s="79"/>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1">
+      <c r="A12" s="78" t="s">
         <v>63</v>
       </c>
-      <c r="B12" s="94"/>
-[...22 lines deleted...]
-      <c r="C14" s="96" t="s">
+      <c r="B12" s="78"/>
+      <c r="C12" s="78"/>
+      <c r="D12" s="78"/>
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="78"/>
+      <c r="H12" s="78"/>
+      <c r="I12" s="78"/>
+      <c r="J12" s="78"/>
+      <c r="K12" s="79"/>
+    </row>
+    <row r="13" spans="1:15" ht="15" customHeight="1" thickBot="1">
+      <c r="C13" s="32"/>
+      <c r="D13" s="32"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="32"/>
+    </row>
+    <row r="14" spans="1:15" ht="23.25" customHeight="1">
+      <c r="A14" s="33"/>
+      <c r="B14" s="34"/>
+      <c r="C14" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="D14" s="97"/>
-[...9 lines deleted...]
-      <c r="A15" s="90" t="s">
+      <c r="D14" s="81"/>
+      <c r="E14" s="81"/>
+      <c r="F14" s="81"/>
+      <c r="G14" s="81"/>
+      <c r="H14" s="81"/>
+      <c r="I14" s="82"/>
+    </row>
+    <row r="15" spans="1:15" ht="24" customHeight="1" thickBot="1">
+      <c r="A15" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="B15" s="91"/>
-      <c r="C15" s="45" t="s">
+      <c r="B15" s="75"/>
+      <c r="C15" s="30" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="45" t="s">
+      <c r="D15" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="E15" s="45" t="s">
+      <c r="E15" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="F15" s="45" t="s">
+      <c r="F15" s="30" t="s">
         <v>44</v>
       </c>
-      <c r="G15" s="45" t="s">
+      <c r="G15" s="30" t="s">
         <v>45</v>
       </c>
-      <c r="H15" s="45" t="s">
+      <c r="H15" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="I15" s="50" t="s">
+      <c r="I15" s="35" t="s">
         <v>59</v>
       </c>
-      <c r="J15" s="37"/>
-[...2 lines deleted...]
-      <c r="A16" s="51" t="s">
+    </row>
+    <row r="16" spans="1:15" ht="24" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A16" s="36" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="42"/>
-      <c r="C16" s="46">
+      <c r="B16" s="27"/>
+      <c r="C16" s="31">
         <v>1.1399999999999999</v>
       </c>
-      <c r="D16" s="46">
+      <c r="D16" s="31">
         <v>1.08</v>
       </c>
-      <c r="E16" s="46">
+      <c r="E16" s="31">
         <v>0.88</v>
       </c>
-      <c r="F16" s="46">
+      <c r="F16" s="31">
         <v>0.74</v>
       </c>
-      <c r="G16" s="46">
+      <c r="G16" s="31">
         <v>0.61</v>
       </c>
-      <c r="H16" s="46">
+      <c r="H16" s="31">
         <v>0.5</v>
       </c>
-      <c r="I16" s="52" t="s">
+      <c r="I16" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="J16" s="37"/>
-[...2 lines deleted...]
-      <c r="A17" s="53" t="s">
+    </row>
+    <row r="17" spans="1:9" ht="23.25" customHeight="1" thickBot="1">
+      <c r="A17" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="54"/>
-      <c r="C17" s="55">
+      <c r="B17" s="39"/>
+      <c r="C17" s="40">
         <v>1.24</v>
       </c>
-      <c r="D17" s="55">
+      <c r="D17" s="40">
         <v>1.17</v>
       </c>
-      <c r="E17" s="55">
+      <c r="E17" s="40">
         <v>0.96</v>
       </c>
-      <c r="F17" s="55">
+      <c r="F17" s="40">
         <v>0.81</v>
       </c>
-      <c r="G17" s="55">
+      <c r="G17" s="40">
         <v>0.67</v>
       </c>
-      <c r="H17" s="55">
+      <c r="H17" s="40">
         <v>0.54</v>
       </c>
-      <c r="I17" s="56" t="s">
+      <c r="I17" s="41" t="s">
         <v>60</v>
       </c>
-      <c r="J17" s="37"/>
-[...63 lines deleted...]
-    </row>
+    </row>
+    <row r="19" spans="1:9" ht="15" customHeight="1"/>
+    <row r="20" spans="1:9" ht="40" customHeight="1"/>
+    <row r="21" spans="1:9" ht="40" customHeight="1"/>
+    <row r="22" spans="1:9" ht="40" customHeight="1"/>
+    <row r="23" spans="1:9" ht="33" customHeight="1"/>
+    <row r="24" spans="1:9" ht="20.25" customHeight="1"/>
   </sheetData>
-  <sheetProtection password="DC0C" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="kxpMjdSDwk3u+7pay43KCcEgBie6eYooWm8h1gZGK+OSI7FnXgTfHG8hyRGc7Yy3Hh3dkdOTc26lyfjr18R5AQ==" saltValue="dBktI15QBHf0O0G9FsnXWA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="13">
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C1:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="A9:K9"/>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="A11:K11"/>
     <mergeCell ref="C14:I14"/>
     <mergeCell ref="A12:K12"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="2049" r:id="rId4" name="CommandButton1">
           <controlPr autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>276225</xdr:colOff>
+                <xdr:colOff>279400</xdr:colOff>
                 <xdr:row>18</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>10</xdr:col>
-                <xdr:colOff>161925</xdr:colOff>
+                <xdr:colOff>165100</xdr:colOff>
                 <xdr:row>19</xdr:row>
                 <xdr:rowOff>323850</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="2049" r:id="rId4" name="CommandButton1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:AC501"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="3" width="11.7109375" style="35" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="30" max="16384" width="9.140625" style="8"/>
+    <col min="1" max="3" width="11.7265625" style="18" bestFit="1" customWidth="1"/>
+    <col min="4" max="9" width="9.1796875" style="18"/>
+    <col min="27" max="27" width="34.7265625" hidden="1" customWidth="1"/>
+    <col min="28" max="28" width="13.453125" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="33.81640625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" s="22" customFormat="1">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:29">
+      <c r="A1" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="27" t="s">
+      <c r="B1" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="C1" s="27" t="s">
+      <c r="C1" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="D1" s="27"/>
-[...5 lines deleted...]
-      <c r="AA1" s="23" t="s">
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="15"/>
+      <c r="I1" s="16"/>
+      <c r="AA1" t="s">
         <v>26</v>
       </c>
-      <c r="AB1" s="22" t="s">
+      <c r="AB1" t="s">
         <v>38</v>
       </c>
-      <c r="AC1" s="22" t="s">
+      <c r="AC1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="2" spans="1:29">
-      <c r="A2" s="29"/>
-[...8 lines deleted...]
-      <c r="AA2" s="23" t="s">
+      <c r="A2" s="17"/>
+      <c r="I2" s="19"/>
+      <c r="AA2" t="s">
         <v>24</v>
       </c>
-      <c r="AB2" s="8">
+      <c r="AB2">
         <v>0</v>
       </c>
-      <c r="AC2" s="8" t="s">
+      <c r="AC2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:29">
-      <c r="A3" s="29"/>
-[...8 lines deleted...]
-      <c r="AA3" s="23" t="s">
+      <c r="A3" s="17"/>
+      <c r="I3" s="19"/>
+      <c r="AA3" t="s">
         <v>25</v>
       </c>
-      <c r="AB3" s="8">
+      <c r="AB3">
         <v>1</v>
       </c>
-      <c r="AC3" s="8" t="s">
+      <c r="AC3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:29">
-      <c r="A4" s="29"/>
-[...8 lines deleted...]
-      <c r="AA4" s="23" t="s">
+      <c r="A4" s="17"/>
+      <c r="I4" s="19"/>
+      <c r="AA4" t="s">
         <v>26</v>
       </c>
-      <c r="AB4" s="8">
+      <c r="AB4">
         <v>2</v>
       </c>
-      <c r="AC4" s="8" t="s">
+      <c r="AC4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:29">
-      <c r="A5" s="29"/>
-[...8 lines deleted...]
-      <c r="AA5" s="23" t="s">
+      <c r="A5" s="17"/>
+      <c r="I5" s="19"/>
+      <c r="AA5" t="s">
         <v>27</v>
       </c>
-      <c r="AB5" s="8">
+      <c r="AB5">
         <v>3</v>
       </c>
-      <c r="AC5" s="8" t="s">
+      <c r="AC5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:29">
-      <c r="A6" s="29"/>
-[...8 lines deleted...]
-      <c r="AA6" s="23" t="s">
+      <c r="A6" s="17"/>
+      <c r="I6" s="19"/>
+      <c r="AA6" t="s">
         <v>28</v>
       </c>
-      <c r="AB6" s="8">
+      <c r="AB6">
         <v>4</v>
       </c>
-      <c r="AC6" s="8" t="s">
+      <c r="AC6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:29">
-      <c r="A7" s="29"/>
-[...8 lines deleted...]
-      <c r="AB7" s="8">
+      <c r="A7" s="17"/>
+      <c r="I7" s="19"/>
+      <c r="AB7">
         <v>5</v>
       </c>
-      <c r="AC7" s="8" t="s">
+      <c r="AC7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:29">
-      <c r="A8" s="29"/>
-[...8 lines deleted...]
-      <c r="AB8" s="8">
+      <c r="A8" s="17"/>
+      <c r="I8" s="19"/>
+      <c r="AB8">
         <v>6</v>
       </c>
-      <c r="AC8" s="8" t="s">
+      <c r="AC8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:29">
-      <c r="A9" s="29"/>
-[...8 lines deleted...]
-      <c r="AB9" s="8">
+      <c r="A9" s="17"/>
+      <c r="I9" s="19"/>
+      <c r="AB9">
         <v>7</v>
       </c>
-      <c r="AC9" s="8" t="s">
+      <c r="AC9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:29">
-      <c r="A10" s="29"/>
-[...8 lines deleted...]
-      <c r="AB10" s="8">
+      <c r="A10" s="17"/>
+      <c r="I10" s="19"/>
+      <c r="AB10">
         <v>8</v>
       </c>
-      <c r="AC10" s="8" t="s">
+      <c r="AC10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:29">
-      <c r="A11" s="29"/>
-[...8 lines deleted...]
-      <c r="AB11" s="8">
+      <c r="A11" s="17"/>
+      <c r="I11" s="19"/>
+      <c r="AB11">
         <v>9</v>
       </c>
-      <c r="AC11" s="8" t="s">
+      <c r="AC11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:29">
-      <c r="A12" s="29"/>
-[...7 lines deleted...]
-      <c r="I12" s="31"/>
+      <c r="A12" s="17"/>
+      <c r="I12" s="19"/>
     </row>
     <row r="13" spans="1:29">
-      <c r="A13" s="29"/>
-[...7 lines deleted...]
-      <c r="I13" s="31"/>
+      <c r="A13" s="17"/>
+      <c r="I13" s="19"/>
     </row>
     <row r="14" spans="1:29">
-      <c r="A14" s="29"/>
-[...7 lines deleted...]
-      <c r="I14" s="31"/>
+      <c r="A14" s="17"/>
+      <c r="I14" s="19"/>
     </row>
     <row r="15" spans="1:29">
-      <c r="A15" s="29"/>
-[...7 lines deleted...]
-      <c r="I15" s="31"/>
+      <c r="A15" s="17"/>
+      <c r="I15" s="19"/>
     </row>
     <row r="16" spans="1:29">
-      <c r="A16" s="29"/>
-[...7 lines deleted...]
-      <c r="I16" s="31"/>
+      <c r="A16" s="17"/>
+      <c r="I16" s="19"/>
     </row>
     <row r="17" spans="1:9">
-      <c r="A17" s="29"/>
-[...7 lines deleted...]
-      <c r="I17" s="31"/>
+      <c r="A17" s="17"/>
+      <c r="I17" s="19"/>
     </row>
     <row r="18" spans="1:9">
-      <c r="A18" s="29"/>
-[...7 lines deleted...]
-      <c r="I18" s="31"/>
+      <c r="A18" s="17"/>
+      <c r="I18" s="19"/>
     </row>
     <row r="19" spans="1:9">
-      <c r="A19" s="29"/>
-[...7 lines deleted...]
-      <c r="I19" s="31"/>
+      <c r="A19" s="17"/>
+      <c r="I19" s="19"/>
     </row>
     <row r="20" spans="1:9">
-      <c r="A20" s="29"/>
-[...7 lines deleted...]
-      <c r="I20" s="31"/>
+      <c r="A20" s="17"/>
+      <c r="I20" s="19"/>
     </row>
     <row r="21" spans="1:9">
-      <c r="A21" s="29"/>
-[...7 lines deleted...]
-      <c r="I21" s="31"/>
+      <c r="A21" s="17"/>
+      <c r="I21" s="19"/>
     </row>
     <row r="22" spans="1:9">
-      <c r="A22" s="29"/>
-[...7 lines deleted...]
-      <c r="I22" s="31"/>
+      <c r="A22" s="17"/>
+      <c r="I22" s="19"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="29"/>
-[...7 lines deleted...]
-      <c r="I23" s="31"/>
+      <c r="A23" s="17"/>
+      <c r="I23" s="19"/>
     </row>
     <row r="24" spans="1:9">
-      <c r="A24" s="29"/>
-[...7 lines deleted...]
-      <c r="I24" s="31"/>
+      <c r="A24" s="17"/>
+      <c r="I24" s="19"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="A25" s="29"/>
-[...7 lines deleted...]
-      <c r="I25" s="31"/>
+      <c r="A25" s="17"/>
+      <c r="I25" s="19"/>
     </row>
     <row r="26" spans="1:9">
-      <c r="A26" s="29"/>
-[...7 lines deleted...]
-      <c r="I26" s="31"/>
+      <c r="A26" s="17"/>
+      <c r="I26" s="19"/>
     </row>
     <row r="27" spans="1:9">
-      <c r="A27" s="29"/>
-[...7 lines deleted...]
-      <c r="I27" s="31"/>
+      <c r="A27" s="17"/>
+      <c r="I27" s="19"/>
     </row>
     <row r="28" spans="1:9">
-      <c r="A28" s="29"/>
-[...7 lines deleted...]
-      <c r="I28" s="31"/>
+      <c r="A28" s="17"/>
+      <c r="I28" s="19"/>
     </row>
     <row r="29" spans="1:9">
-      <c r="A29" s="29"/>
-[...7 lines deleted...]
-      <c r="I29" s="31"/>
+      <c r="A29" s="17"/>
+      <c r="I29" s="19"/>
     </row>
     <row r="30" spans="1:9">
-      <c r="A30" s="29"/>
-[...7 lines deleted...]
-      <c r="I30" s="31"/>
+      <c r="A30" s="17"/>
+      <c r="I30" s="19"/>
     </row>
     <row r="31" spans="1:9">
-      <c r="A31" s="29"/>
-[...7 lines deleted...]
-      <c r="I31" s="31"/>
+      <c r="A31" s="17"/>
+      <c r="I31" s="19"/>
     </row>
     <row r="32" spans="1:9">
-      <c r="A32" s="29"/>
-[...7 lines deleted...]
-      <c r="I32" s="31"/>
+      <c r="A32" s="17"/>
+      <c r="I32" s="19"/>
     </row>
     <row r="33" spans="1:9">
-      <c r="A33" s="29"/>
-[...7 lines deleted...]
-      <c r="I33" s="31"/>
+      <c r="A33" s="17"/>
+      <c r="I33" s="19"/>
     </row>
     <row r="34" spans="1:9">
-      <c r="A34" s="29"/>
-[...7 lines deleted...]
-      <c r="I34" s="31"/>
+      <c r="A34" s="17"/>
+      <c r="I34" s="19"/>
     </row>
     <row r="35" spans="1:9">
-      <c r="A35" s="29"/>
-[...7 lines deleted...]
-      <c r="I35" s="31"/>
+      <c r="A35" s="17"/>
+      <c r="I35" s="19"/>
     </row>
     <row r="36" spans="1:9">
-      <c r="A36" s="29"/>
-[...7 lines deleted...]
-      <c r="I36" s="31"/>
+      <c r="A36" s="17"/>
+      <c r="I36" s="19"/>
     </row>
     <row r="37" spans="1:9">
-      <c r="A37" s="29"/>
-[...7 lines deleted...]
-      <c r="I37" s="31"/>
+      <c r="A37" s="17"/>
+      <c r="I37" s="19"/>
     </row>
     <row r="38" spans="1:9">
-      <c r="A38" s="29"/>
-[...7 lines deleted...]
-      <c r="I38" s="31"/>
+      <c r="A38" s="17"/>
+      <c r="I38" s="19"/>
     </row>
     <row r="39" spans="1:9">
-      <c r="A39" s="29"/>
-[...7 lines deleted...]
-      <c r="I39" s="31"/>
+      <c r="A39" s="17"/>
+      <c r="I39" s="19"/>
     </row>
     <row r="40" spans="1:9">
-      <c r="A40" s="29"/>
-[...7 lines deleted...]
-      <c r="I40" s="31"/>
+      <c r="A40" s="17"/>
+      <c r="I40" s="19"/>
     </row>
     <row r="41" spans="1:9">
-      <c r="A41" s="29"/>
-[...7 lines deleted...]
-      <c r="I41" s="31"/>
+      <c r="A41" s="17"/>
+      <c r="I41" s="19"/>
     </row>
     <row r="42" spans="1:9">
-      <c r="A42" s="29"/>
-[...7 lines deleted...]
-      <c r="I42" s="31"/>
+      <c r="A42" s="17"/>
+      <c r="I42" s="19"/>
     </row>
     <row r="43" spans="1:9">
-      <c r="A43" s="29"/>
-[...7 lines deleted...]
-      <c r="I43" s="31"/>
+      <c r="A43" s="17"/>
+      <c r="I43" s="19"/>
     </row>
     <row r="44" spans="1:9">
-      <c r="A44" s="29"/>
-[...7 lines deleted...]
-      <c r="I44" s="31"/>
+      <c r="A44" s="17"/>
+      <c r="I44" s="19"/>
     </row>
     <row r="45" spans="1:9">
-      <c r="A45" s="29"/>
-[...7 lines deleted...]
-      <c r="I45" s="31"/>
+      <c r="A45" s="17"/>
+      <c r="I45" s="19"/>
     </row>
     <row r="46" spans="1:9">
-      <c r="A46" s="29"/>
-[...7 lines deleted...]
-      <c r="I46" s="31"/>
+      <c r="A46" s="17"/>
+      <c r="I46" s="19"/>
     </row>
     <row r="47" spans="1:9">
-      <c r="A47" s="29"/>
-[...7 lines deleted...]
-      <c r="I47" s="31"/>
+      <c r="A47" s="17"/>
+      <c r="I47" s="19"/>
     </row>
     <row r="48" spans="1:9">
-      <c r="A48" s="29"/>
-[...7 lines deleted...]
-      <c r="I48" s="31"/>
+      <c r="A48" s="17"/>
+      <c r="I48" s="19"/>
     </row>
     <row r="49" spans="1:9">
-      <c r="A49" s="29"/>
-[...7 lines deleted...]
-      <c r="I49" s="31"/>
+      <c r="A49" s="17"/>
+      <c r="I49" s="19"/>
     </row>
     <row r="50" spans="1:9">
-      <c r="A50" s="29"/>
-[...7 lines deleted...]
-      <c r="I50" s="31"/>
+      <c r="A50" s="17"/>
+      <c r="I50" s="19"/>
     </row>
     <row r="51" spans="1:9">
-      <c r="A51" s="29"/>
-[...7 lines deleted...]
-      <c r="I51" s="31"/>
+      <c r="A51" s="17"/>
+      <c r="I51" s="19"/>
     </row>
     <row r="52" spans="1:9">
-      <c r="A52" s="29"/>
-[...7 lines deleted...]
-      <c r="I52" s="31"/>
+      <c r="A52" s="17"/>
+      <c r="I52" s="19"/>
     </row>
     <row r="53" spans="1:9">
-      <c r="A53" s="29"/>
-[...7 lines deleted...]
-      <c r="I53" s="31"/>
+      <c r="A53" s="17"/>
+      <c r="I53" s="19"/>
     </row>
     <row r="54" spans="1:9">
-      <c r="A54" s="29"/>
-[...7 lines deleted...]
-      <c r="I54" s="31"/>
+      <c r="A54" s="17"/>
+      <c r="I54" s="19"/>
     </row>
     <row r="55" spans="1:9">
-      <c r="A55" s="29"/>
-[...7 lines deleted...]
-      <c r="I55" s="31"/>
+      <c r="A55" s="17"/>
+      <c r="I55" s="19"/>
     </row>
     <row r="56" spans="1:9">
-      <c r="A56" s="29"/>
-[...7 lines deleted...]
-      <c r="I56" s="31"/>
+      <c r="A56" s="17"/>
+      <c r="I56" s="19"/>
     </row>
     <row r="57" spans="1:9">
-      <c r="A57" s="29"/>
-[...7 lines deleted...]
-      <c r="I57" s="31"/>
+      <c r="A57" s="17"/>
+      <c r="I57" s="19"/>
     </row>
     <row r="58" spans="1:9">
-      <c r="A58" s="29"/>
-[...7 lines deleted...]
-      <c r="I58" s="31"/>
+      <c r="A58" s="17"/>
+      <c r="I58" s="19"/>
     </row>
     <row r="59" spans="1:9">
-      <c r="A59" s="29"/>
-[...7 lines deleted...]
-      <c r="I59" s="31"/>
+      <c r="A59" s="17"/>
+      <c r="I59" s="19"/>
     </row>
     <row r="60" spans="1:9">
-      <c r="A60" s="29"/>
-[...7 lines deleted...]
-      <c r="I60" s="31"/>
+      <c r="A60" s="17"/>
+      <c r="I60" s="19"/>
     </row>
     <row r="61" spans="1:9">
-      <c r="A61" s="29"/>
-[...7 lines deleted...]
-      <c r="I61" s="31"/>
+      <c r="A61" s="17"/>
+      <c r="I61" s="19"/>
     </row>
     <row r="62" spans="1:9">
-      <c r="A62" s="29"/>
-[...7 lines deleted...]
-      <c r="I62" s="31"/>
+      <c r="A62" s="17"/>
+      <c r="I62" s="19"/>
     </row>
     <row r="63" spans="1:9">
-      <c r="A63" s="29"/>
-[...7 lines deleted...]
-      <c r="I63" s="31"/>
+      <c r="A63" s="17"/>
+      <c r="I63" s="19"/>
     </row>
     <row r="64" spans="1:9">
-      <c r="A64" s="29"/>
-[...7 lines deleted...]
-      <c r="I64" s="31"/>
+      <c r="A64" s="17"/>
+      <c r="I64" s="19"/>
     </row>
     <row r="65" spans="1:9">
-      <c r="A65" s="29"/>
-[...7 lines deleted...]
-      <c r="I65" s="31"/>
+      <c r="A65" s="17"/>
+      <c r="I65" s="19"/>
     </row>
     <row r="66" spans="1:9">
-      <c r="A66" s="29"/>
-[...7 lines deleted...]
-      <c r="I66" s="31"/>
+      <c r="A66" s="17"/>
+      <c r="I66" s="19"/>
     </row>
     <row r="67" spans="1:9">
-      <c r="A67" s="29"/>
-[...7 lines deleted...]
-      <c r="I67" s="31"/>
+      <c r="A67" s="17"/>
+      <c r="I67" s="19"/>
     </row>
     <row r="68" spans="1:9">
-      <c r="A68" s="29"/>
-[...7 lines deleted...]
-      <c r="I68" s="31"/>
+      <c r="A68" s="17"/>
+      <c r="I68" s="19"/>
     </row>
     <row r="69" spans="1:9">
-      <c r="A69" s="29"/>
-[...7 lines deleted...]
-      <c r="I69" s="31"/>
+      <c r="A69" s="17"/>
+      <c r="I69" s="19"/>
     </row>
     <row r="70" spans="1:9">
-      <c r="A70" s="29"/>
-[...7 lines deleted...]
-      <c r="I70" s="31"/>
+      <c r="A70" s="17"/>
+      <c r="I70" s="19"/>
     </row>
     <row r="71" spans="1:9">
-      <c r="A71" s="29"/>
-[...7 lines deleted...]
-      <c r="I71" s="31"/>
+      <c r="A71" s="17"/>
+      <c r="I71" s="19"/>
     </row>
     <row r="72" spans="1:9">
-      <c r="A72" s="29"/>
-[...7 lines deleted...]
-      <c r="I72" s="31"/>
+      <c r="A72" s="17"/>
+      <c r="I72" s="19"/>
     </row>
     <row r="73" spans="1:9">
-      <c r="A73" s="29"/>
-[...7 lines deleted...]
-      <c r="I73" s="31"/>
+      <c r="A73" s="17"/>
+      <c r="I73" s="19"/>
     </row>
     <row r="74" spans="1:9">
-      <c r="A74" s="29"/>
-[...7 lines deleted...]
-      <c r="I74" s="31"/>
+      <c r="A74" s="17"/>
+      <c r="I74" s="19"/>
     </row>
     <row r="75" spans="1:9">
-      <c r="A75" s="29"/>
-[...7 lines deleted...]
-      <c r="I75" s="31"/>
+      <c r="A75" s="17"/>
+      <c r="I75" s="19"/>
     </row>
     <row r="76" spans="1:9">
-      <c r="A76" s="29"/>
-[...7 lines deleted...]
-      <c r="I76" s="31"/>
+      <c r="A76" s="17"/>
+      <c r="I76" s="19"/>
     </row>
     <row r="77" spans="1:9">
-      <c r="A77" s="29"/>
-[...7 lines deleted...]
-      <c r="I77" s="31"/>
+      <c r="A77" s="17"/>
+      <c r="I77" s="19"/>
     </row>
     <row r="78" spans="1:9">
-      <c r="A78" s="29"/>
-[...7 lines deleted...]
-      <c r="I78" s="31"/>
+      <c r="A78" s="17"/>
+      <c r="I78" s="19"/>
     </row>
     <row r="79" spans="1:9">
-      <c r="A79" s="29"/>
-[...7 lines deleted...]
-      <c r="I79" s="31"/>
+      <c r="A79" s="17"/>
+      <c r="I79" s="19"/>
     </row>
     <row r="80" spans="1:9">
-      <c r="A80" s="29"/>
-[...7 lines deleted...]
-      <c r="I80" s="31"/>
+      <c r="A80" s="17"/>
+      <c r="I80" s="19"/>
     </row>
     <row r="81" spans="1:9">
-      <c r="A81" s="29"/>
-[...7 lines deleted...]
-      <c r="I81" s="31"/>
+      <c r="A81" s="17"/>
+      <c r="I81" s="19"/>
     </row>
     <row r="82" spans="1:9">
-      <c r="A82" s="29"/>
-[...7 lines deleted...]
-      <c r="I82" s="31"/>
+      <c r="A82" s="17"/>
+      <c r="I82" s="19"/>
     </row>
     <row r="83" spans="1:9">
-      <c r="A83" s="29"/>
-[...7 lines deleted...]
-      <c r="I83" s="31"/>
+      <c r="A83" s="17"/>
+      <c r="I83" s="19"/>
     </row>
     <row r="84" spans="1:9">
-      <c r="A84" s="29"/>
-[...7 lines deleted...]
-      <c r="I84" s="31"/>
+      <c r="A84" s="17"/>
+      <c r="I84" s="19"/>
     </row>
     <row r="85" spans="1:9">
-      <c r="A85" s="29"/>
-[...7 lines deleted...]
-      <c r="I85" s="31"/>
+      <c r="A85" s="17"/>
+      <c r="I85" s="19"/>
     </row>
     <row r="86" spans="1:9">
-      <c r="A86" s="29"/>
-[...7 lines deleted...]
-      <c r="I86" s="31"/>
+      <c r="A86" s="17"/>
+      <c r="I86" s="19"/>
     </row>
     <row r="87" spans="1:9">
-      <c r="A87" s="29"/>
-[...7 lines deleted...]
-      <c r="I87" s="31"/>
+      <c r="A87" s="17"/>
+      <c r="I87" s="19"/>
     </row>
     <row r="88" spans="1:9">
-      <c r="A88" s="29"/>
-[...7 lines deleted...]
-      <c r="I88" s="31"/>
+      <c r="A88" s="17"/>
+      <c r="I88" s="19"/>
     </row>
     <row r="89" spans="1:9">
-      <c r="A89" s="29"/>
-[...7 lines deleted...]
-      <c r="I89" s="31"/>
+      <c r="A89" s="17"/>
+      <c r="I89" s="19"/>
     </row>
     <row r="90" spans="1:9">
-      <c r="A90" s="29"/>
-[...7 lines deleted...]
-      <c r="I90" s="31"/>
+      <c r="A90" s="17"/>
+      <c r="I90" s="19"/>
     </row>
     <row r="91" spans="1:9">
-      <c r="A91" s="29"/>
-[...7 lines deleted...]
-      <c r="I91" s="31"/>
+      <c r="A91" s="17"/>
+      <c r="I91" s="19"/>
     </row>
     <row r="92" spans="1:9">
-      <c r="A92" s="29"/>
-[...7 lines deleted...]
-      <c r="I92" s="31"/>
+      <c r="A92" s="17"/>
+      <c r="I92" s="19"/>
     </row>
     <row r="93" spans="1:9">
-      <c r="A93" s="29"/>
-[...7 lines deleted...]
-      <c r="I93" s="31"/>
+      <c r="A93" s="17"/>
+      <c r="I93" s="19"/>
     </row>
     <row r="94" spans="1:9">
-      <c r="A94" s="29"/>
-[...7 lines deleted...]
-      <c r="I94" s="31"/>
+      <c r="A94" s="17"/>
+      <c r="I94" s="19"/>
     </row>
     <row r="95" spans="1:9">
-      <c r="A95" s="29"/>
-[...7 lines deleted...]
-      <c r="I95" s="31"/>
+      <c r="A95" s="17"/>
+      <c r="I95" s="19"/>
     </row>
     <row r="96" spans="1:9">
-      <c r="A96" s="29"/>
-[...7 lines deleted...]
-      <c r="I96" s="31"/>
+      <c r="A96" s="17"/>
+      <c r="I96" s="19"/>
     </row>
     <row r="97" spans="1:9">
-      <c r="A97" s="29"/>
-[...7 lines deleted...]
-      <c r="I97" s="31"/>
+      <c r="A97" s="17"/>
+      <c r="I97" s="19"/>
     </row>
     <row r="98" spans="1:9">
-      <c r="A98" s="29"/>
-[...7 lines deleted...]
-      <c r="I98" s="31"/>
+      <c r="A98" s="17"/>
+      <c r="I98" s="19"/>
     </row>
     <row r="99" spans="1:9">
-      <c r="A99" s="29"/>
-[...7 lines deleted...]
-      <c r="I99" s="31"/>
+      <c r="A99" s="17"/>
+      <c r="I99" s="19"/>
     </row>
     <row r="100" spans="1:9">
-      <c r="A100" s="29"/>
-[...7 lines deleted...]
-      <c r="I100" s="31"/>
+      <c r="A100" s="17"/>
+      <c r="I100" s="19"/>
     </row>
     <row r="101" spans="1:9">
-      <c r="A101" s="29"/>
-[...7 lines deleted...]
-      <c r="I101" s="31"/>
+      <c r="A101" s="17"/>
+      <c r="I101" s="19"/>
     </row>
     <row r="102" spans="1:9">
-      <c r="A102" s="29"/>
-[...7 lines deleted...]
-      <c r="I102" s="31"/>
+      <c r="A102" s="17"/>
+      <c r="I102" s="19"/>
     </row>
     <row r="103" spans="1:9">
-      <c r="A103" s="29"/>
-[...7 lines deleted...]
-      <c r="I103" s="31"/>
+      <c r="A103" s="17"/>
+      <c r="I103" s="19"/>
     </row>
     <row r="104" spans="1:9">
-      <c r="A104" s="29"/>
-[...7 lines deleted...]
-      <c r="I104" s="31"/>
+      <c r="A104" s="17"/>
+      <c r="I104" s="19"/>
     </row>
     <row r="105" spans="1:9">
-      <c r="A105" s="29"/>
-[...7 lines deleted...]
-      <c r="I105" s="31"/>
+      <c r="A105" s="17"/>
+      <c r="I105" s="19"/>
     </row>
     <row r="106" spans="1:9">
-      <c r="A106" s="29"/>
-[...7 lines deleted...]
-      <c r="I106" s="31"/>
+      <c r="A106" s="17"/>
+      <c r="I106" s="19"/>
     </row>
     <row r="107" spans="1:9">
-      <c r="A107" s="29"/>
-[...7 lines deleted...]
-      <c r="I107" s="31"/>
+      <c r="A107" s="17"/>
+      <c r="I107" s="19"/>
     </row>
     <row r="108" spans="1:9">
-      <c r="A108" s="29"/>
-[...7 lines deleted...]
-      <c r="I108" s="31"/>
+      <c r="A108" s="17"/>
+      <c r="I108" s="19"/>
     </row>
     <row r="109" spans="1:9">
-      <c r="A109" s="29"/>
-[...7 lines deleted...]
-      <c r="I109" s="31"/>
+      <c r="A109" s="17"/>
+      <c r="I109" s="19"/>
     </row>
     <row r="110" spans="1:9">
-      <c r="A110" s="29"/>
-[...7 lines deleted...]
-      <c r="I110" s="31"/>
+      <c r="A110" s="17"/>
+      <c r="I110" s="19"/>
     </row>
     <row r="111" spans="1:9">
-      <c r="A111" s="29"/>
-[...7 lines deleted...]
-      <c r="I111" s="31"/>
+      <c r="A111" s="17"/>
+      <c r="I111" s="19"/>
     </row>
     <row r="112" spans="1:9">
-      <c r="A112" s="29"/>
-[...7 lines deleted...]
-      <c r="I112" s="31"/>
+      <c r="A112" s="17"/>
+      <c r="I112" s="19"/>
     </row>
     <row r="113" spans="1:9">
-      <c r="A113" s="29"/>
-[...7 lines deleted...]
-      <c r="I113" s="31"/>
+      <c r="A113" s="17"/>
+      <c r="I113" s="19"/>
     </row>
     <row r="114" spans="1:9">
-      <c r="A114" s="29"/>
-[...7 lines deleted...]
-      <c r="I114" s="31"/>
+      <c r="A114" s="17"/>
+      <c r="I114" s="19"/>
     </row>
     <row r="115" spans="1:9">
-      <c r="A115" s="29"/>
-[...7 lines deleted...]
-      <c r="I115" s="31"/>
+      <c r="A115" s="17"/>
+      <c r="I115" s="19"/>
     </row>
     <row r="116" spans="1:9">
-      <c r="A116" s="29"/>
-[...7 lines deleted...]
-      <c r="I116" s="31"/>
+      <c r="A116" s="17"/>
+      <c r="I116" s="19"/>
     </row>
     <row r="117" spans="1:9">
-      <c r="A117" s="29"/>
-[...7 lines deleted...]
-      <c r="I117" s="31"/>
+      <c r="A117" s="17"/>
+      <c r="I117" s="19"/>
     </row>
     <row r="118" spans="1:9">
-      <c r="A118" s="29"/>
-[...7 lines deleted...]
-      <c r="I118" s="31"/>
+      <c r="A118" s="17"/>
+      <c r="I118" s="19"/>
     </row>
     <row r="119" spans="1:9">
-      <c r="A119" s="29"/>
-[...7 lines deleted...]
-      <c r="I119" s="31"/>
+      <c r="A119" s="17"/>
+      <c r="I119" s="19"/>
     </row>
     <row r="120" spans="1:9">
-      <c r="A120" s="29"/>
-[...7 lines deleted...]
-      <c r="I120" s="31"/>
+      <c r="A120" s="17"/>
+      <c r="I120" s="19"/>
     </row>
     <row r="121" spans="1:9">
-      <c r="A121" s="29"/>
-[...7 lines deleted...]
-      <c r="I121" s="31"/>
+      <c r="A121" s="17"/>
+      <c r="I121" s="19"/>
     </row>
     <row r="122" spans="1:9">
-      <c r="A122" s="29"/>
-[...7 lines deleted...]
-      <c r="I122" s="31"/>
+      <c r="A122" s="17"/>
+      <c r="I122" s="19"/>
     </row>
     <row r="123" spans="1:9">
-      <c r="A123" s="29"/>
-[...7 lines deleted...]
-      <c r="I123" s="31"/>
+      <c r="A123" s="17"/>
+      <c r="I123" s="19"/>
     </row>
     <row r="124" spans="1:9">
-      <c r="A124" s="29"/>
-[...7 lines deleted...]
-      <c r="I124" s="31"/>
+      <c r="A124" s="17"/>
+      <c r="I124" s="19"/>
     </row>
     <row r="125" spans="1:9">
-      <c r="A125" s="29"/>
-[...7 lines deleted...]
-      <c r="I125" s="31"/>
+      <c r="A125" s="17"/>
+      <c r="I125" s="19"/>
     </row>
     <row r="126" spans="1:9">
-      <c r="A126" s="29"/>
-[...7 lines deleted...]
-      <c r="I126" s="31"/>
+      <c r="A126" s="17"/>
+      <c r="I126" s="19"/>
     </row>
     <row r="127" spans="1:9">
-      <c r="A127" s="29"/>
-[...7 lines deleted...]
-      <c r="I127" s="31"/>
+      <c r="A127" s="17"/>
+      <c r="I127" s="19"/>
     </row>
     <row r="128" spans="1:9">
-      <c r="A128" s="29"/>
-[...7 lines deleted...]
-      <c r="I128" s="31"/>
+      <c r="A128" s="17"/>
+      <c r="I128" s="19"/>
     </row>
     <row r="129" spans="1:9">
-      <c r="A129" s="29"/>
-[...7 lines deleted...]
-      <c r="I129" s="31"/>
+      <c r="A129" s="17"/>
+      <c r="I129" s="19"/>
     </row>
     <row r="130" spans="1:9">
-      <c r="A130" s="29"/>
-[...7 lines deleted...]
-      <c r="I130" s="31"/>
+      <c r="A130" s="17"/>
+      <c r="I130" s="19"/>
     </row>
     <row r="131" spans="1:9">
-      <c r="A131" s="29"/>
-[...7 lines deleted...]
-      <c r="I131" s="31"/>
+      <c r="A131" s="17"/>
+      <c r="I131" s="19"/>
     </row>
     <row r="132" spans="1:9">
-      <c r="A132" s="29"/>
-[...7 lines deleted...]
-      <c r="I132" s="31"/>
+      <c r="A132" s="17"/>
+      <c r="I132" s="19"/>
     </row>
     <row r="133" spans="1:9">
-      <c r="A133" s="29"/>
-[...7 lines deleted...]
-      <c r="I133" s="31"/>
+      <c r="A133" s="17"/>
+      <c r="I133" s="19"/>
     </row>
     <row r="134" spans="1:9">
-      <c r="A134" s="29"/>
-[...7 lines deleted...]
-      <c r="I134" s="31"/>
+      <c r="A134" s="17"/>
+      <c r="I134" s="19"/>
     </row>
     <row r="135" spans="1:9">
-      <c r="A135" s="29"/>
-[...7 lines deleted...]
-      <c r="I135" s="31"/>
+      <c r="A135" s="17"/>
+      <c r="I135" s="19"/>
     </row>
     <row r="136" spans="1:9">
-      <c r="A136" s="29"/>
-[...7 lines deleted...]
-      <c r="I136" s="31"/>
+      <c r="A136" s="17"/>
+      <c r="I136" s="19"/>
     </row>
     <row r="137" spans="1:9">
-      <c r="A137" s="29"/>
-[...7 lines deleted...]
-      <c r="I137" s="31"/>
+      <c r="A137" s="17"/>
+      <c r="I137" s="19"/>
     </row>
     <row r="138" spans="1:9">
-      <c r="A138" s="29"/>
-[...7 lines deleted...]
-      <c r="I138" s="31"/>
+      <c r="A138" s="17"/>
+      <c r="I138" s="19"/>
     </row>
     <row r="139" spans="1:9">
-      <c r="A139" s="29"/>
-[...7 lines deleted...]
-      <c r="I139" s="31"/>
+      <c r="A139" s="17"/>
+      <c r="I139" s="19"/>
     </row>
     <row r="140" spans="1:9">
-      <c r="A140" s="29"/>
-[...7 lines deleted...]
-      <c r="I140" s="31"/>
+      <c r="A140" s="17"/>
+      <c r="I140" s="19"/>
     </row>
     <row r="141" spans="1:9">
-      <c r="A141" s="29"/>
-[...7 lines deleted...]
-      <c r="I141" s="31"/>
+      <c r="A141" s="17"/>
+      <c r="I141" s="19"/>
     </row>
     <row r="142" spans="1:9">
-      <c r="A142" s="29"/>
-[...7 lines deleted...]
-      <c r="I142" s="31"/>
+      <c r="A142" s="17"/>
+      <c r="I142" s="19"/>
     </row>
     <row r="143" spans="1:9">
-      <c r="A143" s="29"/>
-[...7 lines deleted...]
-      <c r="I143" s="31"/>
+      <c r="A143" s="17"/>
+      <c r="I143" s="19"/>
     </row>
     <row r="144" spans="1:9">
-      <c r="A144" s="29"/>
-[...7 lines deleted...]
-      <c r="I144" s="31"/>
+      <c r="A144" s="17"/>
+      <c r="I144" s="19"/>
     </row>
     <row r="145" spans="1:9">
-      <c r="A145" s="29"/>
-[...7 lines deleted...]
-      <c r="I145" s="31"/>
+      <c r="A145" s="17"/>
+      <c r="I145" s="19"/>
     </row>
     <row r="146" spans="1:9">
-      <c r="A146" s="29"/>
-[...7 lines deleted...]
-      <c r="I146" s="31"/>
+      <c r="A146" s="17"/>
+      <c r="I146" s="19"/>
     </row>
     <row r="147" spans="1:9">
-      <c r="A147" s="29"/>
-[...7 lines deleted...]
-      <c r="I147" s="31"/>
+      <c r="A147" s="17"/>
+      <c r="I147" s="19"/>
     </row>
     <row r="148" spans="1:9">
-      <c r="A148" s="29"/>
-[...7 lines deleted...]
-      <c r="I148" s="31"/>
+      <c r="A148" s="17"/>
+      <c r="I148" s="19"/>
     </row>
     <row r="149" spans="1:9">
-      <c r="A149" s="29"/>
-[...7 lines deleted...]
-      <c r="I149" s="31"/>
+      <c r="A149" s="17"/>
+      <c r="I149" s="19"/>
     </row>
     <row r="150" spans="1:9">
-      <c r="A150" s="29"/>
-[...7 lines deleted...]
-      <c r="I150" s="31"/>
+      <c r="A150" s="17"/>
+      <c r="I150" s="19"/>
     </row>
     <row r="151" spans="1:9">
-      <c r="A151" s="29"/>
-[...7 lines deleted...]
-      <c r="I151" s="31"/>
+      <c r="A151" s="17"/>
+      <c r="I151" s="19"/>
     </row>
     <row r="152" spans="1:9">
-      <c r="A152" s="29"/>
-[...7 lines deleted...]
-      <c r="I152" s="31"/>
+      <c r="A152" s="17"/>
+      <c r="I152" s="19"/>
     </row>
     <row r="153" spans="1:9">
-      <c r="A153" s="29"/>
-[...7 lines deleted...]
-      <c r="I153" s="31"/>
+      <c r="A153" s="17"/>
+      <c r="I153" s="19"/>
     </row>
     <row r="154" spans="1:9">
-      <c r="A154" s="29"/>
-[...7 lines deleted...]
-      <c r="I154" s="31"/>
+      <c r="A154" s="17"/>
+      <c r="I154" s="19"/>
     </row>
     <row r="155" spans="1:9">
-      <c r="A155" s="29"/>
-[...7 lines deleted...]
-      <c r="I155" s="31"/>
+      <c r="A155" s="17"/>
+      <c r="I155" s="19"/>
     </row>
     <row r="156" spans="1:9">
-      <c r="A156" s="29"/>
-[...7 lines deleted...]
-      <c r="I156" s="31"/>
+      <c r="A156" s="17"/>
+      <c r="I156" s="19"/>
     </row>
     <row r="157" spans="1:9">
-      <c r="A157" s="29"/>
-[...7 lines deleted...]
-      <c r="I157" s="31"/>
+      <c r="A157" s="17"/>
+      <c r="I157" s="19"/>
     </row>
     <row r="158" spans="1:9">
-      <c r="A158" s="29"/>
-[...7 lines deleted...]
-      <c r="I158" s="31"/>
+      <c r="A158" s="17"/>
+      <c r="I158" s="19"/>
     </row>
     <row r="159" spans="1:9">
-      <c r="A159" s="29"/>
-[...7 lines deleted...]
-      <c r="I159" s="31"/>
+      <c r="A159" s="17"/>
+      <c r="I159" s="19"/>
     </row>
     <row r="160" spans="1:9">
-      <c r="A160" s="29"/>
-[...7 lines deleted...]
-      <c r="I160" s="31"/>
+      <c r="A160" s="17"/>
+      <c r="I160" s="19"/>
     </row>
     <row r="161" spans="1:9">
-      <c r="A161" s="29"/>
-[...7 lines deleted...]
-      <c r="I161" s="31"/>
+      <c r="A161" s="17"/>
+      <c r="I161" s="19"/>
     </row>
     <row r="162" spans="1:9">
-      <c r="A162" s="29"/>
-[...7 lines deleted...]
-      <c r="I162" s="31"/>
+      <c r="A162" s="17"/>
+      <c r="I162" s="19"/>
     </row>
     <row r="163" spans="1:9">
-      <c r="A163" s="29"/>
-[...7 lines deleted...]
-      <c r="I163" s="31"/>
+      <c r="A163" s="17"/>
+      <c r="I163" s="19"/>
     </row>
     <row r="164" spans="1:9">
-      <c r="A164" s="29"/>
-[...7 lines deleted...]
-      <c r="I164" s="31"/>
+      <c r="A164" s="17"/>
+      <c r="I164" s="19"/>
     </row>
     <row r="165" spans="1:9">
-      <c r="A165" s="29"/>
-[...7 lines deleted...]
-      <c r="I165" s="31"/>
+      <c r="A165" s="17"/>
+      <c r="I165" s="19"/>
     </row>
     <row r="166" spans="1:9">
-      <c r="A166" s="29"/>
-[...7 lines deleted...]
-      <c r="I166" s="31"/>
+      <c r="A166" s="17"/>
+      <c r="I166" s="19"/>
     </row>
     <row r="167" spans="1:9">
-      <c r="A167" s="29"/>
-[...7 lines deleted...]
-      <c r="I167" s="31"/>
+      <c r="A167" s="17"/>
+      <c r="I167" s="19"/>
     </row>
     <row r="168" spans="1:9">
-      <c r="A168" s="29"/>
-[...7 lines deleted...]
-      <c r="I168" s="31"/>
+      <c r="A168" s="17"/>
+      <c r="I168" s="19"/>
     </row>
     <row r="169" spans="1:9">
-      <c r="A169" s="29"/>
-[...7 lines deleted...]
-      <c r="I169" s="31"/>
+      <c r="A169" s="17"/>
+      <c r="I169" s="19"/>
     </row>
     <row r="170" spans="1:9">
-      <c r="A170" s="29"/>
-[...7 lines deleted...]
-      <c r="I170" s="31"/>
+      <c r="A170" s="17"/>
+      <c r="I170" s="19"/>
     </row>
     <row r="171" spans="1:9">
-      <c r="A171" s="29"/>
-[...7 lines deleted...]
-      <c r="I171" s="31"/>
+      <c r="A171" s="17"/>
+      <c r="I171" s="19"/>
     </row>
     <row r="172" spans="1:9">
-      <c r="A172" s="29"/>
-[...7 lines deleted...]
-      <c r="I172" s="31"/>
+      <c r="A172" s="17"/>
+      <c r="I172" s="19"/>
     </row>
     <row r="173" spans="1:9">
-      <c r="A173" s="29"/>
-[...7 lines deleted...]
-      <c r="I173" s="31"/>
+      <c r="A173" s="17"/>
+      <c r="I173" s="19"/>
     </row>
     <row r="174" spans="1:9">
-      <c r="A174" s="29"/>
-[...7 lines deleted...]
-      <c r="I174" s="31"/>
+      <c r="A174" s="17"/>
+      <c r="I174" s="19"/>
     </row>
     <row r="175" spans="1:9">
-      <c r="A175" s="29"/>
-[...7 lines deleted...]
-      <c r="I175" s="31"/>
+      <c r="A175" s="17"/>
+      <c r="I175" s="19"/>
     </row>
     <row r="176" spans="1:9">
-      <c r="A176" s="29"/>
-[...7 lines deleted...]
-      <c r="I176" s="31"/>
+      <c r="A176" s="17"/>
+      <c r="I176" s="19"/>
     </row>
     <row r="177" spans="1:9">
-      <c r="A177" s="29"/>
-[...7 lines deleted...]
-      <c r="I177" s="31"/>
+      <c r="A177" s="17"/>
+      <c r="I177" s="19"/>
     </row>
     <row r="178" spans="1:9">
-      <c r="A178" s="29"/>
-[...7 lines deleted...]
-      <c r="I178" s="31"/>
+      <c r="A178" s="17"/>
+      <c r="I178" s="19"/>
     </row>
     <row r="179" spans="1:9">
-      <c r="A179" s="29"/>
-[...7 lines deleted...]
-      <c r="I179" s="31"/>
+      <c r="A179" s="17"/>
+      <c r="I179" s="19"/>
     </row>
     <row r="180" spans="1:9">
-      <c r="A180" s="29"/>
-[...7 lines deleted...]
-      <c r="I180" s="31"/>
+      <c r="A180" s="17"/>
+      <c r="I180" s="19"/>
     </row>
     <row r="181" spans="1:9">
-      <c r="A181" s="29"/>
-[...7 lines deleted...]
-      <c r="I181" s="31"/>
+      <c r="A181" s="17"/>
+      <c r="I181" s="19"/>
     </row>
     <row r="182" spans="1:9">
-      <c r="A182" s="29"/>
-[...7 lines deleted...]
-      <c r="I182" s="31"/>
+      <c r="A182" s="17"/>
+      <c r="I182" s="19"/>
     </row>
     <row r="183" spans="1:9">
-      <c r="A183" s="29"/>
-[...7 lines deleted...]
-      <c r="I183" s="31"/>
+      <c r="A183" s="17"/>
+      <c r="I183" s="19"/>
     </row>
     <row r="184" spans="1:9">
-      <c r="A184" s="29"/>
-[...7 lines deleted...]
-      <c r="I184" s="31"/>
+      <c r="A184" s="17"/>
+      <c r="I184" s="19"/>
     </row>
     <row r="185" spans="1:9">
-      <c r="A185" s="29"/>
-[...7 lines deleted...]
-      <c r="I185" s="31"/>
+      <c r="A185" s="17"/>
+      <c r="I185" s="19"/>
     </row>
     <row r="186" spans="1:9">
-      <c r="A186" s="29"/>
-[...7 lines deleted...]
-      <c r="I186" s="31"/>
+      <c r="A186" s="17"/>
+      <c r="I186" s="19"/>
     </row>
     <row r="187" spans="1:9">
-      <c r="A187" s="29"/>
-[...7 lines deleted...]
-      <c r="I187" s="31"/>
+      <c r="A187" s="17"/>
+      <c r="I187" s="19"/>
     </row>
     <row r="188" spans="1:9">
-      <c r="A188" s="29"/>
-[...7 lines deleted...]
-      <c r="I188" s="31"/>
+      <c r="A188" s="17"/>
+      <c r="I188" s="19"/>
     </row>
     <row r="189" spans="1:9">
-      <c r="A189" s="29"/>
-[...7 lines deleted...]
-      <c r="I189" s="31"/>
+      <c r="A189" s="17"/>
+      <c r="I189" s="19"/>
     </row>
     <row r="190" spans="1:9">
-      <c r="A190" s="29"/>
-[...7 lines deleted...]
-      <c r="I190" s="31"/>
+      <c r="A190" s="17"/>
+      <c r="I190" s="19"/>
     </row>
     <row r="191" spans="1:9">
-      <c r="A191" s="29"/>
-[...7 lines deleted...]
-      <c r="I191" s="31"/>
+      <c r="A191" s="17"/>
+      <c r="I191" s="19"/>
     </row>
     <row r="192" spans="1:9">
-      <c r="A192" s="29"/>
-[...7 lines deleted...]
-      <c r="I192" s="31"/>
+      <c r="A192" s="17"/>
+      <c r="I192" s="19"/>
     </row>
     <row r="193" spans="1:9">
-      <c r="A193" s="29"/>
-[...7 lines deleted...]
-      <c r="I193" s="31"/>
+      <c r="A193" s="17"/>
+      <c r="I193" s="19"/>
     </row>
     <row r="194" spans="1:9">
-      <c r="A194" s="29"/>
-[...7 lines deleted...]
-      <c r="I194" s="31"/>
+      <c r="A194" s="17"/>
+      <c r="I194" s="19"/>
     </row>
     <row r="195" spans="1:9">
-      <c r="A195" s="29"/>
-[...7 lines deleted...]
-      <c r="I195" s="31"/>
+      <c r="A195" s="17"/>
+      <c r="I195" s="19"/>
     </row>
     <row r="196" spans="1:9">
-      <c r="A196" s="29"/>
-[...7 lines deleted...]
-      <c r="I196" s="31"/>
+      <c r="A196" s="17"/>
+      <c r="I196" s="19"/>
     </row>
     <row r="197" spans="1:9">
-      <c r="A197" s="29"/>
-[...7 lines deleted...]
-      <c r="I197" s="31"/>
+      <c r="A197" s="17"/>
+      <c r="I197" s="19"/>
     </row>
     <row r="198" spans="1:9">
-      <c r="A198" s="29"/>
-[...7 lines deleted...]
-      <c r="I198" s="31"/>
+      <c r="A198" s="17"/>
+      <c r="I198" s="19"/>
     </row>
     <row r="199" spans="1:9">
-      <c r="A199" s="29"/>
-[...7 lines deleted...]
-      <c r="I199" s="31"/>
+      <c r="A199" s="17"/>
+      <c r="I199" s="19"/>
     </row>
     <row r="200" spans="1:9">
-      <c r="A200" s="29"/>
-[...7 lines deleted...]
-      <c r="I200" s="31"/>
+      <c r="A200" s="17"/>
+      <c r="I200" s="19"/>
     </row>
     <row r="201" spans="1:9">
-      <c r="A201" s="29"/>
-[...7 lines deleted...]
-      <c r="I201" s="31"/>
+      <c r="A201" s="17"/>
+      <c r="I201" s="19"/>
     </row>
     <row r="202" spans="1:9">
-      <c r="A202" s="29"/>
-[...7 lines deleted...]
-      <c r="I202" s="31"/>
+      <c r="A202" s="17"/>
+      <c r="I202" s="19"/>
     </row>
     <row r="203" spans="1:9">
-      <c r="A203" s="29"/>
-[...7 lines deleted...]
-      <c r="I203" s="31"/>
+      <c r="A203" s="17"/>
+      <c r="I203" s="19"/>
     </row>
     <row r="204" spans="1:9">
-      <c r="A204" s="29"/>
-[...7 lines deleted...]
-      <c r="I204" s="31"/>
+      <c r="A204" s="17"/>
+      <c r="I204" s="19"/>
     </row>
     <row r="205" spans="1:9">
-      <c r="A205" s="29"/>
-[...7 lines deleted...]
-      <c r="I205" s="31"/>
+      <c r="A205" s="17"/>
+      <c r="I205" s="19"/>
     </row>
     <row r="206" spans="1:9">
-      <c r="A206" s="29"/>
-[...7 lines deleted...]
-      <c r="I206" s="31"/>
+      <c r="A206" s="17"/>
+      <c r="I206" s="19"/>
     </row>
     <row r="207" spans="1:9">
-      <c r="A207" s="29"/>
-[...7 lines deleted...]
-      <c r="I207" s="31"/>
+      <c r="A207" s="17"/>
+      <c r="I207" s="19"/>
     </row>
     <row r="208" spans="1:9">
-      <c r="A208" s="29"/>
-[...7 lines deleted...]
-      <c r="I208" s="31"/>
+      <c r="A208" s="17"/>
+      <c r="I208" s="19"/>
     </row>
     <row r="209" spans="1:9">
-      <c r="A209" s="29"/>
-[...7 lines deleted...]
-      <c r="I209" s="31"/>
+      <c r="A209" s="17"/>
+      <c r="I209" s="19"/>
     </row>
     <row r="210" spans="1:9">
-      <c r="A210" s="29"/>
-[...7 lines deleted...]
-      <c r="I210" s="31"/>
+      <c r="A210" s="17"/>
+      <c r="I210" s="19"/>
     </row>
     <row r="211" spans="1:9">
-      <c r="A211" s="29"/>
-[...7 lines deleted...]
-      <c r="I211" s="31"/>
+      <c r="A211" s="17"/>
+      <c r="I211" s="19"/>
     </row>
     <row r="212" spans="1:9">
-      <c r="A212" s="29"/>
-[...7 lines deleted...]
-      <c r="I212" s="31"/>
+      <c r="A212" s="17"/>
+      <c r="I212" s="19"/>
     </row>
     <row r="213" spans="1:9">
-      <c r="A213" s="29"/>
-[...7 lines deleted...]
-      <c r="I213" s="31"/>
+      <c r="A213" s="17"/>
+      <c r="I213" s="19"/>
     </row>
     <row r="214" spans="1:9">
-      <c r="A214" s="29"/>
-[...7 lines deleted...]
-      <c r="I214" s="31"/>
+      <c r="A214" s="17"/>
+      <c r="I214" s="19"/>
     </row>
     <row r="215" spans="1:9">
-      <c r="A215" s="29"/>
-[...7 lines deleted...]
-      <c r="I215" s="31"/>
+      <c r="A215" s="17"/>
+      <c r="I215" s="19"/>
     </row>
     <row r="216" spans="1:9">
-      <c r="A216" s="29"/>
-[...7 lines deleted...]
-      <c r="I216" s="31"/>
+      <c r="A216" s="17"/>
+      <c r="I216" s="19"/>
     </row>
     <row r="217" spans="1:9">
-      <c r="A217" s="29"/>
-[...7 lines deleted...]
-      <c r="I217" s="31"/>
+      <c r="A217" s="17"/>
+      <c r="I217" s="19"/>
     </row>
     <row r="218" spans="1:9">
-      <c r="A218" s="29"/>
-[...7 lines deleted...]
-      <c r="I218" s="31"/>
+      <c r="A218" s="17"/>
+      <c r="I218" s="19"/>
     </row>
     <row r="219" spans="1:9">
-      <c r="A219" s="29"/>
-[...7 lines deleted...]
-      <c r="I219" s="31"/>
+      <c r="A219" s="17"/>
+      <c r="I219" s="19"/>
     </row>
     <row r="220" spans="1:9">
-      <c r="A220" s="29"/>
-[...7 lines deleted...]
-      <c r="I220" s="31"/>
+      <c r="A220" s="17"/>
+      <c r="I220" s="19"/>
     </row>
     <row r="221" spans="1:9">
-      <c r="A221" s="29"/>
-[...7 lines deleted...]
-      <c r="I221" s="31"/>
+      <c r="A221" s="17"/>
+      <c r="I221" s="19"/>
     </row>
     <row r="222" spans="1:9">
-      <c r="A222" s="29"/>
-[...7 lines deleted...]
-      <c r="I222" s="31"/>
+      <c r="A222" s="17"/>
+      <c r="I222" s="19"/>
     </row>
     <row r="223" spans="1:9">
-      <c r="A223" s="29"/>
-[...7 lines deleted...]
-      <c r="I223" s="31"/>
+      <c r="A223" s="17"/>
+      <c r="I223" s="19"/>
     </row>
     <row r="224" spans="1:9">
-      <c r="A224" s="29"/>
-[...7 lines deleted...]
-      <c r="I224" s="31"/>
+      <c r="A224" s="17"/>
+      <c r="I224" s="19"/>
     </row>
     <row r="225" spans="1:9">
-      <c r="A225" s="29"/>
-[...7 lines deleted...]
-      <c r="I225" s="31"/>
+      <c r="A225" s="17"/>
+      <c r="I225" s="19"/>
     </row>
     <row r="226" spans="1:9">
-      <c r="A226" s="29"/>
-[...7 lines deleted...]
-      <c r="I226" s="31"/>
+      <c r="A226" s="17"/>
+      <c r="I226" s="19"/>
     </row>
     <row r="227" spans="1:9">
-      <c r="A227" s="29"/>
-[...7 lines deleted...]
-      <c r="I227" s="31"/>
+      <c r="A227" s="17"/>
+      <c r="I227" s="19"/>
     </row>
     <row r="228" spans="1:9">
-      <c r="A228" s="29"/>
-[...7 lines deleted...]
-      <c r="I228" s="31"/>
+      <c r="A228" s="17"/>
+      <c r="I228" s="19"/>
     </row>
     <row r="229" spans="1:9">
-      <c r="A229" s="29"/>
-[...7 lines deleted...]
-      <c r="I229" s="31"/>
+      <c r="A229" s="17"/>
+      <c r="I229" s="19"/>
     </row>
     <row r="230" spans="1:9">
-      <c r="A230" s="29"/>
-[...7 lines deleted...]
-      <c r="I230" s="31"/>
+      <c r="A230" s="17"/>
+      <c r="I230" s="19"/>
     </row>
     <row r="231" spans="1:9">
-      <c r="A231" s="29"/>
-[...7 lines deleted...]
-      <c r="I231" s="31"/>
+      <c r="A231" s="17"/>
+      <c r="I231" s="19"/>
     </row>
     <row r="232" spans="1:9">
-      <c r="A232" s="29"/>
-[...7 lines deleted...]
-      <c r="I232" s="31"/>
+      <c r="A232" s="17"/>
+      <c r="I232" s="19"/>
     </row>
     <row r="233" spans="1:9">
-      <c r="A233" s="29"/>
-[...7 lines deleted...]
-      <c r="I233" s="31"/>
+      <c r="A233" s="17"/>
+      <c r="I233" s="19"/>
     </row>
     <row r="234" spans="1:9">
-      <c r="A234" s="29"/>
-[...7 lines deleted...]
-      <c r="I234" s="31"/>
+      <c r="A234" s="17"/>
+      <c r="I234" s="19"/>
     </row>
     <row r="235" spans="1:9">
-      <c r="A235" s="29"/>
-[...7 lines deleted...]
-      <c r="I235" s="31"/>
+      <c r="A235" s="17"/>
+      <c r="I235" s="19"/>
     </row>
     <row r="236" spans="1:9">
-      <c r="A236" s="29"/>
-[...7 lines deleted...]
-      <c r="I236" s="31"/>
+      <c r="A236" s="17"/>
+      <c r="I236" s="19"/>
     </row>
     <row r="237" spans="1:9">
-      <c r="A237" s="29"/>
-[...7 lines deleted...]
-      <c r="I237" s="31"/>
+      <c r="A237" s="17"/>
+      <c r="I237" s="19"/>
     </row>
     <row r="238" spans="1:9">
-      <c r="A238" s="29"/>
-[...7 lines deleted...]
-      <c r="I238" s="31"/>
+      <c r="A238" s="17"/>
+      <c r="I238" s="19"/>
     </row>
     <row r="239" spans="1:9">
-      <c r="A239" s="29"/>
-[...7 lines deleted...]
-      <c r="I239" s="31"/>
+      <c r="A239" s="17"/>
+      <c r="I239" s="19"/>
     </row>
     <row r="240" spans="1:9">
-      <c r="A240" s="29"/>
-[...7 lines deleted...]
-      <c r="I240" s="31"/>
+      <c r="A240" s="17"/>
+      <c r="I240" s="19"/>
     </row>
     <row r="241" spans="1:9">
-      <c r="A241" s="29"/>
-[...7 lines deleted...]
-      <c r="I241" s="31"/>
+      <c r="A241" s="17"/>
+      <c r="I241" s="19"/>
     </row>
     <row r="242" spans="1:9">
-      <c r="A242" s="29"/>
-[...7 lines deleted...]
-      <c r="I242" s="31"/>
+      <c r="A242" s="17"/>
+      <c r="I242" s="19"/>
     </row>
     <row r="243" spans="1:9">
-      <c r="A243" s="29"/>
-[...7 lines deleted...]
-      <c r="I243" s="31"/>
+      <c r="A243" s="17"/>
+      <c r="I243" s="19"/>
     </row>
     <row r="244" spans="1:9">
-      <c r="A244" s="29"/>
-[...7 lines deleted...]
-      <c r="I244" s="31"/>
+      <c r="A244" s="17"/>
+      <c r="I244" s="19"/>
     </row>
     <row r="245" spans="1:9">
-      <c r="A245" s="29"/>
-[...7 lines deleted...]
-      <c r="I245" s="31"/>
+      <c r="A245" s="17"/>
+      <c r="I245" s="19"/>
     </row>
     <row r="246" spans="1:9">
-      <c r="A246" s="29"/>
-[...7 lines deleted...]
-      <c r="I246" s="31"/>
+      <c r="A246" s="17"/>
+      <c r="I246" s="19"/>
     </row>
     <row r="247" spans="1:9">
-      <c r="A247" s="29"/>
-[...7 lines deleted...]
-      <c r="I247" s="31"/>
+      <c r="A247" s="17"/>
+      <c r="I247" s="19"/>
     </row>
     <row r="248" spans="1:9">
-      <c r="A248" s="29"/>
-[...7 lines deleted...]
-      <c r="I248" s="31"/>
+      <c r="A248" s="17"/>
+      <c r="I248" s="19"/>
     </row>
     <row r="249" spans="1:9">
-      <c r="A249" s="29"/>
-[...7 lines deleted...]
-      <c r="I249" s="31"/>
+      <c r="A249" s="17"/>
+      <c r="I249" s="19"/>
     </row>
     <row r="250" spans="1:9">
-      <c r="A250" s="29"/>
-[...7 lines deleted...]
-      <c r="I250" s="31"/>
+      <c r="A250" s="17"/>
+      <c r="I250" s="19"/>
     </row>
     <row r="251" spans="1:9">
-      <c r="A251" s="29"/>
-[...7 lines deleted...]
-      <c r="I251" s="31"/>
+      <c r="A251" s="17"/>
+      <c r="I251" s="19"/>
     </row>
     <row r="252" spans="1:9">
-      <c r="A252" s="29"/>
-[...7 lines deleted...]
-      <c r="I252" s="31"/>
+      <c r="A252" s="17"/>
+      <c r="I252" s="19"/>
     </row>
     <row r="253" spans="1:9">
-      <c r="A253" s="29"/>
-[...7 lines deleted...]
-      <c r="I253" s="31"/>
+      <c r="A253" s="17"/>
+      <c r="I253" s="19"/>
     </row>
     <row r="254" spans="1:9">
-      <c r="A254" s="29"/>
-[...7 lines deleted...]
-      <c r="I254" s="31"/>
+      <c r="A254" s="17"/>
+      <c r="I254" s="19"/>
     </row>
     <row r="255" spans="1:9">
-      <c r="A255" s="29"/>
-[...7 lines deleted...]
-      <c r="I255" s="31"/>
+      <c r="A255" s="17"/>
+      <c r="I255" s="19"/>
     </row>
     <row r="256" spans="1:9">
-      <c r="A256" s="29"/>
-[...7 lines deleted...]
-      <c r="I256" s="31"/>
+      <c r="A256" s="17"/>
+      <c r="I256" s="19"/>
     </row>
     <row r="257" spans="1:9">
-      <c r="A257" s="29"/>
-[...7 lines deleted...]
-      <c r="I257" s="31"/>
+      <c r="A257" s="17"/>
+      <c r="I257" s="19"/>
     </row>
     <row r="258" spans="1:9">
-      <c r="A258" s="29"/>
-[...7 lines deleted...]
-      <c r="I258" s="31"/>
+      <c r="A258" s="17"/>
+      <c r="I258" s="19"/>
     </row>
     <row r="259" spans="1:9">
-      <c r="A259" s="29"/>
-[...7 lines deleted...]
-      <c r="I259" s="31"/>
+      <c r="A259" s="17"/>
+      <c r="I259" s="19"/>
     </row>
     <row r="260" spans="1:9">
-      <c r="A260" s="29"/>
-[...7 lines deleted...]
-      <c r="I260" s="31"/>
+      <c r="A260" s="17"/>
+      <c r="I260" s="19"/>
     </row>
     <row r="261" spans="1:9">
-      <c r="A261" s="29"/>
-[...7 lines deleted...]
-      <c r="I261" s="31"/>
+      <c r="A261" s="17"/>
+      <c r="I261" s="19"/>
     </row>
     <row r="262" spans="1:9">
-      <c r="A262" s="29"/>
-[...7 lines deleted...]
-      <c r="I262" s="31"/>
+      <c r="A262" s="17"/>
+      <c r="I262" s="19"/>
     </row>
     <row r="263" spans="1:9">
-      <c r="A263" s="29"/>
-[...7 lines deleted...]
-      <c r="I263" s="31"/>
+      <c r="A263" s="17"/>
+      <c r="I263" s="19"/>
     </row>
     <row r="264" spans="1:9">
-      <c r="A264" s="29"/>
-[...7 lines deleted...]
-      <c r="I264" s="31"/>
+      <c r="A264" s="17"/>
+      <c r="I264" s="19"/>
     </row>
     <row r="265" spans="1:9">
-      <c r="A265" s="29"/>
-[...7 lines deleted...]
-      <c r="I265" s="31"/>
+      <c r="A265" s="17"/>
+      <c r="I265" s="19"/>
     </row>
     <row r="266" spans="1:9">
-      <c r="A266" s="29"/>
-[...7 lines deleted...]
-      <c r="I266" s="31"/>
+      <c r="A266" s="17"/>
+      <c r="I266" s="19"/>
     </row>
     <row r="267" spans="1:9">
-      <c r="A267" s="29"/>
-[...7 lines deleted...]
-      <c r="I267" s="31"/>
+      <c r="A267" s="17"/>
+      <c r="I267" s="19"/>
     </row>
     <row r="268" spans="1:9">
-      <c r="A268" s="29"/>
-[...7 lines deleted...]
-      <c r="I268" s="31"/>
+      <c r="A268" s="17"/>
+      <c r="I268" s="19"/>
     </row>
     <row r="269" spans="1:9">
-      <c r="A269" s="29"/>
-[...7 lines deleted...]
-      <c r="I269" s="31"/>
+      <c r="A269" s="17"/>
+      <c r="I269" s="19"/>
     </row>
     <row r="270" spans="1:9">
-      <c r="A270" s="29"/>
-[...7 lines deleted...]
-      <c r="I270" s="31"/>
+      <c r="A270" s="17"/>
+      <c r="I270" s="19"/>
     </row>
     <row r="271" spans="1:9">
-      <c r="A271" s="29"/>
-[...7 lines deleted...]
-      <c r="I271" s="31"/>
+      <c r="A271" s="17"/>
+      <c r="I271" s="19"/>
     </row>
     <row r="272" spans="1:9">
-      <c r="A272" s="29"/>
-[...7 lines deleted...]
-      <c r="I272" s="31"/>
+      <c r="A272" s="17"/>
+      <c r="I272" s="19"/>
     </row>
     <row r="273" spans="1:9">
-      <c r="A273" s="29"/>
-[...7 lines deleted...]
-      <c r="I273" s="31"/>
+      <c r="A273" s="17"/>
+      <c r="I273" s="19"/>
     </row>
     <row r="274" spans="1:9">
-      <c r="A274" s="29"/>
-[...7 lines deleted...]
-      <c r="I274" s="31"/>
+      <c r="A274" s="17"/>
+      <c r="I274" s="19"/>
     </row>
     <row r="275" spans="1:9">
-      <c r="A275" s="29"/>
-[...7 lines deleted...]
-      <c r="I275" s="31"/>
+      <c r="A275" s="17"/>
+      <c r="I275" s="19"/>
     </row>
     <row r="276" spans="1:9">
-      <c r="A276" s="29"/>
-[...7 lines deleted...]
-      <c r="I276" s="31"/>
+      <c r="A276" s="17"/>
+      <c r="I276" s="19"/>
     </row>
     <row r="277" spans="1:9">
-      <c r="A277" s="29"/>
-[...7 lines deleted...]
-      <c r="I277" s="31"/>
+      <c r="A277" s="17"/>
+      <c r="I277" s="19"/>
     </row>
     <row r="278" spans="1:9">
-      <c r="A278" s="29"/>
-[...7 lines deleted...]
-      <c r="I278" s="31"/>
+      <c r="A278" s="17"/>
+      <c r="I278" s="19"/>
     </row>
     <row r="279" spans="1:9">
-      <c r="A279" s="29"/>
-[...7 lines deleted...]
-      <c r="I279" s="31"/>
+      <c r="A279" s="17"/>
+      <c r="I279" s="19"/>
     </row>
     <row r="280" spans="1:9">
-      <c r="A280" s="29"/>
-[...7 lines deleted...]
-      <c r="I280" s="31"/>
+      <c r="A280" s="17"/>
+      <c r="I280" s="19"/>
     </row>
     <row r="281" spans="1:9">
-      <c r="A281" s="29"/>
-[...7 lines deleted...]
-      <c r="I281" s="31"/>
+      <c r="A281" s="17"/>
+      <c r="I281" s="19"/>
     </row>
     <row r="282" spans="1:9">
-      <c r="A282" s="29"/>
-[...7 lines deleted...]
-      <c r="I282" s="31"/>
+      <c r="A282" s="17"/>
+      <c r="I282" s="19"/>
     </row>
     <row r="283" spans="1:9">
-      <c r="A283" s="29"/>
-[...7 lines deleted...]
-      <c r="I283" s="31"/>
+      <c r="A283" s="17"/>
+      <c r="I283" s="19"/>
     </row>
     <row r="284" spans="1:9">
-      <c r="A284" s="29"/>
-[...7 lines deleted...]
-      <c r="I284" s="31"/>
+      <c r="A284" s="17"/>
+      <c r="I284" s="19"/>
     </row>
     <row r="285" spans="1:9">
-      <c r="A285" s="29"/>
-[...7 lines deleted...]
-      <c r="I285" s="31"/>
+      <c r="A285" s="17"/>
+      <c r="I285" s="19"/>
     </row>
     <row r="286" spans="1:9">
-      <c r="A286" s="29"/>
-[...7 lines deleted...]
-      <c r="I286" s="31"/>
+      <c r="A286" s="17"/>
+      <c r="I286" s="19"/>
     </row>
     <row r="287" spans="1:9">
-      <c r="A287" s="29"/>
-[...7 lines deleted...]
-      <c r="I287" s="31"/>
+      <c r="A287" s="17"/>
+      <c r="I287" s="19"/>
     </row>
     <row r="288" spans="1:9">
-      <c r="A288" s="29"/>
-[...7 lines deleted...]
-      <c r="I288" s="31"/>
+      <c r="A288" s="17"/>
+      <c r="I288" s="19"/>
     </row>
     <row r="289" spans="1:9">
-      <c r="A289" s="29"/>
-[...7 lines deleted...]
-      <c r="I289" s="31"/>
+      <c r="A289" s="17"/>
+      <c r="I289" s="19"/>
     </row>
     <row r="290" spans="1:9">
-      <c r="A290" s="29"/>
-[...7 lines deleted...]
-      <c r="I290" s="31"/>
+      <c r="A290" s="17"/>
+      <c r="I290" s="19"/>
     </row>
     <row r="291" spans="1:9">
-      <c r="A291" s="29"/>
-[...7 lines deleted...]
-      <c r="I291" s="31"/>
+      <c r="A291" s="17"/>
+      <c r="I291" s="19"/>
     </row>
     <row r="292" spans="1:9">
-      <c r="A292" s="29"/>
-[...7 lines deleted...]
-      <c r="I292" s="31"/>
+      <c r="A292" s="17"/>
+      <c r="I292" s="19"/>
     </row>
     <row r="293" spans="1:9">
-      <c r="A293" s="29"/>
-[...7 lines deleted...]
-      <c r="I293" s="31"/>
+      <c r="A293" s="17"/>
+      <c r="I293" s="19"/>
     </row>
     <row r="294" spans="1:9">
-      <c r="A294" s="29"/>
-[...7 lines deleted...]
-      <c r="I294" s="31"/>
+      <c r="A294" s="17"/>
+      <c r="I294" s="19"/>
     </row>
     <row r="295" spans="1:9">
-      <c r="A295" s="29"/>
-[...7 lines deleted...]
-      <c r="I295" s="31"/>
+      <c r="A295" s="17"/>
+      <c r="I295" s="19"/>
     </row>
     <row r="296" spans="1:9">
-      <c r="A296" s="29"/>
-[...7 lines deleted...]
-      <c r="I296" s="31"/>
+      <c r="A296" s="17"/>
+      <c r="I296" s="19"/>
     </row>
     <row r="297" spans="1:9">
-      <c r="A297" s="29"/>
-[...7 lines deleted...]
-      <c r="I297" s="31"/>
+      <c r="A297" s="17"/>
+      <c r="I297" s="19"/>
     </row>
     <row r="298" spans="1:9">
-      <c r="A298" s="29"/>
-[...7 lines deleted...]
-      <c r="I298" s="31"/>
+      <c r="A298" s="17"/>
+      <c r="I298" s="19"/>
     </row>
     <row r="299" spans="1:9">
-      <c r="A299" s="29"/>
-[...7 lines deleted...]
-      <c r="I299" s="31"/>
+      <c r="A299" s="17"/>
+      <c r="I299" s="19"/>
     </row>
     <row r="300" spans="1:9">
-      <c r="A300" s="29"/>
-[...7 lines deleted...]
-      <c r="I300" s="31"/>
+      <c r="A300" s="17"/>
+      <c r="I300" s="19"/>
     </row>
     <row r="301" spans="1:9">
-      <c r="A301" s="29"/>
-[...7 lines deleted...]
-      <c r="I301" s="31"/>
+      <c r="A301" s="17"/>
+      <c r="I301" s="19"/>
     </row>
     <row r="302" spans="1:9">
-      <c r="A302" s="29"/>
-[...7 lines deleted...]
-      <c r="I302" s="31"/>
+      <c r="A302" s="17"/>
+      <c r="I302" s="19"/>
     </row>
     <row r="303" spans="1:9">
-      <c r="A303" s="29"/>
-[...7 lines deleted...]
-      <c r="I303" s="31"/>
+      <c r="A303" s="17"/>
+      <c r="I303" s="19"/>
     </row>
     <row r="304" spans="1:9">
-      <c r="A304" s="29"/>
-[...7 lines deleted...]
-      <c r="I304" s="31"/>
+      <c r="A304" s="17"/>
+      <c r="I304" s="19"/>
     </row>
     <row r="305" spans="1:9">
-      <c r="A305" s="29"/>
-[...7 lines deleted...]
-      <c r="I305" s="31"/>
+      <c r="A305" s="17"/>
+      <c r="I305" s="19"/>
     </row>
     <row r="306" spans="1:9">
-      <c r="A306" s="29"/>
-[...7 lines deleted...]
-      <c r="I306" s="31"/>
+      <c r="A306" s="17"/>
+      <c r="I306" s="19"/>
     </row>
     <row r="307" spans="1:9">
-      <c r="A307" s="29"/>
-[...7 lines deleted...]
-      <c r="I307" s="31"/>
+      <c r="A307" s="17"/>
+      <c r="I307" s="19"/>
     </row>
     <row r="308" spans="1:9">
-      <c r="A308" s="29"/>
-[...7 lines deleted...]
-      <c r="I308" s="31"/>
+      <c r="A308" s="17"/>
+      <c r="I308" s="19"/>
     </row>
     <row r="309" spans="1:9">
-      <c r="A309" s="29"/>
-[...7 lines deleted...]
-      <c r="I309" s="31"/>
+      <c r="A309" s="17"/>
+      <c r="I309" s="19"/>
     </row>
     <row r="310" spans="1:9">
-      <c r="A310" s="29"/>
-[...7 lines deleted...]
-      <c r="I310" s="31"/>
+      <c r="A310" s="17"/>
+      <c r="I310" s="19"/>
     </row>
     <row r="311" spans="1:9">
-      <c r="A311" s="29"/>
-[...7 lines deleted...]
-      <c r="I311" s="31"/>
+      <c r="A311" s="17"/>
+      <c r="I311" s="19"/>
     </row>
     <row r="312" spans="1:9">
-      <c r="A312" s="29"/>
-[...7 lines deleted...]
-      <c r="I312" s="31"/>
+      <c r="A312" s="17"/>
+      <c r="I312" s="19"/>
     </row>
     <row r="313" spans="1:9">
-      <c r="A313" s="29"/>
-[...7 lines deleted...]
-      <c r="I313" s="31"/>
+      <c r="A313" s="17"/>
+      <c r="I313" s="19"/>
     </row>
     <row r="314" spans="1:9">
-      <c r="A314" s="29"/>
-[...7 lines deleted...]
-      <c r="I314" s="31"/>
+      <c r="A314" s="17"/>
+      <c r="I314" s="19"/>
     </row>
     <row r="315" spans="1:9">
-      <c r="A315" s="29"/>
-[...7 lines deleted...]
-      <c r="I315" s="31"/>
+      <c r="A315" s="17"/>
+      <c r="I315" s="19"/>
     </row>
     <row r="316" spans="1:9">
-      <c r="A316" s="29"/>
-[...7 lines deleted...]
-      <c r="I316" s="31"/>
+      <c r="A316" s="17"/>
+      <c r="I316" s="19"/>
     </row>
     <row r="317" spans="1:9">
-      <c r="A317" s="29"/>
-[...7 lines deleted...]
-      <c r="I317" s="31"/>
+      <c r="A317" s="17"/>
+      <c r="I317" s="19"/>
     </row>
     <row r="318" spans="1:9">
-      <c r="A318" s="29"/>
-[...7 lines deleted...]
-      <c r="I318" s="31"/>
+      <c r="A318" s="17"/>
+      <c r="I318" s="19"/>
     </row>
     <row r="319" spans="1:9">
-      <c r="A319" s="29"/>
-[...7 lines deleted...]
-      <c r="I319" s="31"/>
+      <c r="A319" s="17"/>
+      <c r="I319" s="19"/>
     </row>
     <row r="320" spans="1:9">
-      <c r="A320" s="29"/>
-[...7 lines deleted...]
-      <c r="I320" s="31"/>
+      <c r="A320" s="17"/>
+      <c r="I320" s="19"/>
     </row>
     <row r="321" spans="1:9">
-      <c r="A321" s="29"/>
-[...7 lines deleted...]
-      <c r="I321" s="31"/>
+      <c r="A321" s="17"/>
+      <c r="I321" s="19"/>
     </row>
     <row r="322" spans="1:9">
-      <c r="A322" s="29"/>
-[...7 lines deleted...]
-      <c r="I322" s="31"/>
+      <c r="A322" s="17"/>
+      <c r="I322" s="19"/>
     </row>
     <row r="323" spans="1:9">
-      <c r="A323" s="29"/>
-[...7 lines deleted...]
-      <c r="I323" s="31"/>
+      <c r="A323" s="17"/>
+      <c r="I323" s="19"/>
     </row>
     <row r="324" spans="1:9">
-      <c r="A324" s="29"/>
-[...7 lines deleted...]
-      <c r="I324" s="31"/>
+      <c r="A324" s="17"/>
+      <c r="I324" s="19"/>
     </row>
     <row r="325" spans="1:9">
-      <c r="A325" s="29"/>
-[...7 lines deleted...]
-      <c r="I325" s="31"/>
+      <c r="A325" s="17"/>
+      <c r="I325" s="19"/>
     </row>
     <row r="326" spans="1:9">
-      <c r="A326" s="29"/>
-[...7 lines deleted...]
-      <c r="I326" s="31"/>
+      <c r="A326" s="17"/>
+      <c r="I326" s="19"/>
     </row>
     <row r="327" spans="1:9">
-      <c r="A327" s="29"/>
-[...7 lines deleted...]
-      <c r="I327" s="31"/>
+      <c r="A327" s="17"/>
+      <c r="I327" s="19"/>
     </row>
     <row r="328" spans="1:9">
-      <c r="A328" s="29"/>
-[...7 lines deleted...]
-      <c r="I328" s="31"/>
+      <c r="A328" s="17"/>
+      <c r="I328" s="19"/>
     </row>
     <row r="329" spans="1:9">
-      <c r="A329" s="29"/>
-[...7 lines deleted...]
-      <c r="I329" s="31"/>
+      <c r="A329" s="17"/>
+      <c r="I329" s="19"/>
     </row>
     <row r="330" spans="1:9">
-      <c r="A330" s="29"/>
-[...7 lines deleted...]
-      <c r="I330" s="31"/>
+      <c r="A330" s="17"/>
+      <c r="I330" s="19"/>
     </row>
     <row r="331" spans="1:9">
-      <c r="A331" s="29"/>
-[...7 lines deleted...]
-      <c r="I331" s="31"/>
+      <c r="A331" s="17"/>
+      <c r="I331" s="19"/>
     </row>
     <row r="332" spans="1:9">
-      <c r="A332" s="29"/>
-[...7 lines deleted...]
-      <c r="I332" s="31"/>
+      <c r="A332" s="17"/>
+      <c r="I332" s="19"/>
     </row>
     <row r="333" spans="1:9">
-      <c r="A333" s="29"/>
-[...7 lines deleted...]
-      <c r="I333" s="31"/>
+      <c r="A333" s="17"/>
+      <c r="I333" s="19"/>
     </row>
     <row r="334" spans="1:9">
-      <c r="A334" s="29"/>
-[...7 lines deleted...]
-      <c r="I334" s="31"/>
+      <c r="A334" s="17"/>
+      <c r="I334" s="19"/>
     </row>
     <row r="335" spans="1:9">
-      <c r="A335" s="29"/>
-[...7 lines deleted...]
-      <c r="I335" s="31"/>
+      <c r="A335" s="17"/>
+      <c r="I335" s="19"/>
     </row>
     <row r="336" spans="1:9">
-      <c r="A336" s="29"/>
-[...7 lines deleted...]
-      <c r="I336" s="31"/>
+      <c r="A336" s="17"/>
+      <c r="I336" s="19"/>
     </row>
     <row r="337" spans="1:9">
-      <c r="A337" s="29"/>
-[...7 lines deleted...]
-      <c r="I337" s="31"/>
+      <c r="A337" s="17"/>
+      <c r="I337" s="19"/>
     </row>
     <row r="338" spans="1:9">
-      <c r="A338" s="29"/>
-[...7 lines deleted...]
-      <c r="I338" s="31"/>
+      <c r="A338" s="17"/>
+      <c r="I338" s="19"/>
     </row>
     <row r="339" spans="1:9">
-      <c r="A339" s="29"/>
-[...7 lines deleted...]
-      <c r="I339" s="31"/>
+      <c r="A339" s="17"/>
+      <c r="I339" s="19"/>
     </row>
     <row r="340" spans="1:9">
-      <c r="A340" s="29"/>
-[...7 lines deleted...]
-      <c r="I340" s="31"/>
+      <c r="A340" s="17"/>
+      <c r="I340" s="19"/>
     </row>
     <row r="341" spans="1:9">
-      <c r="A341" s="29"/>
-[...7 lines deleted...]
-      <c r="I341" s="31"/>
+      <c r="A341" s="17"/>
+      <c r="I341" s="19"/>
     </row>
     <row r="342" spans="1:9">
-      <c r="A342" s="29"/>
-[...7 lines deleted...]
-      <c r="I342" s="31"/>
+      <c r="A342" s="17"/>
+      <c r="I342" s="19"/>
     </row>
     <row r="343" spans="1:9">
-      <c r="A343" s="29"/>
-[...7 lines deleted...]
-      <c r="I343" s="31"/>
+      <c r="A343" s="17"/>
+      <c r="I343" s="19"/>
     </row>
     <row r="344" spans="1:9">
-      <c r="A344" s="29"/>
-[...7 lines deleted...]
-      <c r="I344" s="31"/>
+      <c r="A344" s="17"/>
+      <c r="I344" s="19"/>
     </row>
     <row r="345" spans="1:9">
-      <c r="A345" s="29"/>
-[...7 lines deleted...]
-      <c r="I345" s="31"/>
+      <c r="A345" s="17"/>
+      <c r="I345" s="19"/>
     </row>
     <row r="346" spans="1:9">
-      <c r="A346" s="29"/>
-[...7 lines deleted...]
-      <c r="I346" s="31"/>
+      <c r="A346" s="17"/>
+      <c r="I346" s="19"/>
     </row>
     <row r="347" spans="1:9">
-      <c r="A347" s="29"/>
-[...7 lines deleted...]
-      <c r="I347" s="31"/>
+      <c r="A347" s="17"/>
+      <c r="I347" s="19"/>
     </row>
     <row r="348" spans="1:9">
-      <c r="A348" s="29"/>
-[...7 lines deleted...]
-      <c r="I348" s="31"/>
+      <c r="A348" s="17"/>
+      <c r="I348" s="19"/>
     </row>
     <row r="349" spans="1:9">
-      <c r="A349" s="29"/>
-[...7 lines deleted...]
-      <c r="I349" s="31"/>
+      <c r="A349" s="17"/>
+      <c r="I349" s="19"/>
     </row>
     <row r="350" spans="1:9">
-      <c r="A350" s="29"/>
-[...7 lines deleted...]
-      <c r="I350" s="31"/>
+      <c r="A350" s="17"/>
+      <c r="I350" s="19"/>
     </row>
     <row r="351" spans="1:9">
-      <c r="A351" s="29"/>
-[...7 lines deleted...]
-      <c r="I351" s="31"/>
+      <c r="A351" s="17"/>
+      <c r="I351" s="19"/>
     </row>
     <row r="352" spans="1:9">
-      <c r="A352" s="29"/>
-[...7 lines deleted...]
-      <c r="I352" s="31"/>
+      <c r="A352" s="17"/>
+      <c r="I352" s="19"/>
     </row>
     <row r="353" spans="1:9">
-      <c r="A353" s="29"/>
-[...7 lines deleted...]
-      <c r="I353" s="31"/>
+      <c r="A353" s="17"/>
+      <c r="I353" s="19"/>
     </row>
     <row r="354" spans="1:9">
-      <c r="A354" s="29"/>
-[...7 lines deleted...]
-      <c r="I354" s="31"/>
+      <c r="A354" s="17"/>
+      <c r="I354" s="19"/>
     </row>
     <row r="355" spans="1:9">
-      <c r="A355" s="29"/>
-[...7 lines deleted...]
-      <c r="I355" s="31"/>
+      <c r="A355" s="17"/>
+      <c r="I355" s="19"/>
     </row>
     <row r="356" spans="1:9">
-      <c r="A356" s="29"/>
-[...7 lines deleted...]
-      <c r="I356" s="31"/>
+      <c r="A356" s="17"/>
+      <c r="I356" s="19"/>
     </row>
     <row r="357" spans="1:9">
-      <c r="A357" s="29"/>
-[...7 lines deleted...]
-      <c r="I357" s="31"/>
+      <c r="A357" s="17"/>
+      <c r="I357" s="19"/>
     </row>
     <row r="358" spans="1:9">
-      <c r="A358" s="29"/>
-[...7 lines deleted...]
-      <c r="I358" s="31"/>
+      <c r="A358" s="17"/>
+      <c r="I358" s="19"/>
     </row>
     <row r="359" spans="1:9">
-      <c r="A359" s="29"/>
-[...7 lines deleted...]
-      <c r="I359" s="31"/>
+      <c r="A359" s="17"/>
+      <c r="I359" s="19"/>
     </row>
     <row r="360" spans="1:9">
-      <c r="A360" s="29"/>
-[...7 lines deleted...]
-      <c r="I360" s="31"/>
+      <c r="A360" s="17"/>
+      <c r="I360" s="19"/>
     </row>
     <row r="361" spans="1:9">
-      <c r="A361" s="29"/>
-[...7 lines deleted...]
-      <c r="I361" s="31"/>
+      <c r="A361" s="17"/>
+      <c r="I361" s="19"/>
     </row>
     <row r="362" spans="1:9">
-      <c r="A362" s="29"/>
-[...7 lines deleted...]
-      <c r="I362" s="31"/>
+      <c r="A362" s="17"/>
+      <c r="I362" s="19"/>
     </row>
     <row r="363" spans="1:9">
-      <c r="A363" s="29"/>
-[...7 lines deleted...]
-      <c r="I363" s="31"/>
+      <c r="A363" s="17"/>
+      <c r="I363" s="19"/>
     </row>
     <row r="364" spans="1:9">
-      <c r="A364" s="29"/>
-[...7 lines deleted...]
-      <c r="I364" s="31"/>
+      <c r="A364" s="17"/>
+      <c r="I364" s="19"/>
     </row>
     <row r="365" spans="1:9">
-      <c r="A365" s="29"/>
-[...7 lines deleted...]
-      <c r="I365" s="31"/>
+      <c r="A365" s="17"/>
+      <c r="I365" s="19"/>
     </row>
     <row r="366" spans="1:9">
-      <c r="A366" s="29"/>
-[...7 lines deleted...]
-      <c r="I366" s="31"/>
+      <c r="A366" s="17"/>
+      <c r="I366" s="19"/>
     </row>
     <row r="367" spans="1:9">
-      <c r="A367" s="29"/>
-[...7 lines deleted...]
-      <c r="I367" s="31"/>
+      <c r="A367" s="17"/>
+      <c r="I367" s="19"/>
     </row>
     <row r="368" spans="1:9">
-      <c r="A368" s="29"/>
-[...7 lines deleted...]
-      <c r="I368" s="31"/>
+      <c r="A368" s="17"/>
+      <c r="I368" s="19"/>
     </row>
     <row r="369" spans="1:9">
-      <c r="A369" s="29"/>
-[...7 lines deleted...]
-      <c r="I369" s="31"/>
+      <c r="A369" s="17"/>
+      <c r="I369" s="19"/>
     </row>
     <row r="370" spans="1:9">
-      <c r="A370" s="29"/>
-[...7 lines deleted...]
-      <c r="I370" s="31"/>
+      <c r="A370" s="17"/>
+      <c r="I370" s="19"/>
     </row>
     <row r="371" spans="1:9">
-      <c r="A371" s="29"/>
-[...7 lines deleted...]
-      <c r="I371" s="31"/>
+      <c r="A371" s="17"/>
+      <c r="I371" s="19"/>
     </row>
     <row r="372" spans="1:9">
-      <c r="A372" s="29"/>
-[...7 lines deleted...]
-      <c r="I372" s="31"/>
+      <c r="A372" s="17"/>
+      <c r="I372" s="19"/>
     </row>
     <row r="373" spans="1:9">
-      <c r="A373" s="29"/>
-[...7 lines deleted...]
-      <c r="I373" s="31"/>
+      <c r="A373" s="17"/>
+      <c r="I373" s="19"/>
     </row>
     <row r="374" spans="1:9">
-      <c r="A374" s="29"/>
-[...7 lines deleted...]
-      <c r="I374" s="31"/>
+      <c r="A374" s="17"/>
+      <c r="I374" s="19"/>
     </row>
     <row r="375" spans="1:9">
-      <c r="A375" s="29"/>
-[...7 lines deleted...]
-      <c r="I375" s="31"/>
+      <c r="A375" s="17"/>
+      <c r="I375" s="19"/>
     </row>
     <row r="376" spans="1:9">
-      <c r="A376" s="29"/>
-[...7 lines deleted...]
-      <c r="I376" s="31"/>
+      <c r="A376" s="17"/>
+      <c r="I376" s="19"/>
     </row>
     <row r="377" spans="1:9">
-      <c r="A377" s="29"/>
-[...7 lines deleted...]
-      <c r="I377" s="31"/>
+      <c r="A377" s="17"/>
+      <c r="I377" s="19"/>
     </row>
     <row r="378" spans="1:9">
-      <c r="A378" s="29"/>
-[...7 lines deleted...]
-      <c r="I378" s="31"/>
+      <c r="A378" s="17"/>
+      <c r="I378" s="19"/>
     </row>
     <row r="379" spans="1:9">
-      <c r="A379" s="29"/>
-[...7 lines deleted...]
-      <c r="I379" s="31"/>
+      <c r="A379" s="17"/>
+      <c r="I379" s="19"/>
     </row>
     <row r="380" spans="1:9">
-      <c r="A380" s="29"/>
-[...7 lines deleted...]
-      <c r="I380" s="31"/>
+      <c r="A380" s="17"/>
+      <c r="I380" s="19"/>
     </row>
     <row r="381" spans="1:9">
-      <c r="A381" s="29"/>
-[...7 lines deleted...]
-      <c r="I381" s="31"/>
+      <c r="A381" s="17"/>
+      <c r="I381" s="19"/>
     </row>
     <row r="382" spans="1:9">
-      <c r="A382" s="29"/>
-[...7 lines deleted...]
-      <c r="I382" s="31"/>
+      <c r="A382" s="17"/>
+      <c r="I382" s="19"/>
     </row>
     <row r="383" spans="1:9">
-      <c r="A383" s="29"/>
-[...7 lines deleted...]
-      <c r="I383" s="31"/>
+      <c r="A383" s="17"/>
+      <c r="I383" s="19"/>
     </row>
     <row r="384" spans="1:9">
-      <c r="A384" s="29"/>
-[...7 lines deleted...]
-      <c r="I384" s="31"/>
+      <c r="A384" s="17"/>
+      <c r="I384" s="19"/>
     </row>
     <row r="385" spans="1:9">
-      <c r="A385" s="29"/>
-[...7 lines deleted...]
-      <c r="I385" s="31"/>
+      <c r="A385" s="17"/>
+      <c r="I385" s="19"/>
     </row>
     <row r="386" spans="1:9">
-      <c r="A386" s="29"/>
-[...7 lines deleted...]
-      <c r="I386" s="31"/>
+      <c r="A386" s="17"/>
+      <c r="I386" s="19"/>
     </row>
     <row r="387" spans="1:9">
-      <c r="A387" s="29"/>
-[...7 lines deleted...]
-      <c r="I387" s="31"/>
+      <c r="A387" s="17"/>
+      <c r="I387" s="19"/>
     </row>
     <row r="388" spans="1:9">
-      <c r="A388" s="29"/>
-[...7 lines deleted...]
-      <c r="I388" s="31"/>
+      <c r="A388" s="17"/>
+      <c r="I388" s="19"/>
     </row>
     <row r="389" spans="1:9">
-      <c r="A389" s="29"/>
-[...7 lines deleted...]
-      <c r="I389" s="31"/>
+      <c r="A389" s="17"/>
+      <c r="I389" s="19"/>
     </row>
     <row r="390" spans="1:9">
-      <c r="A390" s="29"/>
-[...7 lines deleted...]
-      <c r="I390" s="31"/>
+      <c r="A390" s="17"/>
+      <c r="I390" s="19"/>
     </row>
     <row r="391" spans="1:9">
-      <c r="A391" s="29"/>
-[...7 lines deleted...]
-      <c r="I391" s="31"/>
+      <c r="A391" s="17"/>
+      <c r="I391" s="19"/>
     </row>
     <row r="392" spans="1:9">
-      <c r="A392" s="29"/>
-[...7 lines deleted...]
-      <c r="I392" s="31"/>
+      <c r="A392" s="17"/>
+      <c r="I392" s="19"/>
     </row>
     <row r="393" spans="1:9">
-      <c r="A393" s="29"/>
-[...7 lines deleted...]
-      <c r="I393" s="31"/>
+      <c r="A393" s="17"/>
+      <c r="I393" s="19"/>
     </row>
     <row r="394" spans="1:9">
-      <c r="A394" s="29"/>
-[...7 lines deleted...]
-      <c r="I394" s="31"/>
+      <c r="A394" s="17"/>
+      <c r="I394" s="19"/>
     </row>
     <row r="395" spans="1:9">
-      <c r="A395" s="29"/>
-[...7 lines deleted...]
-      <c r="I395" s="31"/>
+      <c r="A395" s="17"/>
+      <c r="I395" s="19"/>
     </row>
     <row r="396" spans="1:9">
-      <c r="A396" s="29"/>
-[...7 lines deleted...]
-      <c r="I396" s="31"/>
+      <c r="A396" s="17"/>
+      <c r="I396" s="19"/>
     </row>
     <row r="397" spans="1:9">
-      <c r="A397" s="29"/>
-[...7 lines deleted...]
-      <c r="I397" s="31"/>
+      <c r="A397" s="17"/>
+      <c r="I397" s="19"/>
     </row>
     <row r="398" spans="1:9">
-      <c r="A398" s="29"/>
-[...7 lines deleted...]
-      <c r="I398" s="31"/>
+      <c r="A398" s="17"/>
+      <c r="I398" s="19"/>
     </row>
     <row r="399" spans="1:9">
-      <c r="A399" s="29"/>
-[...7 lines deleted...]
-      <c r="I399" s="31"/>
+      <c r="A399" s="17"/>
+      <c r="I399" s="19"/>
     </row>
     <row r="400" spans="1:9">
-      <c r="A400" s="29"/>
-[...7 lines deleted...]
-      <c r="I400" s="31"/>
+      <c r="A400" s="17"/>
+      <c r="I400" s="19"/>
     </row>
     <row r="401" spans="1:9">
-      <c r="A401" s="29"/>
-[...7 lines deleted...]
-      <c r="I401" s="31"/>
+      <c r="A401" s="17"/>
+      <c r="I401" s="19"/>
     </row>
     <row r="402" spans="1:9">
-      <c r="A402" s="29"/>
-[...7 lines deleted...]
-      <c r="I402" s="31"/>
+      <c r="A402" s="17"/>
+      <c r="I402" s="19"/>
     </row>
     <row r="403" spans="1:9">
-      <c r="A403" s="29"/>
-[...7 lines deleted...]
-      <c r="I403" s="31"/>
+      <c r="A403" s="17"/>
+      <c r="I403" s="19"/>
     </row>
     <row r="404" spans="1:9">
-      <c r="A404" s="29"/>
-[...7 lines deleted...]
-      <c r="I404" s="31"/>
+      <c r="A404" s="17"/>
+      <c r="I404" s="19"/>
     </row>
     <row r="405" spans="1:9">
-      <c r="A405" s="29"/>
-[...7 lines deleted...]
-      <c r="I405" s="31"/>
+      <c r="A405" s="17"/>
+      <c r="I405" s="19"/>
     </row>
     <row r="406" spans="1:9">
-      <c r="A406" s="29"/>
-[...7 lines deleted...]
-      <c r="I406" s="31"/>
+      <c r="A406" s="17"/>
+      <c r="I406" s="19"/>
     </row>
     <row r="407" spans="1:9">
-      <c r="A407" s="29"/>
-[...7 lines deleted...]
-      <c r="I407" s="31"/>
+      <c r="A407" s="17"/>
+      <c r="I407" s="19"/>
     </row>
     <row r="408" spans="1:9">
-      <c r="A408" s="29"/>
-[...7 lines deleted...]
-      <c r="I408" s="31"/>
+      <c r="A408" s="17"/>
+      <c r="I408" s="19"/>
     </row>
     <row r="409" spans="1:9">
-      <c r="A409" s="29"/>
-[...7 lines deleted...]
-      <c r="I409" s="31"/>
+      <c r="A409" s="17"/>
+      <c r="I409" s="19"/>
     </row>
     <row r="410" spans="1:9">
-      <c r="A410" s="29"/>
-[...7 lines deleted...]
-      <c r="I410" s="31"/>
+      <c r="A410" s="17"/>
+      <c r="I410" s="19"/>
     </row>
     <row r="411" spans="1:9">
-      <c r="A411" s="29"/>
-[...7 lines deleted...]
-      <c r="I411" s="31"/>
+      <c r="A411" s="17"/>
+      <c r="I411" s="19"/>
     </row>
     <row r="412" spans="1:9">
-      <c r="A412" s="29"/>
-[...7 lines deleted...]
-      <c r="I412" s="31"/>
+      <c r="A412" s="17"/>
+      <c r="I412" s="19"/>
     </row>
     <row r="413" spans="1:9">
-      <c r="A413" s="29"/>
-[...7 lines deleted...]
-      <c r="I413" s="31"/>
+      <c r="A413" s="17"/>
+      <c r="I413" s="19"/>
     </row>
     <row r="414" spans="1:9">
-      <c r="A414" s="29"/>
-[...7 lines deleted...]
-      <c r="I414" s="31"/>
+      <c r="A414" s="17"/>
+      <c r="I414" s="19"/>
     </row>
     <row r="415" spans="1:9">
-      <c r="A415" s="29"/>
-[...7 lines deleted...]
-      <c r="I415" s="31"/>
+      <c r="A415" s="17"/>
+      <c r="I415" s="19"/>
     </row>
     <row r="416" spans="1:9">
-      <c r="A416" s="29"/>
-[...7 lines deleted...]
-      <c r="I416" s="31"/>
+      <c r="A416" s="17"/>
+      <c r="I416" s="19"/>
     </row>
     <row r="417" spans="1:9">
-      <c r="A417" s="29"/>
-[...7 lines deleted...]
-      <c r="I417" s="31"/>
+      <c r="A417" s="17"/>
+      <c r="I417" s="19"/>
     </row>
     <row r="418" spans="1:9">
-      <c r="A418" s="29"/>
-[...7 lines deleted...]
-      <c r="I418" s="31"/>
+      <c r="A418" s="17"/>
+      <c r="I418" s="19"/>
     </row>
     <row r="419" spans="1:9">
-      <c r="A419" s="29"/>
-[...7 lines deleted...]
-      <c r="I419" s="31"/>
+      <c r="A419" s="17"/>
+      <c r="I419" s="19"/>
     </row>
     <row r="420" spans="1:9">
-      <c r="A420" s="29"/>
-[...7 lines deleted...]
-      <c r="I420" s="31"/>
+      <c r="A420" s="17"/>
+      <c r="I420" s="19"/>
     </row>
     <row r="421" spans="1:9">
-      <c r="A421" s="29"/>
-[...7 lines deleted...]
-      <c r="I421" s="31"/>
+      <c r="A421" s="17"/>
+      <c r="I421" s="19"/>
     </row>
     <row r="422" spans="1:9">
-      <c r="A422" s="29"/>
-[...7 lines deleted...]
-      <c r="I422" s="31"/>
+      <c r="A422" s="17"/>
+      <c r="I422" s="19"/>
     </row>
     <row r="423" spans="1:9">
-      <c r="A423" s="29"/>
-[...7 lines deleted...]
-      <c r="I423" s="31"/>
+      <c r="A423" s="17"/>
+      <c r="I423" s="19"/>
     </row>
     <row r="424" spans="1:9">
-      <c r="A424" s="29"/>
-[...7 lines deleted...]
-      <c r="I424" s="31"/>
+      <c r="A424" s="17"/>
+      <c r="I424" s="19"/>
     </row>
     <row r="425" spans="1:9">
-      <c r="A425" s="29"/>
-[...7 lines deleted...]
-      <c r="I425" s="31"/>
+      <c r="A425" s="17"/>
+      <c r="I425" s="19"/>
     </row>
     <row r="426" spans="1:9">
-      <c r="A426" s="29"/>
-[...7 lines deleted...]
-      <c r="I426" s="31"/>
+      <c r="A426" s="17"/>
+      <c r="I426" s="19"/>
     </row>
     <row r="427" spans="1:9">
-      <c r="A427" s="29"/>
-[...7 lines deleted...]
-      <c r="I427" s="31"/>
+      <c r="A427" s="17"/>
+      <c r="I427" s="19"/>
     </row>
     <row r="428" spans="1:9">
-      <c r="A428" s="29"/>
-[...7 lines deleted...]
-      <c r="I428" s="31"/>
+      <c r="A428" s="17"/>
+      <c r="I428" s="19"/>
     </row>
     <row r="429" spans="1:9">
-      <c r="A429" s="29"/>
-[...7 lines deleted...]
-      <c r="I429" s="31"/>
+      <c r="A429" s="17"/>
+      <c r="I429" s="19"/>
     </row>
     <row r="430" spans="1:9">
-      <c r="A430" s="29"/>
-[...7 lines deleted...]
-      <c r="I430" s="31"/>
+      <c r="A430" s="17"/>
+      <c r="I430" s="19"/>
     </row>
     <row r="431" spans="1:9">
-      <c r="A431" s="29"/>
-[...7 lines deleted...]
-      <c r="I431" s="31"/>
+      <c r="A431" s="17"/>
+      <c r="I431" s="19"/>
     </row>
     <row r="432" spans="1:9">
-      <c r="A432" s="29"/>
-[...7 lines deleted...]
-      <c r="I432" s="31"/>
+      <c r="A432" s="17"/>
+      <c r="I432" s="19"/>
     </row>
     <row r="433" spans="1:9">
-      <c r="A433" s="29"/>
-[...7 lines deleted...]
-      <c r="I433" s="31"/>
+      <c r="A433" s="17"/>
+      <c r="I433" s="19"/>
     </row>
     <row r="434" spans="1:9">
-      <c r="A434" s="29"/>
-[...7 lines deleted...]
-      <c r="I434" s="31"/>
+      <c r="A434" s="17"/>
+      <c r="I434" s="19"/>
     </row>
     <row r="435" spans="1:9">
-      <c r="A435" s="29"/>
-[...7 lines deleted...]
-      <c r="I435" s="31"/>
+      <c r="A435" s="17"/>
+      <c r="I435" s="19"/>
     </row>
     <row r="436" spans="1:9">
-      <c r="A436" s="29"/>
-[...7 lines deleted...]
-      <c r="I436" s="31"/>
+      <c r="A436" s="17"/>
+      <c r="I436" s="19"/>
     </row>
     <row r="437" spans="1:9">
-      <c r="A437" s="29"/>
-[...7 lines deleted...]
-      <c r="I437" s="31"/>
+      <c r="A437" s="17"/>
+      <c r="I437" s="19"/>
     </row>
     <row r="438" spans="1:9">
-      <c r="A438" s="29"/>
-[...7 lines deleted...]
-      <c r="I438" s="31"/>
+      <c r="A438" s="17"/>
+      <c r="I438" s="19"/>
     </row>
     <row r="439" spans="1:9">
-      <c r="A439" s="29"/>
-[...7 lines deleted...]
-      <c r="I439" s="31"/>
+      <c r="A439" s="17"/>
+      <c r="I439" s="19"/>
     </row>
     <row r="440" spans="1:9">
-      <c r="A440" s="29"/>
-[...7 lines deleted...]
-      <c r="I440" s="31"/>
+      <c r="A440" s="17"/>
+      <c r="I440" s="19"/>
     </row>
     <row r="441" spans="1:9">
-      <c r="A441" s="29"/>
-[...7 lines deleted...]
-      <c r="I441" s="31"/>
+      <c r="A441" s="17"/>
+      <c r="I441" s="19"/>
     </row>
     <row r="442" spans="1:9">
-      <c r="A442" s="29"/>
-[...7 lines deleted...]
-      <c r="I442" s="31"/>
+      <c r="A442" s="17"/>
+      <c r="I442" s="19"/>
     </row>
     <row r="443" spans="1:9">
-      <c r="A443" s="29"/>
-[...7 lines deleted...]
-      <c r="I443" s="31"/>
+      <c r="A443" s="17"/>
+      <c r="I443" s="19"/>
     </row>
     <row r="444" spans="1:9">
-      <c r="A444" s="29"/>
-[...7 lines deleted...]
-      <c r="I444" s="31"/>
+      <c r="A444" s="17"/>
+      <c r="I444" s="19"/>
     </row>
     <row r="445" spans="1:9">
-      <c r="A445" s="29"/>
-[...7 lines deleted...]
-      <c r="I445" s="31"/>
+      <c r="A445" s="17"/>
+      <c r="I445" s="19"/>
     </row>
     <row r="446" spans="1:9">
-      <c r="A446" s="29"/>
-[...7 lines deleted...]
-      <c r="I446" s="31"/>
+      <c r="A446" s="17"/>
+      <c r="I446" s="19"/>
     </row>
     <row r="447" spans="1:9">
-      <c r="A447" s="29"/>
-[...7 lines deleted...]
-      <c r="I447" s="31"/>
+      <c r="A447" s="17"/>
+      <c r="I447" s="19"/>
     </row>
     <row r="448" spans="1:9">
-      <c r="A448" s="29"/>
-[...7 lines deleted...]
-      <c r="I448" s="31"/>
+      <c r="A448" s="17"/>
+      <c r="I448" s="19"/>
     </row>
     <row r="449" spans="1:9">
-      <c r="A449" s="29"/>
-[...7 lines deleted...]
-      <c r="I449" s="31"/>
+      <c r="A449" s="17"/>
+      <c r="I449" s="19"/>
     </row>
     <row r="450" spans="1:9">
-      <c r="A450" s="29"/>
-[...7 lines deleted...]
-      <c r="I450" s="31"/>
+      <c r="A450" s="17"/>
+      <c r="I450" s="19"/>
     </row>
     <row r="451" spans="1:9">
-      <c r="A451" s="29"/>
-[...7 lines deleted...]
-      <c r="I451" s="31"/>
+      <c r="A451" s="17"/>
+      <c r="I451" s="19"/>
     </row>
     <row r="452" spans="1:9">
-      <c r="A452" s="29"/>
-[...7 lines deleted...]
-      <c r="I452" s="31"/>
+      <c r="A452" s="17"/>
+      <c r="I452" s="19"/>
     </row>
     <row r="453" spans="1:9">
-      <c r="A453" s="29"/>
-[...7 lines deleted...]
-      <c r="I453" s="31"/>
+      <c r="A453" s="17"/>
+      <c r="I453" s="19"/>
     </row>
     <row r="454" spans="1:9">
-      <c r="A454" s="29"/>
-[...7 lines deleted...]
-      <c r="I454" s="31"/>
+      <c r="A454" s="17"/>
+      <c r="I454" s="19"/>
     </row>
     <row r="455" spans="1:9">
-      <c r="A455" s="29"/>
-[...7 lines deleted...]
-      <c r="I455" s="31"/>
+      <c r="A455" s="17"/>
+      <c r="I455" s="19"/>
     </row>
     <row r="456" spans="1:9">
-      <c r="A456" s="29"/>
-[...7 lines deleted...]
-      <c r="I456" s="31"/>
+      <c r="A456" s="17"/>
+      <c r="I456" s="19"/>
     </row>
     <row r="457" spans="1:9">
-      <c r="A457" s="29"/>
-[...7 lines deleted...]
-      <c r="I457" s="31"/>
+      <c r="A457" s="17"/>
+      <c r="I457" s="19"/>
     </row>
     <row r="458" spans="1:9">
-      <c r="A458" s="29"/>
-[...7 lines deleted...]
-      <c r="I458" s="31"/>
+      <c r="A458" s="17"/>
+      <c r="I458" s="19"/>
     </row>
     <row r="459" spans="1:9">
-      <c r="A459" s="29"/>
-[...7 lines deleted...]
-      <c r="I459" s="31"/>
+      <c r="A459" s="17"/>
+      <c r="I459" s="19"/>
     </row>
     <row r="460" spans="1:9">
-      <c r="A460" s="29"/>
-[...7 lines deleted...]
-      <c r="I460" s="31"/>
+      <c r="A460" s="17"/>
+      <c r="I460" s="19"/>
     </row>
     <row r="461" spans="1:9">
-      <c r="A461" s="29"/>
-[...7 lines deleted...]
-      <c r="I461" s="31"/>
+      <c r="A461" s="17"/>
+      <c r="I461" s="19"/>
     </row>
     <row r="462" spans="1:9">
-      <c r="A462" s="29"/>
-[...7 lines deleted...]
-      <c r="I462" s="31"/>
+      <c r="A462" s="17"/>
+      <c r="I462" s="19"/>
     </row>
     <row r="463" spans="1:9">
-      <c r="A463" s="29"/>
-[...7 lines deleted...]
-      <c r="I463" s="31"/>
+      <c r="A463" s="17"/>
+      <c r="I463" s="19"/>
     </row>
     <row r="464" spans="1:9">
-      <c r="A464" s="29"/>
-[...7 lines deleted...]
-      <c r="I464" s="31"/>
+      <c r="A464" s="17"/>
+      <c r="I464" s="19"/>
     </row>
     <row r="465" spans="1:9">
-      <c r="A465" s="29"/>
-[...7 lines deleted...]
-      <c r="I465" s="31"/>
+      <c r="A465" s="17"/>
+      <c r="I465" s="19"/>
     </row>
     <row r="466" spans="1:9">
-      <c r="A466" s="29"/>
-[...7 lines deleted...]
-      <c r="I466" s="31"/>
+      <c r="A466" s="17"/>
+      <c r="I466" s="19"/>
     </row>
     <row r="467" spans="1:9">
-      <c r="A467" s="29"/>
-[...7 lines deleted...]
-      <c r="I467" s="31"/>
+      <c r="A467" s="17"/>
+      <c r="I467" s="19"/>
     </row>
     <row r="468" spans="1:9">
-      <c r="A468" s="29"/>
-[...7 lines deleted...]
-      <c r="I468" s="31"/>
+      <c r="A468" s="17"/>
+      <c r="I468" s="19"/>
     </row>
     <row r="469" spans="1:9">
-      <c r="A469" s="29"/>
-[...7 lines deleted...]
-      <c r="I469" s="31"/>
+      <c r="A469" s="17"/>
+      <c r="I469" s="19"/>
     </row>
     <row r="470" spans="1:9">
-      <c r="A470" s="29"/>
-[...7 lines deleted...]
-      <c r="I470" s="31"/>
+      <c r="A470" s="17"/>
+      <c r="I470" s="19"/>
     </row>
     <row r="471" spans="1:9">
-      <c r="A471" s="29"/>
-[...7 lines deleted...]
-      <c r="I471" s="31"/>
+      <c r="A471" s="17"/>
+      <c r="I471" s="19"/>
     </row>
     <row r="472" spans="1:9">
-      <c r="A472" s="29"/>
-[...7 lines deleted...]
-      <c r="I472" s="31"/>
+      <c r="A472" s="17"/>
+      <c r="I472" s="19"/>
     </row>
     <row r="473" spans="1:9">
-      <c r="A473" s="29"/>
-[...7 lines deleted...]
-      <c r="I473" s="31"/>
+      <c r="A473" s="17"/>
+      <c r="I473" s="19"/>
     </row>
     <row r="474" spans="1:9">
-      <c r="A474" s="29"/>
-[...7 lines deleted...]
-      <c r="I474" s="31"/>
+      <c r="A474" s="17"/>
+      <c r="I474" s="19"/>
     </row>
     <row r="475" spans="1:9">
-      <c r="A475" s="29"/>
-[...7 lines deleted...]
-      <c r="I475" s="31"/>
+      <c r="A475" s="17"/>
+      <c r="I475" s="19"/>
     </row>
     <row r="476" spans="1:9">
-      <c r="A476" s="29"/>
-[...7 lines deleted...]
-      <c r="I476" s="31"/>
+      <c r="A476" s="17"/>
+      <c r="I476" s="19"/>
     </row>
     <row r="477" spans="1:9">
-      <c r="A477" s="29"/>
-[...7 lines deleted...]
-      <c r="I477" s="31"/>
+      <c r="A477" s="17"/>
+      <c r="I477" s="19"/>
     </row>
     <row r="478" spans="1:9">
-      <c r="A478" s="29"/>
-[...7 lines deleted...]
-      <c r="I478" s="31"/>
+      <c r="A478" s="17"/>
+      <c r="I478" s="19"/>
     </row>
     <row r="479" spans="1:9">
-      <c r="A479" s="29"/>
-[...7 lines deleted...]
-      <c r="I479" s="31"/>
+      <c r="A479" s="17"/>
+      <c r="I479" s="19"/>
     </row>
     <row r="480" spans="1:9">
-      <c r="A480" s="29"/>
-[...7 lines deleted...]
-      <c r="I480" s="31"/>
+      <c r="A480" s="17"/>
+      <c r="I480" s="19"/>
     </row>
     <row r="481" spans="1:9">
-      <c r="A481" s="29"/>
-[...7 lines deleted...]
-      <c r="I481" s="31"/>
+      <c r="A481" s="17"/>
+      <c r="I481" s="19"/>
     </row>
     <row r="482" spans="1:9">
-      <c r="A482" s="29"/>
-[...7 lines deleted...]
-      <c r="I482" s="31"/>
+      <c r="A482" s="17"/>
+      <c r="I482" s="19"/>
     </row>
     <row r="483" spans="1:9">
-      <c r="A483" s="29"/>
-[...7 lines deleted...]
-      <c r="I483" s="31"/>
+      <c r="A483" s="17"/>
+      <c r="I483" s="19"/>
     </row>
     <row r="484" spans="1:9">
-      <c r="A484" s="29"/>
-[...7 lines deleted...]
-      <c r="I484" s="31"/>
+      <c r="A484" s="17"/>
+      <c r="I484" s="19"/>
     </row>
     <row r="485" spans="1:9">
-      <c r="A485" s="29"/>
-[...7 lines deleted...]
-      <c r="I485" s="31"/>
+      <c r="A485" s="17"/>
+      <c r="I485" s="19"/>
     </row>
     <row r="486" spans="1:9">
-      <c r="A486" s="29"/>
-[...7 lines deleted...]
-      <c r="I486" s="31"/>
+      <c r="A486" s="17"/>
+      <c r="I486" s="19"/>
     </row>
     <row r="487" spans="1:9">
-      <c r="A487" s="29"/>
-[...7 lines deleted...]
-      <c r="I487" s="31"/>
+      <c r="A487" s="17"/>
+      <c r="I487" s="19"/>
     </row>
     <row r="488" spans="1:9">
-      <c r="A488" s="29"/>
-[...7 lines deleted...]
-      <c r="I488" s="31"/>
+      <c r="A488" s="17"/>
+      <c r="I488" s="19"/>
     </row>
     <row r="489" spans="1:9">
-      <c r="A489" s="29"/>
-[...7 lines deleted...]
-      <c r="I489" s="31"/>
+      <c r="A489" s="17"/>
+      <c r="I489" s="19"/>
     </row>
     <row r="490" spans="1:9">
-      <c r="A490" s="29"/>
-[...7 lines deleted...]
-      <c r="I490" s="31"/>
+      <c r="A490" s="17"/>
+      <c r="I490" s="19"/>
     </row>
     <row r="491" spans="1:9">
-      <c r="A491" s="29"/>
-[...7 lines deleted...]
-      <c r="I491" s="31"/>
+      <c r="A491" s="17"/>
+      <c r="I491" s="19"/>
     </row>
     <row r="492" spans="1:9">
-      <c r="A492" s="29"/>
-[...7 lines deleted...]
-      <c r="I492" s="31"/>
+      <c r="A492" s="17"/>
+      <c r="I492" s="19"/>
     </row>
     <row r="493" spans="1:9">
-      <c r="A493" s="29"/>
-[...7 lines deleted...]
-      <c r="I493" s="31"/>
+      <c r="A493" s="17"/>
+      <c r="I493" s="19"/>
     </row>
     <row r="494" spans="1:9">
-      <c r="A494" s="29"/>
-[...7 lines deleted...]
-      <c r="I494" s="31"/>
+      <c r="A494" s="17"/>
+      <c r="I494" s="19"/>
     </row>
     <row r="495" spans="1:9">
-      <c r="A495" s="29"/>
-[...7 lines deleted...]
-      <c r="I495" s="31"/>
+      <c r="A495" s="17"/>
+      <c r="I495" s="19"/>
     </row>
     <row r="496" spans="1:9">
-      <c r="A496" s="29"/>
-[...7 lines deleted...]
-      <c r="I496" s="31"/>
+      <c r="A496" s="17"/>
+      <c r="I496" s="19"/>
     </row>
     <row r="497" spans="1:9">
-      <c r="A497" s="29"/>
-[...7 lines deleted...]
-      <c r="I497" s="31"/>
+      <c r="A497" s="17"/>
+      <c r="I497" s="19"/>
     </row>
     <row r="498" spans="1:9">
-      <c r="A498" s="29"/>
-[...7 lines deleted...]
-      <c r="I498" s="31"/>
+      <c r="A498" s="17"/>
+      <c r="I498" s="19"/>
     </row>
     <row r="499" spans="1:9">
-      <c r="A499" s="29"/>
-[...7 lines deleted...]
-      <c r="I499" s="31"/>
+      <c r="A499" s="17"/>
+      <c r="I499" s="19"/>
     </row>
     <row r="500" spans="1:9">
-      <c r="A500" s="29"/>
-[...18 lines deleted...]
-      <c r="I501" s="34"/>
+      <c r="A500" s="17"/>
+      <c r="I500" s="19"/>
+    </row>
+    <row r="501" spans="1:9" ht="15" thickBot="1">
+      <c r="A501" s="20"/>
+      <c r="B501" s="21"/>
+      <c r="C501" s="21"/>
+      <c r="D501" s="21"/>
+      <c r="E501" s="21"/>
+      <c r="F501" s="21"/>
+      <c r="G501" s="21"/>
+      <c r="H501" s="21"/>
+      <c r="I501" s="22"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="3075" r:id="rId4" name="Label1">
+        <control shapeId="3073" r:id="rId4" name="PRODUCTIEBESTAND">
           <controlPr defaultSize="0" autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>38100</xdr:rowOff>
+                <xdr:colOff>184150</xdr:colOff>
+                <xdr:row>3</xdr:row>
+                <xdr:rowOff>12700</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
-                <xdr:colOff>152400</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>57150</xdr:rowOff>
+                <xdr:colOff>533400</xdr:colOff>
+                <xdr:row>6</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="3075" r:id="rId4" name="Label1"/>
+        <control shapeId="3073" r:id="rId4" name="PRODUCTIEBESTAND"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="3074" r:id="rId6" name="CB_Instelling">
           <controlPr defaultSize="0" autoLine="0" linkedCell="OPTIE" listFillRange="OPTIES" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>12</xdr:col>
-                <xdr:colOff>180975</xdr:colOff>
+                <xdr:colOff>184150</xdr:colOff>
                 <xdr:row>1</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>16</xdr:col>
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>2</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="3074" r:id="rId6" name="CB_Instelling"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="3073" r:id="rId8" name="PRODUCTIEBESTAND">
+        <control shapeId="3075" r:id="rId8" name="Label1">
           <controlPr defaultSize="0" autoLine="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
-                <xdr:colOff>180975</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:colOff>203200</xdr:colOff>
+                <xdr:row>1</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
-                <xdr:colOff>533400</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>38100</xdr:rowOff>
+                <xdr:colOff>152400</xdr:colOff>
+                <xdr:row>2</xdr:row>
+                <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="3073" r:id="rId8" name="PRODUCTIEBESTAND"/>
+        <control shapeId="3075" r:id="rId8" name="Label1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benoemde bereiken</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>23</vt:i4>
       </vt:variant>